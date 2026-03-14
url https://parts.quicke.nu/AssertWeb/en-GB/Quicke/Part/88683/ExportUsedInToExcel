--- v0 (2025-11-07)
+++ v1 (2026-03-14)
@@ -1575,327 +1575,327 @@
   <si>
     <t>Q75 DM</t>
   </si>
   <si>
     <t>7516Q8</t>
   </si>
   <si>
     <t>Q75 DM ext.</t>
   </si>
   <si>
     <t>7524Q8</t>
   </si>
   <si>
     <t>8513Q8</t>
   </si>
   <si>
     <t>Q85 DL</t>
   </si>
   <si>
     <t>8523Q8</t>
   </si>
   <si>
     <t>8713Q8</t>
   </si>
   <si>
+    <t>101268</t>
+  </si>
+  <si>
+    <t>Q6M DL</t>
+  </si>
+  <si>
+    <t xml:space="preserve">HQ-4/ </t>
+  </si>
+  <si>
     <t>101286</t>
   </si>
   <si>
     <t>Q8S DL</t>
   </si>
   <si>
-    <t xml:space="preserve">HQ-4/ </t>
+    <t>101D96</t>
+  </si>
+  <si>
+    <t>Q9S DXL</t>
   </si>
   <si>
     <t>101288</t>
   </si>
   <si>
     <t>Q8M DL</t>
   </si>
   <si>
-    <t>101D96</t>
-[...4 lines deleted...]
-  <si>
     <t>101179</t>
   </si>
   <si>
     <t>Q7L DM</t>
   </si>
   <si>
     <t>101178</t>
   </si>
   <si>
     <t>Q7M DM</t>
   </si>
   <si>
     <t>101176</t>
   </si>
   <si>
     <t>Q7S DM</t>
   </si>
   <si>
     <t>101169</t>
   </si>
   <si>
     <t>Q6L DM</t>
   </si>
   <si>
     <t>101168</t>
   </si>
   <si>
     <t>Q6M DM</t>
   </si>
   <si>
-    <t>101268</t>
-[...4 lines deleted...]
-  <si>
     <t>101166</t>
   </si>
   <si>
     <t>Q6S DM</t>
   </si>
   <si>
     <t>101761</t>
   </si>
   <si>
     <t>Q6 DM</t>
   </si>
   <si>
     <t>101159</t>
   </si>
   <si>
     <t>Q5L DM</t>
   </si>
   <si>
     <t>101158</t>
   </si>
   <si>
     <t>Q5M DM</t>
   </si>
   <si>
     <t>101156</t>
   </si>
   <si>
     <t>Q5S DM</t>
   </si>
   <si>
     <t>101751</t>
   </si>
   <si>
     <t>Q5 DM</t>
   </si>
   <si>
     <t>101149</t>
   </si>
   <si>
     <t>Q4L DM</t>
   </si>
   <si>
     <t>101148</t>
   </si>
   <si>
     <t>Q4M DM</t>
   </si>
   <si>
+    <t>101733</t>
+  </si>
+  <si>
+    <t>Q3 DM</t>
+  </si>
+  <si>
+    <t>101136</t>
+  </si>
+  <si>
+    <t>Q3S DM</t>
+  </si>
+  <si>
+    <t>101138</t>
+  </si>
+  <si>
+    <t>Q3M DM</t>
+  </si>
+  <si>
+    <t>101139</t>
+  </si>
+  <si>
+    <t>Q3L DM</t>
+  </si>
+  <si>
+    <t>101741</t>
+  </si>
+  <si>
+    <t>Q4 DM</t>
+  </si>
+  <si>
     <t>101146</t>
   </si>
   <si>
     <t>Q4S DM</t>
   </si>
   <si>
-    <t>101741</t>
-[...28 lines deleted...]
-  <si>
     <t>110178</t>
   </si>
   <si>
     <t>110176</t>
   </si>
   <si>
     <t>110169</t>
   </si>
   <si>
     <t>110168</t>
   </si>
   <si>
     <t>110166</t>
   </si>
   <si>
     <t>110159</t>
   </si>
   <si>
     <t>110158</t>
   </si>
   <si>
     <t>110156</t>
   </si>
   <si>
     <t>110149</t>
   </si>
   <si>
     <t>110148</t>
   </si>
   <si>
     <t>110146</t>
   </si>
   <si>
     <t>110139</t>
   </si>
   <si>
     <t>110138</t>
   </si>
   <si>
     <t>110136</t>
   </si>
   <si>
     <t xml:space="preserve">Multi Doc 2/ </t>
   </si>
   <si>
+    <t>Accessories</t>
+  </si>
+  <si>
+    <t>403551</t>
+  </si>
+  <si>
+    <t>V5</t>
+  </si>
+  <si>
+    <t>403446</t>
+  </si>
+  <si>
+    <t>V4S</t>
+  </si>
+  <si>
+    <t>403541</t>
+  </si>
+  <si>
+    <t>V4</t>
+  </si>
+  <si>
+    <t>403436</t>
+  </si>
+  <si>
+    <t>V3S</t>
+  </si>
+  <si>
+    <t>403531</t>
+  </si>
+  <si>
+    <t>V3</t>
+  </si>
+  <si>
+    <t>403426</t>
+  </si>
+  <si>
+    <t>V2S</t>
+  </si>
+  <si>
+    <t>403521</t>
+  </si>
+  <si>
+    <t>V2</t>
+  </si>
+  <si>
+    <t>403456</t>
+  </si>
+  <si>
+    <t>V5S</t>
+  </si>
+  <si>
+    <t>501741</t>
+  </si>
+  <si>
+    <t>N4 DM</t>
+  </si>
+  <si>
     <t>501146</t>
   </si>
   <si>
     <t>N4S DM</t>
   </si>
   <si>
+    <t>501751</t>
+  </si>
+  <si>
+    <t>N5 DM</t>
+  </si>
+  <si>
     <t>501156</t>
   </si>
   <si>
     <t>N5S DM</t>
   </si>
   <si>
     <t>501158</t>
   </si>
   <si>
     <t>N5M DM</t>
   </si>
   <si>
     <t>501166</t>
   </si>
   <si>
     <t>N6S DM</t>
   </si>
   <si>
-    <t>501741</t>
-[...10 lines deleted...]
-  <si>
     <t>501761</t>
   </si>
   <si>
     <t>N6 DM</t>
-  </si>
-[...49 lines deleted...]
-    <t>V5S</t>
   </si>
   <si>
     <t xml:space="preserve">SelectoFix/ </t>
   </si>
   <si>
     <t>7901Q</t>
   </si>
   <si>
     <t>790 UL</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -5338,84 +5338,84 @@
         <v>566</v>
       </c>
       <c r="B312" s="0" t="s">
         <v>567</v>
       </c>
       <c r="C312" s="0" t="s">
         <v>525</v>
       </c>
     </row>
     <row r="313">
       <c r="A313" s="0" t="s">
         <v>568</v>
       </c>
       <c r="B313" s="0" t="s">
         <v>569</v>
       </c>
       <c r="C313" s="0" t="s">
         <v>525</v>
       </c>
     </row>
     <row r="314">
       <c r="A314" s="0" t="s">
         <v>570</v>
       </c>
       <c r="B314" s="0" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="C314" s="0" t="s">
         <v>525</v>
       </c>
     </row>
     <row r="315">
       <c r="A315" s="0" t="s">
         <v>571</v>
       </c>
       <c r="B315" s="0" t="s">
-        <v>535</v>
+        <v>537</v>
       </c>
       <c r="C315" s="0" t="s">
         <v>525</v>
       </c>
     </row>
     <row r="316">
       <c r="A316" s="0" t="s">
         <v>572</v>
       </c>
       <c r="B316" s="0" t="s">
-        <v>537</v>
+        <v>539</v>
       </c>
       <c r="C316" s="0" t="s">
         <v>525</v>
       </c>
     </row>
     <row r="317">
       <c r="A317" s="0" t="s">
         <v>573</v>
       </c>
       <c r="B317" s="0" t="s">
-        <v>539</v>
+        <v>541</v>
       </c>
       <c r="C317" s="0" t="s">
         <v>525</v>
       </c>
     </row>
     <row r="318">
       <c r="A318" s="0" t="s">
         <v>574</v>
       </c>
       <c r="B318" s="0" t="s">
         <v>543</v>
       </c>
       <c r="C318" s="0" t="s">
         <v>525</v>
       </c>
     </row>
     <row r="319">
       <c r="A319" s="0" t="s">
         <v>575</v>
       </c>
       <c r="B319" s="0" t="s">
         <v>547</v>
       </c>
       <c r="C319" s="0" t="s">
         <v>525</v>
@@ -5448,84 +5448,84 @@
         <v>578</v>
       </c>
       <c r="B322" s="0" t="s">
         <v>555</v>
       </c>
       <c r="C322" s="0" t="s">
         <v>525</v>
       </c>
     </row>
     <row r="323">
       <c r="A323" s="0" t="s">
         <v>579</v>
       </c>
       <c r="B323" s="0" t="s">
         <v>557</v>
       </c>
       <c r="C323" s="0" t="s">
         <v>525</v>
       </c>
     </row>
     <row r="324">
       <c r="A324" s="0" t="s">
         <v>580</v>
       </c>
       <c r="B324" s="0" t="s">
-        <v>559</v>
+        <v>569</v>
       </c>
       <c r="C324" s="0" t="s">
         <v>525</v>
       </c>
     </row>
     <row r="325">
       <c r="A325" s="0" t="s">
         <v>581</v>
       </c>
       <c r="B325" s="0" t="s">
-        <v>563</v>
+        <v>565</v>
       </c>
       <c r="C325" s="0" t="s">
         <v>525</v>
       </c>
     </row>
     <row r="326">
       <c r="A326" s="0" t="s">
         <v>582</v>
       </c>
       <c r="B326" s="0" t="s">
-        <v>565</v>
+        <v>563</v>
       </c>
       <c r="C326" s="0" t="s">
         <v>525</v>
       </c>
     </row>
     <row r="327">
       <c r="A327" s="0" t="s">
         <v>583</v>
       </c>
       <c r="B327" s="0" t="s">
-        <v>567</v>
+        <v>561</v>
       </c>
       <c r="C327" s="0" t="s">
         <v>525</v>
       </c>
     </row>
     <row r="328">
       <c r="A328" s="0" t="s">
         <v>92</v>
       </c>
       <c r="B328" s="0" t="s">
         <v>93</v>
       </c>
       <c r="C328" s="0" t="s">
         <v>94</v>
       </c>
     </row>
     <row r="329">
       <c r="A329" s="0" t="s">
         <v>95</v>
       </c>
       <c r="B329" s="0" t="s">
         <v>96</v>
       </c>
       <c r="C329" s="0" t="s">
         <v>94</v>
@@ -8363,84 +8363,84 @@
         <v>566</v>
       </c>
       <c r="B587" s="0" t="s">
         <v>567</v>
       </c>
       <c r="C587" s="0" t="s">
         <v>94</v>
       </c>
     </row>
     <row r="588">
       <c r="A588" s="0" t="s">
         <v>568</v>
       </c>
       <c r="B588" s="0" t="s">
         <v>569</v>
       </c>
       <c r="C588" s="0" t="s">
         <v>94</v>
       </c>
     </row>
     <row r="589">
       <c r="A589" s="0" t="s">
         <v>570</v>
       </c>
       <c r="B589" s="0" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="C589" s="0" t="s">
         <v>94</v>
       </c>
     </row>
     <row r="590">
       <c r="A590" s="0" t="s">
         <v>571</v>
       </c>
       <c r="B590" s="0" t="s">
-        <v>535</v>
+        <v>537</v>
       </c>
       <c r="C590" s="0" t="s">
         <v>94</v>
       </c>
     </row>
     <row r="591">
       <c r="A591" s="0" t="s">
         <v>572</v>
       </c>
       <c r="B591" s="0" t="s">
-        <v>537</v>
+        <v>539</v>
       </c>
       <c r="C591" s="0" t="s">
         <v>94</v>
       </c>
     </row>
     <row r="592">
       <c r="A592" s="0" t="s">
         <v>573</v>
       </c>
       <c r="B592" s="0" t="s">
-        <v>539</v>
+        <v>541</v>
       </c>
       <c r="C592" s="0" t="s">
         <v>94</v>
       </c>
     </row>
     <row r="593">
       <c r="A593" s="0" t="s">
         <v>574</v>
       </c>
       <c r="B593" s="0" t="s">
         <v>543</v>
       </c>
       <c r="C593" s="0" t="s">
         <v>94</v>
       </c>
     </row>
     <row r="594">
       <c r="A594" s="0" t="s">
         <v>575</v>
       </c>
       <c r="B594" s="0" t="s">
         <v>547</v>
       </c>
       <c r="C594" s="0" t="s">
         <v>94</v>
@@ -8473,84 +8473,84 @@
         <v>578</v>
       </c>
       <c r="B597" s="0" t="s">
         <v>555</v>
       </c>
       <c r="C597" s="0" t="s">
         <v>94</v>
       </c>
     </row>
     <row r="598">
       <c r="A598" s="0" t="s">
         <v>579</v>
       </c>
       <c r="B598" s="0" t="s">
         <v>557</v>
       </c>
       <c r="C598" s="0" t="s">
         <v>94</v>
       </c>
     </row>
     <row r="599">
       <c r="A599" s="0" t="s">
         <v>580</v>
       </c>
       <c r="B599" s="0" t="s">
-        <v>559</v>
+        <v>569</v>
       </c>
       <c r="C599" s="0" t="s">
         <v>94</v>
       </c>
     </row>
     <row r="600">
       <c r="A600" s="0" t="s">
         <v>581</v>
       </c>
       <c r="B600" s="0" t="s">
-        <v>563</v>
+        <v>565</v>
       </c>
       <c r="C600" s="0" t="s">
         <v>94</v>
       </c>
     </row>
     <row r="601">
       <c r="A601" s="0" t="s">
         <v>582</v>
       </c>
       <c r="B601" s="0" t="s">
-        <v>565</v>
+        <v>563</v>
       </c>
       <c r="C601" s="0" t="s">
         <v>94</v>
       </c>
     </row>
     <row r="602">
       <c r="A602" s="0" t="s">
         <v>583</v>
       </c>
       <c r="B602" s="0" t="s">
-        <v>567</v>
+        <v>561</v>
       </c>
       <c r="C602" s="0" t="s">
         <v>94</v>
       </c>
     </row>
     <row r="603">
       <c r="A603" s="0" t="s">
         <v>57</v>
       </c>
       <c r="B603" s="0" t="s">
         <v>58</v>
       </c>
       <c r="C603" s="0" t="s">
         <v>94</v>
       </c>
     </row>
     <row r="604">
       <c r="A604" s="0" t="s">
         <v>92</v>
       </c>
       <c r="B604" s="0" t="s">
         <v>93</v>
       </c>
       <c r="C604" s="0" t="s">
         <v>584</v>
@@ -11384,302 +11384,302 @@
       </c>
     </row>
     <row r="862">
       <c r="A862" s="0" t="s">
         <v>566</v>
       </c>
       <c r="B862" s="0" t="s">
         <v>567</v>
       </c>
       <c r="C862" s="0" t="s">
         <v>94</v>
       </c>
     </row>
     <row r="863">
       <c r="A863" s="0" t="s">
         <v>568</v>
       </c>
       <c r="B863" s="0" t="s">
         <v>569</v>
       </c>
       <c r="C863" s="0" t="s">
         <v>94</v>
       </c>
     </row>
     <row r="864">
-      <c r="A864" s="0" t="s">
+      <c r="B864" s="0" t="s">
         <v>585</v>
       </c>
-      <c r="B864" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C864" s="0" t="s">
-        <v>94</v>
+        <v>59</v>
       </c>
     </row>
     <row r="865">
-      <c r="A865" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B865" s="0" t="s">
-        <v>588</v>
+        <v>88</v>
       </c>
       <c r="C865" s="0" t="s">
-        <v>94</v>
+        <v>59</v>
       </c>
     </row>
     <row r="866">
       <c r="A866" s="0" t="s">
-        <v>589</v>
+        <v>586</v>
       </c>
       <c r="B866" s="0" t="s">
-        <v>590</v>
+        <v>587</v>
       </c>
       <c r="C866" s="0" t="s">
         <v>94</v>
       </c>
     </row>
     <row r="867">
       <c r="A867" s="0" t="s">
-        <v>591</v>
+        <v>586</v>
       </c>
       <c r="B867" s="0" t="s">
-        <v>592</v>
+        <v>587</v>
       </c>
       <c r="C867" s="0" t="s">
         <v>94</v>
       </c>
     </row>
     <row r="868">
       <c r="A868" s="0" t="s">
-        <v>593</v>
+        <v>588</v>
       </c>
       <c r="B868" s="0" t="s">
-        <v>594</v>
+        <v>589</v>
       </c>
       <c r="C868" s="0" t="s">
         <v>94</v>
       </c>
     </row>
     <row r="869">
       <c r="A869" s="0" t="s">
-        <v>595</v>
+        <v>588</v>
       </c>
       <c r="B869" s="0" t="s">
-        <v>596</v>
+        <v>589</v>
       </c>
       <c r="C869" s="0" t="s">
         <v>94</v>
       </c>
     </row>
     <row r="870">
       <c r="A870" s="0" t="s">
-        <v>597</v>
+        <v>590</v>
       </c>
       <c r="B870" s="0" t="s">
-        <v>598</v>
+        <v>591</v>
       </c>
       <c r="C870" s="0" t="s">
         <v>94</v>
       </c>
     </row>
     <row r="871">
+      <c r="A871" s="0" t="s">
+        <v>590</v>
+      </c>
       <c r="B871" s="0" t="s">
-        <v>599</v>
+        <v>591</v>
       </c>
       <c r="C871" s="0" t="s">
-        <v>59</v>
+        <v>94</v>
       </c>
     </row>
     <row r="872">
+      <c r="A872" s="0" t="s">
+        <v>592</v>
+      </c>
       <c r="B872" s="0" t="s">
-        <v>88</v>
+        <v>593</v>
       </c>
       <c r="C872" s="0" t="s">
-        <v>59</v>
+        <v>94</v>
       </c>
     </row>
     <row r="873">
       <c r="A873" s="0" t="s">
-        <v>600</v>
+        <v>592</v>
       </c>
       <c r="B873" s="0" t="s">
-        <v>601</v>
+        <v>593</v>
       </c>
       <c r="C873" s="0" t="s">
         <v>94</v>
       </c>
     </row>
     <row r="874">
       <c r="A874" s="0" t="s">
-        <v>600</v>
+        <v>594</v>
       </c>
       <c r="B874" s="0" t="s">
-        <v>601</v>
+        <v>595</v>
       </c>
       <c r="C874" s="0" t="s">
         <v>94</v>
       </c>
     </row>
     <row r="875">
       <c r="A875" s="0" t="s">
-        <v>602</v>
+        <v>594</v>
       </c>
       <c r="B875" s="0" t="s">
-        <v>603</v>
+        <v>595</v>
       </c>
       <c r="C875" s="0" t="s">
         <v>94</v>
       </c>
     </row>
     <row r="876">
       <c r="A876" s="0" t="s">
-        <v>602</v>
+        <v>596</v>
       </c>
       <c r="B876" s="0" t="s">
-        <v>603</v>
+        <v>597</v>
       </c>
       <c r="C876" s="0" t="s">
         <v>94</v>
       </c>
     </row>
     <row r="877">
       <c r="A877" s="0" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="B877" s="0" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="C877" s="0" t="s">
         <v>94</v>
       </c>
     </row>
     <row r="878">
       <c r="A878" s="0" t="s">
-        <v>604</v>
+        <v>598</v>
       </c>
       <c r="B878" s="0" t="s">
-        <v>605</v>
+        <v>599</v>
       </c>
       <c r="C878" s="0" t="s">
         <v>94</v>
       </c>
     </row>
     <row r="879">
       <c r="A879" s="0" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="B879" s="0" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="C879" s="0" t="s">
         <v>94</v>
       </c>
     </row>
     <row r="880">
       <c r="A880" s="0" t="s">
-        <v>606</v>
+        <v>600</v>
       </c>
       <c r="B880" s="0" t="s">
-        <v>607</v>
+        <v>601</v>
       </c>
       <c r="C880" s="0" t="s">
         <v>94</v>
       </c>
     </row>
     <row r="881">
       <c r="A881" s="0" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="B881" s="0" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="C881" s="0" t="s">
         <v>94</v>
       </c>
     </row>
     <row r="882">
       <c r="A882" s="0" t="s">
-        <v>608</v>
+        <v>602</v>
       </c>
       <c r="B882" s="0" t="s">
-        <v>609</v>
+        <v>603</v>
       </c>
       <c r="C882" s="0" t="s">
         <v>94</v>
       </c>
     </row>
     <row r="883">
       <c r="A883" s="0" t="s">
-        <v>610</v>
+        <v>604</v>
       </c>
       <c r="B883" s="0" t="s">
-        <v>611</v>
+        <v>605</v>
       </c>
       <c r="C883" s="0" t="s">
         <v>94</v>
       </c>
     </row>
     <row r="884">
       <c r="A884" s="0" t="s">
-        <v>610</v>
+        <v>606</v>
       </c>
       <c r="B884" s="0" t="s">
-        <v>611</v>
+        <v>607</v>
       </c>
       <c r="C884" s="0" t="s">
         <v>94</v>
       </c>
     </row>
     <row r="885">
       <c r="A885" s="0" t="s">
-        <v>612</v>
+        <v>608</v>
       </c>
       <c r="B885" s="0" t="s">
-        <v>613</v>
+        <v>609</v>
       </c>
       <c r="C885" s="0" t="s">
         <v>94</v>
       </c>
     </row>
     <row r="886">
       <c r="A886" s="0" t="s">
-        <v>612</v>
+        <v>610</v>
       </c>
       <c r="B886" s="0" t="s">
-        <v>613</v>
+        <v>611</v>
       </c>
       <c r="C886" s="0" t="s">
         <v>94</v>
       </c>
     </row>
     <row r="887">
       <c r="A887" s="0" t="s">
-        <v>614</v>
+        <v>612</v>
       </c>
       <c r="B887" s="0" t="s">
-        <v>615</v>
+        <v>613</v>
       </c>
       <c r="C887" s="0" t="s">
         <v>94</v>
       </c>
     </row>
     <row r="888">
       <c r="A888" s="0" t="s">
         <v>614</v>
       </c>
       <c r="B888" s="0" t="s">
         <v>615</v>
       </c>
       <c r="C888" s="0" t="s">
         <v>94</v>
       </c>
     </row>
     <row r="889">
       <c r="A889" s="0" t="s">
         <v>523</v>
       </c>
       <c r="B889" s="0" t="s">
         <v>524</v>
       </c>
       <c r="C889" s="0" t="s">
         <v>59</v>
@@ -11910,84 +11910,84 @@
         <v>566</v>
       </c>
       <c r="B910" s="0" t="s">
         <v>567</v>
       </c>
       <c r="C910" s="0" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="911">
       <c r="A911" s="0" t="s">
         <v>568</v>
       </c>
       <c r="B911" s="0" t="s">
         <v>569</v>
       </c>
       <c r="C911" s="0" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="912">
       <c r="A912" s="0" t="s">
         <v>570</v>
       </c>
       <c r="B912" s="0" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="C912" s="0" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="913">
       <c r="A913" s="0" t="s">
         <v>571</v>
       </c>
       <c r="B913" s="0" t="s">
-        <v>535</v>
+        <v>537</v>
       </c>
       <c r="C913" s="0" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="914">
       <c r="A914" s="0" t="s">
         <v>572</v>
       </c>
       <c r="B914" s="0" t="s">
-        <v>537</v>
+        <v>539</v>
       </c>
       <c r="C914" s="0" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="915">
       <c r="A915" s="0" t="s">
         <v>573</v>
       </c>
       <c r="B915" s="0" t="s">
-        <v>539</v>
+        <v>541</v>
       </c>
       <c r="C915" s="0" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="916">
       <c r="A916" s="0" t="s">
         <v>574</v>
       </c>
       <c r="B916" s="0" t="s">
         <v>543</v>
       </c>
       <c r="C916" s="0" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="917">
       <c r="A917" s="0" t="s">
         <v>575</v>
       </c>
       <c r="B917" s="0" t="s">
         <v>547</v>
       </c>
       <c r="C917" s="0" t="s">
         <v>59</v>
@@ -12020,161 +12020,161 @@
         <v>578</v>
       </c>
       <c r="B920" s="0" t="s">
         <v>555</v>
       </c>
       <c r="C920" s="0" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="921">
       <c r="A921" s="0" t="s">
         <v>579</v>
       </c>
       <c r="B921" s="0" t="s">
         <v>557</v>
       </c>
       <c r="C921" s="0" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="922">
       <c r="A922" s="0" t="s">
         <v>580</v>
       </c>
       <c r="B922" s="0" t="s">
-        <v>559</v>
+        <v>569</v>
       </c>
       <c r="C922" s="0" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="923">
       <c r="A923" s="0" t="s">
         <v>581</v>
       </c>
       <c r="B923" s="0" t="s">
-        <v>563</v>
+        <v>565</v>
       </c>
       <c r="C923" s="0" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="924">
       <c r="A924" s="0" t="s">
         <v>582</v>
       </c>
       <c r="B924" s="0" t="s">
-        <v>565</v>
+        <v>563</v>
       </c>
       <c r="C924" s="0" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="925">
       <c r="A925" s="0" t="s">
         <v>583</v>
       </c>
       <c r="B925" s="0" t="s">
-        <v>567</v>
+        <v>561</v>
       </c>
       <c r="C925" s="0" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="926">
       <c r="A926" s="0" t="s">
-        <v>585</v>
+        <v>602</v>
       </c>
       <c r="B926" s="0" t="s">
-        <v>586</v>
+        <v>603</v>
       </c>
       <c r="C926" s="0" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="927">
       <c r="A927" s="0" t="s">
-        <v>587</v>
+        <v>604</v>
       </c>
       <c r="B927" s="0" t="s">
-        <v>588</v>
+        <v>605</v>
       </c>
       <c r="C927" s="0" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="928">
       <c r="A928" s="0" t="s">
-        <v>589</v>
+        <v>606</v>
       </c>
       <c r="B928" s="0" t="s">
-        <v>590</v>
+        <v>607</v>
       </c>
       <c r="C928" s="0" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="929">
       <c r="A929" s="0" t="s">
-        <v>591</v>
+        <v>608</v>
       </c>
       <c r="B929" s="0" t="s">
-        <v>592</v>
+        <v>609</v>
       </c>
       <c r="C929" s="0" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="930">
       <c r="A930" s="0" t="s">
-        <v>593</v>
+        <v>610</v>
       </c>
       <c r="B930" s="0" t="s">
-        <v>594</v>
+        <v>611</v>
       </c>
       <c r="C930" s="0" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="931">
       <c r="A931" s="0" t="s">
-        <v>595</v>
+        <v>612</v>
       </c>
       <c r="B931" s="0" t="s">
-        <v>596</v>
+        <v>613</v>
       </c>
       <c r="C931" s="0" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="932">
       <c r="A932" s="0" t="s">
-        <v>597</v>
+        <v>614</v>
       </c>
       <c r="B932" s="0" t="s">
-        <v>598</v>
+        <v>615</v>
       </c>
       <c r="C932" s="0" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="933">
       <c r="C933" s="0" t="s">
         <v>94</v>
       </c>
     </row>
     <row r="934">
       <c r="C934" s="0" t="s">
         <v>94</v>
       </c>
     </row>
     <row r="935">
       <c r="C935" s="0" t="s">
         <v>94</v>
       </c>
     </row>
     <row r="936">
       <c r="C936" s="0" t="s">
         <v>94</v>
       </c>
     </row>