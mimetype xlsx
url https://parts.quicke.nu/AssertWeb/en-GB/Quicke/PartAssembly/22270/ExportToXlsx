--- v0 (2025-10-29)
+++ v1 (2026-03-14)
@@ -75,51 +75,51 @@
   <si>
     <t>5045407</t>
   </si>
   <si>
     <t>Seal kit</t>
   </si>
   <si>
     <t>.015</t>
   </si>
   <si>
     <t>Supplied in bags of 10 pcs</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>10301554</t>
   </si>
   <si>
     <t>Dowel kit</t>
   </si>
   <si>
     <t>0.175</t>
   </si>
   <si>
-    <t>Kit with 2 parts</t>
+    <t>Kit, 2 pcs</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>10550205</t>
   </si>
   <si>
     <t>Shaft</t>
   </si>
   <si>
     <t>.06</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
   </fonts>