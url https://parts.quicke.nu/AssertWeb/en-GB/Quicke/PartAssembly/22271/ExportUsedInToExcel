--- v0 (2025-10-24)
+++ v1 (2025-12-22)
@@ -120,501 +120,501 @@
   <si>
     <t>+4.0 DM ext.</t>
   </si>
   <si>
     <t>2011Q8</t>
   </si>
   <si>
     <t>Q20 US</t>
   </si>
   <si>
     <t xml:space="preserve">/ </t>
   </si>
   <si>
     <t>2013Q8</t>
   </si>
   <si>
     <t>Q20 DS</t>
   </si>
   <si>
     <t>2014Q8</t>
   </si>
   <si>
     <t>Q20 DM</t>
   </si>
   <si>
+    <t>2513Q8</t>
+  </si>
+  <si>
+    <t>Q25 DS</t>
+  </si>
+  <si>
+    <t>3011Q8</t>
+  </si>
+  <si>
+    <t>Q30 US</t>
+  </si>
+  <si>
+    <t>3013Q8</t>
+  </si>
+  <si>
+    <t>Q30 DS</t>
+  </si>
+  <si>
+    <t>3014Q8</t>
+  </si>
+  <si>
+    <t>Q30 DM</t>
+  </si>
+  <si>
+    <t>3016Q8</t>
+  </si>
+  <si>
+    <t>Q30 DM ext.</t>
+  </si>
+  <si>
+    <t>3511Q8</t>
+  </si>
+  <si>
+    <t>Q35 US</t>
+  </si>
+  <si>
+    <t>3513Q8</t>
+  </si>
+  <si>
+    <t>Q35 DS</t>
+  </si>
+  <si>
+    <t>3514Q8</t>
+  </si>
+  <si>
+    <t>Q35 DM</t>
+  </si>
+  <si>
+    <t>3516Q8</t>
+  </si>
+  <si>
+    <t>Q35 DM ext.</t>
+  </si>
+  <si>
+    <t>3564Q8</t>
+  </si>
+  <si>
+    <t>4011Q8</t>
+  </si>
+  <si>
+    <t>Q40 US</t>
+  </si>
+  <si>
+    <t>4014Q8</t>
+  </si>
+  <si>
+    <t>Q40 DM</t>
+  </si>
+  <si>
+    <t>4016Q8</t>
+  </si>
+  <si>
+    <t>Q40 DM ext.</t>
+  </si>
+  <si>
+    <t>4054Q8</t>
+  </si>
+  <si>
+    <t>5011Q8</t>
+  </si>
+  <si>
+    <t>Q50 US</t>
+  </si>
+  <si>
+    <t>6014Q8</t>
+  </si>
+  <si>
+    <t>Q60 DM</t>
+  </si>
+  <si>
+    <t>6016Q8</t>
+  </si>
+  <si>
+    <t>Q60 DM ext.</t>
+  </si>
+  <si>
+    <t>6044Q8</t>
+  </si>
+  <si>
+    <t>6046Q8</t>
+  </si>
+  <si>
+    <t>8753Q8</t>
+  </si>
+  <si>
+    <t>Q85x DL</t>
+  </si>
+  <si>
+    <t>2511T8</t>
+  </si>
+  <si>
+    <t>+1.0P US</t>
+  </si>
+  <si>
+    <t>2513T8</t>
+  </si>
+  <si>
+    <t>+1.0P DS</t>
+  </si>
+  <si>
+    <t>2514T8</t>
+  </si>
+  <si>
+    <t>+1.0P DM</t>
+  </si>
+  <si>
+    <t>2011T8</t>
+  </si>
+  <si>
+    <t>+1.0 US</t>
+  </si>
+  <si>
+    <t>2013T8</t>
+  </si>
+  <si>
+    <t>+1.0 DS</t>
+  </si>
+  <si>
+    <t>2014T8</t>
+  </si>
+  <si>
+    <t>+1.0 DM</t>
+  </si>
+  <si>
+    <t>8713T8</t>
+  </si>
+  <si>
+    <t>+7.0x DL</t>
+  </si>
+  <si>
+    <t>8753T8</t>
+  </si>
+  <si>
+    <t>6014T8</t>
+  </si>
+  <si>
+    <t>+5.0 DM</t>
+  </si>
+  <si>
+    <t>6016T8</t>
+  </si>
+  <si>
+    <t>+5.0 DM ext.</t>
+  </si>
+  <si>
+    <t>6044T8</t>
+  </si>
+  <si>
+    <t>6046T8</t>
+  </si>
+  <si>
+    <t>5011T8</t>
+  </si>
+  <si>
+    <t>+4.0 US</t>
+  </si>
+  <si>
+    <t>5014T8</t>
+  </si>
+  <si>
+    <t>+4.0 DM</t>
+  </si>
+  <si>
+    <t>5511Q8</t>
+  </si>
+  <si>
+    <t>Q55 US</t>
+  </si>
+  <si>
+    <t>5512Q8</t>
+  </si>
+  <si>
+    <t>Q55 UM</t>
+  </si>
+  <si>
+    <t>5514Q8</t>
+  </si>
+  <si>
+    <t>Q55 DM</t>
+  </si>
+  <si>
+    <t>5516Q8</t>
+  </si>
+  <si>
+    <t>Q55 DM ext.</t>
+  </si>
+  <si>
+    <t>5534Q8</t>
+  </si>
+  <si>
+    <t>Q55 DM, DM ext</t>
+  </si>
+  <si>
+    <t>5544Q, 5546Q</t>
+  </si>
+  <si>
+    <t>5554Q8</t>
+  </si>
+  <si>
+    <t>5564Q8</t>
+  </si>
+  <si>
+    <t>6512Q8</t>
+  </si>
+  <si>
+    <t>Q65 UM</t>
+  </si>
+  <si>
+    <t>6514Q8</t>
+  </si>
+  <si>
+    <t>Q65 DM</t>
+  </si>
+  <si>
+    <t>6516Q8</t>
+  </si>
+  <si>
+    <t>Q65 DM ext.</t>
+  </si>
+  <si>
+    <t>6534Q8</t>
+  </si>
+  <si>
+    <t>6544Q8</t>
+  </si>
+  <si>
+    <t>6546Q8</t>
+  </si>
+  <si>
+    <t>6564Q8</t>
+  </si>
+  <si>
+    <t>4511T8</t>
+  </si>
+  <si>
+    <t>+3.0P US</t>
+  </si>
+  <si>
+    <t>4514T8</t>
+  </si>
+  <si>
+    <t>+3.0P DM</t>
+  </si>
+  <si>
+    <t>4516T8</t>
+  </si>
+  <si>
+    <t>+3.0P DM ext.</t>
+  </si>
+  <si>
+    <t>4517T8</t>
+  </si>
+  <si>
+    <t>+3.0P Special S</t>
+  </si>
+  <si>
+    <t>4518T8</t>
+  </si>
+  <si>
+    <t>+3.0P Special B</t>
+  </si>
+  <si>
+    <t>5511T8</t>
+  </si>
+  <si>
+    <t>+4.0P US</t>
+  </si>
+  <si>
+    <t>5512T8</t>
+  </si>
+  <si>
+    <t>+4.0P UM</t>
+  </si>
+  <si>
+    <t>5514T8</t>
+  </si>
+  <si>
+    <t>+4.0P DM</t>
+  </si>
+  <si>
+    <t>5516T8</t>
+  </si>
+  <si>
+    <t>+4.0P DM ext.</t>
+  </si>
+  <si>
+    <t>5517T8</t>
+  </si>
+  <si>
+    <t>+4.0P Special S</t>
+  </si>
+  <si>
+    <t>5518T8</t>
+  </si>
+  <si>
+    <t>+4.0P Special B</t>
+  </si>
+  <si>
+    <t>6512T8</t>
+  </si>
+  <si>
+    <t>+5.0P UM</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Hydraulics/ </t>
+  </si>
+  <si>
+    <t>6514T8</t>
+  </si>
+  <si>
+    <t>+5.0P DM</t>
+  </si>
+  <si>
+    <t>6516T8</t>
+  </si>
+  <si>
+    <t>+5.0P DM ext.</t>
+  </si>
+  <si>
+    <t>6544T8</t>
+  </si>
+  <si>
+    <t>6546T8</t>
+  </si>
+  <si>
+    <t>7512T8</t>
+  </si>
+  <si>
+    <t>+6.0P UM</t>
+  </si>
+  <si>
+    <t>7514T8</t>
+  </si>
+  <si>
+    <t>+6.0P DM</t>
+  </si>
+  <si>
+    <t>7516T8</t>
+  </si>
+  <si>
+    <t>+6.0P DM ext.</t>
+  </si>
+  <si>
+    <t>8513T8</t>
+  </si>
+  <si>
+    <t>+7.0P DL</t>
+  </si>
+  <si>
     <t>2511Q8</t>
   </si>
   <si>
     <t>Q25 US</t>
   </si>
   <si>
-    <t>2513Q8</t>
-[...4 lines deleted...]
-  <si>
     <t>2514Q8</t>
   </si>
   <si>
     <t>Q25 DM</t>
   </si>
   <si>
-    <t>3011Q8</t>
-[...74 lines deleted...]
-    <t>Q50 US</t>
+    <t>4511Q8</t>
+  </si>
+  <si>
+    <t>Q45 US</t>
+  </si>
+  <si>
+    <t>4514Q8</t>
+  </si>
+  <si>
+    <t>Q45 DM</t>
+  </si>
+  <si>
+    <t>4516Q8</t>
+  </si>
+  <si>
+    <t>Q45 DM ext.</t>
+  </si>
+  <si>
+    <t>4554Q8</t>
+  </si>
+  <si>
+    <t>4564Q8</t>
   </si>
   <si>
     <t>5014Q8</t>
   </si>
   <si>
     <t>Q50 DM</t>
   </si>
   <si>
     <t>5016Q8</t>
   </si>
   <si>
     <t>Q50 DM ext.</t>
   </si>
   <si>
     <t>5054Q8</t>
   </si>
   <si>
-    <t>6014Q8</t>
-[...14 lines deleted...]
-    <t>6046Q8</t>
+    <t>7512Q8</t>
+  </si>
+  <si>
+    <t>Q75 UM</t>
+  </si>
+  <si>
+    <t>7514Q8</t>
+  </si>
+  <si>
+    <t>Q75 DM</t>
+  </si>
+  <si>
+    <t>7516Q8</t>
+  </si>
+  <si>
+    <t>Q75 DM ext.</t>
+  </si>
+  <si>
+    <t>7524Q8</t>
+  </si>
+  <si>
+    <t>8513Q8</t>
+  </si>
+  <si>
+    <t>Q85 DL</t>
+  </si>
+  <si>
+    <t>8523Q8</t>
   </si>
   <si>
     <t>8713Q8</t>
-  </si>
-[...319 lines deleted...]
-    <t>+7.0P DL</t>
   </si>
   <si>
     <t>Hydraulics/3517_2 Hydraulics</t>
   </si>
   <si>
     <t>Hydraulics/3518_2 Hydraulics</t>
   </si>
   <si>
     <t>Hydraulics/4517_2 Hydraulics</t>
   </si>
   <si>
     <t>Hydraulics/4518_2 Hydraulics</t>
   </si>
   <si>
     <t>Hydraulics/3517_2 Hydraulics LCS</t>
   </si>
   <si>
     <t>Hydraulics/3518_2 Hydraulics LCS</t>
   </si>
   <si>
     <t>Hydraulics/4517_2 Hydraulics LCS</t>
   </si>
   <si>
     <t>Hydraulics/4518_2 Hydraulics LCS</t>
   </si>
@@ -1322,590 +1322,590 @@
         <v>54</v>
       </c>
       <c r="B50" s="0" t="s">
         <v>55</v>
       </c>
       <c r="C50" s="0" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="0" t="s">
         <v>54</v>
       </c>
       <c r="B51" s="0" t="s">
         <v>55</v>
       </c>
       <c r="C51" s="0" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="0" t="s">
         <v>56</v>
       </c>
       <c r="B52" s="0" t="s">
-        <v>57</v>
+        <v>53</v>
       </c>
       <c r="C52" s="0" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="0" t="s">
         <v>56</v>
       </c>
       <c r="B53" s="0" t="s">
-        <v>57</v>
+        <v>53</v>
       </c>
       <c r="C53" s="0" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="0" t="s">
+        <v>57</v>
+      </c>
+      <c r="B54" s="0" t="s">
         <v>58</v>
-      </c>
-[...1 lines deleted...]
-        <v>59</v>
       </c>
       <c r="C54" s="0" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="0" t="s">
+        <v>57</v>
+      </c>
+      <c r="B55" s="0" t="s">
         <v>58</v>
-      </c>
-[...1 lines deleted...]
-        <v>59</v>
       </c>
       <c r="C55" s="0" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="0" t="s">
+        <v>59</v>
+      </c>
+      <c r="B56" s="0" t="s">
         <v>60</v>
-      </c>
-[...1 lines deleted...]
-        <v>57</v>
       </c>
       <c r="C56" s="0" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="0" t="s">
+        <v>59</v>
+      </c>
+      <c r="B57" s="0" t="s">
         <v>60</v>
-      </c>
-[...1 lines deleted...]
-        <v>57</v>
       </c>
       <c r="C57" s="0" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="0" t="s">
         <v>61</v>
       </c>
       <c r="B58" s="0" t="s">
         <v>62</v>
       </c>
       <c r="C58" s="0" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="0" t="s">
         <v>61</v>
       </c>
       <c r="B59" s="0" t="s">
         <v>62</v>
       </c>
       <c r="C59" s="0" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="0" t="s">
         <v>63</v>
       </c>
       <c r="B60" s="0" t="s">
-        <v>64</v>
+        <v>60</v>
       </c>
       <c r="C60" s="0" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="0" t="s">
         <v>63</v>
       </c>
       <c r="B61" s="0" t="s">
-        <v>64</v>
+        <v>60</v>
       </c>
       <c r="C61" s="0" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="0" t="s">
+        <v>64</v>
+      </c>
+      <c r="B62" s="0" t="s">
         <v>65</v>
-      </c>
-[...1 lines deleted...]
-        <v>66</v>
       </c>
       <c r="C62" s="0" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="0" t="s">
+        <v>64</v>
+      </c>
+      <c r="B63" s="0" t="s">
         <v>65</v>
-      </c>
-[...1 lines deleted...]
-        <v>66</v>
       </c>
       <c r="C63" s="0" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="0" t="s">
+        <v>66</v>
+      </c>
+      <c r="B64" s="0" t="s">
         <v>67</v>
-      </c>
-[...1 lines deleted...]
-        <v>64</v>
       </c>
       <c r="C64" s="0" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="0" t="s">
+        <v>66</v>
+      </c>
+      <c r="B65" s="0" t="s">
         <v>67</v>
-      </c>
-[...1 lines deleted...]
-        <v>64</v>
       </c>
       <c r="C65" s="0" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="0" t="s">
         <v>68</v>
       </c>
       <c r="B66" s="0" t="s">
         <v>69</v>
       </c>
       <c r="C66" s="0" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="0" t="s">
         <v>68</v>
       </c>
       <c r="B67" s="0" t="s">
         <v>69</v>
       </c>
       <c r="C67" s="0" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="0" t="s">
         <v>70</v>
       </c>
       <c r="B68" s="0" t="s">
-        <v>71</v>
+        <v>67</v>
       </c>
       <c r="C68" s="0" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" s="0" t="s">
         <v>70</v>
       </c>
       <c r="B69" s="0" t="s">
-        <v>71</v>
+        <v>67</v>
       </c>
       <c r="C69" s="0" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="0" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="B70" s="0" t="s">
-        <v>73</v>
+        <v>67</v>
       </c>
       <c r="C70" s="0" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="0" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="B71" s="0" t="s">
-        <v>73</v>
+        <v>67</v>
       </c>
       <c r="C71" s="0" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="0" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
       <c r="B72" s="0" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
       <c r="C72" s="0" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" s="0" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
       <c r="B73" s="0" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
       <c r="C73" s="0" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" s="0" t="s">
+        <v>74</v>
+      </c>
+      <c r="B74" s="0" t="s">
         <v>75</v>
       </c>
-      <c r="B74" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C74" s="0" t="s">
-        <v>33</v>
+        <v>5</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" s="0" t="s">
+        <v>74</v>
+      </c>
+      <c r="B75" s="0" t="s">
         <v>75</v>
       </c>
-      <c r="B75" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C75" s="0" t="s">
-        <v>33</v>
+        <v>6</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" s="0" t="s">
+        <v>76</v>
+      </c>
+      <c r="B76" s="0" t="s">
         <v>77</v>
       </c>
-      <c r="B76" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C76" s="0" t="s">
-        <v>33</v>
+        <v>5</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" s="0" t="s">
+        <v>76</v>
+      </c>
+      <c r="B77" s="0" t="s">
         <v>77</v>
       </c>
-      <c r="B77" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C77" s="0" t="s">
-        <v>33</v>
+        <v>6</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" s="0" t="s">
+        <v>78</v>
+      </c>
+      <c r="B78" s="0" t="s">
         <v>79</v>
       </c>
-      <c r="B78" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C78" s="0" t="s">
-        <v>33</v>
+        <v>5</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" s="0" t="s">
+        <v>78</v>
+      </c>
+      <c r="B79" s="0" t="s">
         <v>79</v>
       </c>
-      <c r="B79" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C79" s="0" t="s">
-        <v>33</v>
+        <v>6</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" s="0" t="s">
         <v>80</v>
       </c>
       <c r="B80" s="0" t="s">
-        <v>76</v>
+        <v>81</v>
       </c>
       <c r="C80" s="0" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" s="0" t="s">
         <v>80</v>
       </c>
       <c r="B81" s="0" t="s">
-        <v>76</v>
+        <v>81</v>
       </c>
       <c r="C81" s="0" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" s="0" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="B82" s="0" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="C82" s="0" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" s="0" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="B83" s="0" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="C83" s="0" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" s="0" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="B84" s="0" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="C84" s="0" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" s="0" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="B85" s="0" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="C85" s="0" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" s="0" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="B86" s="0" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="C86" s="0" t="s">
-        <v>5</v>
+        <v>33</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" s="0" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="B87" s="0" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="C87" s="0" t="s">
-        <v>6</v>
+        <v>33</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" s="0" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="B88" s="0" t="s">
         <v>87</v>
       </c>
       <c r="C88" s="0" t="s">
-        <v>5</v>
+        <v>33</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" s="0" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="B89" s="0" t="s">
         <v>87</v>
       </c>
       <c r="C89" s="0" t="s">
-        <v>6</v>
+        <v>33</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" s="0" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="B90" s="0" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="C90" s="0" t="s">
-        <v>5</v>
+        <v>33</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" s="0" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="B91" s="0" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="C91" s="0" t="s">
-        <v>6</v>
+        <v>33</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" s="0" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="B92" s="0" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="C92" s="0" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" s="0" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="B93" s="0" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="C93" s="0" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" s="0" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="B94" s="0" t="s">
-        <v>93</v>
+        <v>90</v>
       </c>
       <c r="C94" s="0" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" s="0" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="B95" s="0" t="s">
-        <v>93</v>
+        <v>90</v>
       </c>
       <c r="C95" s="0" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" s="0" t="s">
         <v>94</v>
       </c>
       <c r="B96" s="0" t="s">
-        <v>95</v>
+        <v>90</v>
       </c>
       <c r="C96" s="0" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" s="0" t="s">
         <v>94</v>
       </c>
       <c r="B97" s="0" t="s">
-        <v>95</v>
+        <v>90</v>
       </c>
       <c r="C97" s="0" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" s="0" t="s">
+        <v>95</v>
+      </c>
+      <c r="B98" s="0" t="s">
         <v>96</v>
       </c>
-      <c r="B98" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C98" s="0" t="s">
-        <v>33</v>
+        <v>5</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" s="0" t="s">
+        <v>95</v>
+      </c>
+      <c r="B99" s="0" t="s">
         <v>96</v>
       </c>
-      <c r="B99" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C99" s="0" t="s">
-        <v>33</v>
+        <v>6</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" s="0" t="s">
+        <v>97</v>
+      </c>
+      <c r="B100" s="0" t="s">
         <v>98</v>
-      </c>
-[...1 lines deleted...]
-        <v>97</v>
       </c>
       <c r="C100" s="0" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" s="0" t="s">
+        <v>97</v>
+      </c>
+      <c r="B101" s="0" t="s">
         <v>98</v>
-      </c>
-[...1 lines deleted...]
-        <v>97</v>
       </c>
       <c r="C101" s="0" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" s="0" t="s">
         <v>99</v>
       </c>
       <c r="B102" s="0" t="s">
         <v>100</v>
       </c>
       <c r="C102" s="0" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" s="0" t="s">
         <v>99</v>
       </c>
       <c r="B103" s="0" t="s">
         <v>100</v>
       </c>
       <c r="C103" s="0" t="s">
         <v>33</v>
@@ -1916,439 +1916,439 @@
         <v>101</v>
       </c>
       <c r="B104" s="0" t="s">
         <v>102</v>
       </c>
       <c r="C104" s="0" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" s="0" t="s">
         <v>101</v>
       </c>
       <c r="B105" s="0" t="s">
         <v>102</v>
       </c>
       <c r="C105" s="0" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" s="0" t="s">
         <v>103</v>
       </c>
       <c r="B106" s="0" t="s">
-        <v>100</v>
+        <v>104</v>
       </c>
       <c r="C106" s="0" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" s="0" t="s">
         <v>103</v>
       </c>
       <c r="B107" s="0" t="s">
-        <v>100</v>
+        <v>104</v>
       </c>
       <c r="C107" s="0" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" s="0" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="B108" s="0" t="s">
-        <v>100</v>
+        <v>106</v>
       </c>
       <c r="C108" s="0" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" s="0" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="B109" s="0" t="s">
-        <v>100</v>
+        <v>106</v>
       </c>
       <c r="C109" s="0" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" s="0" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
       <c r="B110" s="0" t="s">
-        <v>106</v>
+        <v>104</v>
       </c>
       <c r="C110" s="0" t="s">
-        <v>5</v>
+        <v>33</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" s="0" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
       <c r="B111" s="0" t="s">
-        <v>106</v>
+        <v>104</v>
       </c>
       <c r="C111" s="0" t="s">
-        <v>6</v>
+        <v>33</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" s="0" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="B112" s="0" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="C112" s="0" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" s="0" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="B113" s="0" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="C113" s="0" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" s="0" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="B114" s="0" t="s">
-        <v>110</v>
+        <v>104</v>
       </c>
       <c r="C114" s="0" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" s="0" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="B115" s="0" t="s">
-        <v>110</v>
+        <v>104</v>
       </c>
       <c r="C115" s="0" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" s="0" t="s">
         <v>111</v>
       </c>
       <c r="B116" s="0" t="s">
-        <v>112</v>
+        <v>104</v>
       </c>
       <c r="C116" s="0" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" s="0" t="s">
         <v>111</v>
       </c>
       <c r="B117" s="0" t="s">
-        <v>112</v>
+        <v>104</v>
       </c>
       <c r="C117" s="0" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" s="0" t="s">
+        <v>112</v>
+      </c>
+      <c r="B118" s="0" t="s">
         <v>113</v>
-      </c>
-[...1 lines deleted...]
-        <v>114</v>
       </c>
       <c r="C118" s="0" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="119">
       <c r="A119" s="0" t="s">
+        <v>112</v>
+      </c>
+      <c r="B119" s="0" t="s">
         <v>113</v>
-      </c>
-[...1 lines deleted...]
-        <v>114</v>
       </c>
       <c r="C119" s="0" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="120">
       <c r="A120" s="0" t="s">
+        <v>114</v>
+      </c>
+      <c r="B120" s="0" t="s">
         <v>115</v>
-      </c>
-[...1 lines deleted...]
-        <v>112</v>
       </c>
       <c r="C120" s="0" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="121">
       <c r="A121" s="0" t="s">
+        <v>114</v>
+      </c>
+      <c r="B121" s="0" t="s">
         <v>115</v>
-      </c>
-[...1 lines deleted...]
-        <v>112</v>
       </c>
       <c r="C121" s="0" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="122">
       <c r="A122" s="0" t="s">
         <v>116</v>
       </c>
       <c r="B122" s="0" t="s">
-        <v>112</v>
+        <v>117</v>
       </c>
       <c r="C122" s="0" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="123">
       <c r="A123" s="0" t="s">
         <v>116</v>
       </c>
       <c r="B123" s="0" t="s">
-        <v>112</v>
+        <v>117</v>
       </c>
       <c r="C123" s="0" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="124">
       <c r="A124" s="0" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="B124" s="0" t="s">
-        <v>118</v>
+        <v>115</v>
       </c>
       <c r="C124" s="0" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="125">
       <c r="A125" s="0" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="B125" s="0" t="s">
-        <v>118</v>
+        <v>115</v>
       </c>
       <c r="C125" s="0" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="126">
       <c r="A126" s="0" t="s">
         <v>119</v>
       </c>
       <c r="B126" s="0" t="s">
-        <v>120</v>
+        <v>115</v>
       </c>
       <c r="C126" s="0" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="127">
       <c r="A127" s="0" t="s">
         <v>119</v>
       </c>
       <c r="B127" s="0" t="s">
-        <v>120</v>
+        <v>115</v>
       </c>
       <c r="C127" s="0" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="128">
       <c r="A128" s="0" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="B128" s="0" t="s">
-        <v>122</v>
+        <v>117</v>
       </c>
       <c r="C128" s="0" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="129">
       <c r="A129" s="0" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="B129" s="0" t="s">
-        <v>122</v>
+        <v>117</v>
       </c>
       <c r="C129" s="0" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="130">
       <c r="A130" s="0" t="s">
-        <v>123</v>
+        <v>121</v>
       </c>
       <c r="B130" s="0" t="s">
-        <v>124</v>
+        <v>115</v>
       </c>
       <c r="C130" s="0" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="131">
       <c r="A131" s="0" t="s">
-        <v>123</v>
+        <v>121</v>
       </c>
       <c r="B131" s="0" t="s">
-        <v>124</v>
+        <v>115</v>
       </c>
       <c r="C131" s="0" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="132">
       <c r="A132" s="0" t="s">
-        <v>125</v>
+        <v>122</v>
       </c>
       <c r="B132" s="0" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="C132" s="0" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="133">
       <c r="A133" s="0" t="s">
-        <v>125</v>
+        <v>122</v>
       </c>
       <c r="B133" s="0" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="C133" s="0" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="134">
       <c r="A134" s="0" t="s">
-        <v>126</v>
+        <v>124</v>
       </c>
       <c r="B134" s="0" t="s">
-        <v>127</v>
+        <v>125</v>
       </c>
       <c r="C134" s="0" t="s">
-        <v>33</v>
+        <v>5</v>
       </c>
     </row>
     <row r="135">
       <c r="A135" s="0" t="s">
-        <v>126</v>
+        <v>124</v>
       </c>
       <c r="B135" s="0" t="s">
-        <v>127</v>
+        <v>125</v>
       </c>
       <c r="C135" s="0" t="s">
-        <v>33</v>
+        <v>6</v>
       </c>
     </row>
     <row r="136">
       <c r="A136" s="0" t="s">
-        <v>128</v>
+        <v>126</v>
       </c>
       <c r="B136" s="0" t="s">
-        <v>122</v>
+        <v>127</v>
       </c>
       <c r="C136" s="0" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="137">
       <c r="A137" s="0" t="s">
-        <v>128</v>
+        <v>126</v>
       </c>
       <c r="B137" s="0" t="s">
-        <v>122</v>
+        <v>127</v>
       </c>
       <c r="C137" s="0" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="138">
       <c r="A138" s="0" t="s">
+        <v>128</v>
+      </c>
+      <c r="B138" s="0" t="s">
         <v>129</v>
       </c>
-      <c r="B138" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C138" s="0" t="s">
-        <v>33</v>
+        <v>5</v>
       </c>
     </row>
     <row r="139">
       <c r="A139" s="0" t="s">
+        <v>128</v>
+      </c>
+      <c r="B139" s="0" t="s">
         <v>129</v>
       </c>
-      <c r="B139" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C139" s="0" t="s">
-        <v>33</v>
+        <v>6</v>
       </c>
     </row>
     <row r="140">
       <c r="A140" s="0" t="s">
         <v>130</v>
       </c>
       <c r="B140" s="0" t="s">
         <v>131</v>
       </c>
       <c r="C140" s="0" t="s">
-        <v>33</v>
+        <v>5</v>
       </c>
     </row>
     <row r="141">
       <c r="A141" s="0" t="s">
         <v>130</v>
       </c>
       <c r="B141" s="0" t="s">
         <v>131</v>
       </c>
       <c r="C141" s="0" t="s">
-        <v>33</v>
+        <v>6</v>
       </c>
     </row>
     <row r="142">
       <c r="A142" s="0" t="s">
         <v>132</v>
       </c>
       <c r="B142" s="0" t="s">
         <v>133</v>
       </c>
       <c r="C142" s="0" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="143">
       <c r="A143" s="0" t="s">
         <v>132</v>
       </c>
       <c r="B143" s="0" t="s">
         <v>133</v>
       </c>
       <c r="C143" s="0" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="144">
@@ -2356,2947 +2356,2947 @@
         <v>134</v>
       </c>
       <c r="B144" s="0" t="s">
         <v>135</v>
       </c>
       <c r="C144" s="0" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="145">
       <c r="A145" s="0" t="s">
         <v>134</v>
       </c>
       <c r="B145" s="0" t="s">
         <v>135</v>
       </c>
       <c r="C145" s="0" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="146">
       <c r="A146" s="0" t="s">
         <v>136</v>
       </c>
       <c r="B146" s="0" t="s">
-        <v>133</v>
+        <v>137</v>
       </c>
       <c r="C146" s="0" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="147">
       <c r="A147" s="0" t="s">
         <v>136</v>
       </c>
       <c r="B147" s="0" t="s">
-        <v>133</v>
+        <v>137</v>
       </c>
       <c r="C147" s="0" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="148">
       <c r="A148" s="0" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="B148" s="0" t="s">
-        <v>133</v>
+        <v>139</v>
       </c>
       <c r="C148" s="0" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="149">
       <c r="A149" s="0" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="B149" s="0" t="s">
-        <v>133</v>
+        <v>139</v>
       </c>
       <c r="C149" s="0" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="150">
       <c r="A150" s="0" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
       <c r="B150" s="0" t="s">
-        <v>135</v>
+        <v>141</v>
       </c>
       <c r="C150" s="0" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="151">
       <c r="A151" s="0" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
       <c r="B151" s="0" t="s">
-        <v>135</v>
+        <v>141</v>
       </c>
       <c r="C151" s="0" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="152">
       <c r="A152" s="0" t="s">
-        <v>139</v>
+        <v>142</v>
       </c>
       <c r="B152" s="0" t="s">
-        <v>133</v>
+        <v>143</v>
       </c>
       <c r="C152" s="0" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="153">
       <c r="A153" s="0" t="s">
-        <v>139</v>
+        <v>142</v>
       </c>
       <c r="B153" s="0" t="s">
-        <v>133</v>
+        <v>143</v>
       </c>
       <c r="C153" s="0" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="154">
       <c r="A154" s="0" t="s">
-        <v>140</v>
+        <v>144</v>
       </c>
       <c r="B154" s="0" t="s">
-        <v>141</v>
+        <v>145</v>
       </c>
       <c r="C154" s="0" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="155">
       <c r="A155" s="0" t="s">
-        <v>140</v>
+        <v>144</v>
       </c>
       <c r="B155" s="0" t="s">
-        <v>141</v>
+        <v>145</v>
       </c>
       <c r="C155" s="0" t="s">
-        <v>33</v>
+        <v>146</v>
       </c>
     </row>
     <row r="156">
       <c r="A156" s="0" t="s">
-        <v>142</v>
+        <v>147</v>
       </c>
       <c r="B156" s="0" t="s">
-        <v>143</v>
+        <v>148</v>
       </c>
       <c r="C156" s="0" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="157">
       <c r="A157" s="0" t="s">
-        <v>142</v>
+        <v>147</v>
       </c>
       <c r="B157" s="0" t="s">
-        <v>143</v>
+        <v>148</v>
       </c>
       <c r="C157" s="0" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="158">
       <c r="A158" s="0" t="s">
-        <v>144</v>
+        <v>149</v>
       </c>
       <c r="B158" s="0" t="s">
-        <v>145</v>
+        <v>150</v>
       </c>
       <c r="C158" s="0" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="159">
       <c r="A159" s="0" t="s">
-        <v>144</v>
+        <v>149</v>
       </c>
       <c r="B159" s="0" t="s">
-        <v>145</v>
+        <v>150</v>
       </c>
       <c r="C159" s="0" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="160">
       <c r="A160" s="0" t="s">
-        <v>146</v>
+        <v>151</v>
       </c>
       <c r="B160" s="0" t="s">
-        <v>143</v>
+        <v>148</v>
       </c>
       <c r="C160" s="0" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="161">
       <c r="A161" s="0" t="s">
-        <v>146</v>
+        <v>151</v>
       </c>
       <c r="B161" s="0" t="s">
-        <v>143</v>
+        <v>148</v>
       </c>
       <c r="C161" s="0" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="162">
       <c r="A162" s="0" t="s">
-        <v>147</v>
+        <v>152</v>
       </c>
       <c r="B162" s="0" t="s">
-        <v>148</v>
+        <v>150</v>
       </c>
       <c r="C162" s="0" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="163">
       <c r="A163" s="0" t="s">
-        <v>147</v>
+        <v>152</v>
       </c>
       <c r="B163" s="0" t="s">
-        <v>148</v>
+        <v>150</v>
       </c>
       <c r="C163" s="0" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="164">
       <c r="A164" s="0" t="s">
-        <v>149</v>
+        <v>153</v>
       </c>
       <c r="B164" s="0" t="s">
-        <v>148</v>
+        <v>154</v>
       </c>
       <c r="C164" s="0" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="165">
       <c r="A165" s="0" t="s">
-        <v>149</v>
+        <v>153</v>
       </c>
       <c r="B165" s="0" t="s">
-        <v>148</v>
+        <v>154</v>
       </c>
       <c r="C165" s="0" t="s">
-        <v>33</v>
+        <v>6</v>
       </c>
     </row>
     <row r="166">
       <c r="A166" s="0" t="s">
-        <v>150</v>
+        <v>155</v>
       </c>
       <c r="B166" s="0" t="s">
-        <v>151</v>
+        <v>156</v>
       </c>
       <c r="C166" s="0" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="167">
       <c r="A167" s="0" t="s">
-        <v>150</v>
+        <v>155</v>
       </c>
       <c r="B167" s="0" t="s">
-        <v>151</v>
+        <v>156</v>
       </c>
       <c r="C167" s="0" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="168">
       <c r="A168" s="0" t="s">
-        <v>152</v>
+        <v>157</v>
       </c>
       <c r="B168" s="0" t="s">
-        <v>153</v>
+        <v>158</v>
       </c>
       <c r="C168" s="0" t="s">
-        <v>5</v>
+        <v>33</v>
       </c>
     </row>
     <row r="169">
       <c r="A169" s="0" t="s">
-        <v>152</v>
+        <v>157</v>
       </c>
       <c r="B169" s="0" t="s">
-        <v>153</v>
+        <v>158</v>
       </c>
       <c r="C169" s="0" t="s">
-        <v>6</v>
+        <v>33</v>
       </c>
     </row>
     <row r="170">
       <c r="A170" s="0" t="s">
-        <v>154</v>
+        <v>159</v>
       </c>
       <c r="B170" s="0" t="s">
-        <v>155</v>
+        <v>160</v>
       </c>
       <c r="C170" s="0" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="171">
       <c r="A171" s="0" t="s">
-        <v>154</v>
+        <v>159</v>
       </c>
       <c r="B171" s="0" t="s">
-        <v>155</v>
+        <v>160</v>
       </c>
       <c r="C171" s="0" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="172">
       <c r="A172" s="0" t="s">
-        <v>156</v>
+        <v>161</v>
       </c>
       <c r="B172" s="0" t="s">
-        <v>157</v>
+        <v>162</v>
       </c>
       <c r="C172" s="0" t="s">
-        <v>5</v>
+        <v>33</v>
       </c>
     </row>
     <row r="173">
       <c r="A173" s="0" t="s">
-        <v>156</v>
+        <v>161</v>
       </c>
       <c r="B173" s="0" t="s">
-        <v>157</v>
+        <v>162</v>
       </c>
       <c r="C173" s="0" t="s">
-        <v>6</v>
+        <v>33</v>
       </c>
     </row>
     <row r="174">
       <c r="A174" s="0" t="s">
-        <v>158</v>
+        <v>163</v>
       </c>
       <c r="B174" s="0" t="s">
-        <v>159</v>
+        <v>164</v>
       </c>
       <c r="C174" s="0" t="s">
-        <v>5</v>
+        <v>33</v>
       </c>
     </row>
     <row r="175">
       <c r="A175" s="0" t="s">
-        <v>158</v>
+        <v>163</v>
       </c>
       <c r="B175" s="0" t="s">
-        <v>159</v>
+        <v>164</v>
       </c>
       <c r="C175" s="0" t="s">
-        <v>6</v>
+        <v>33</v>
       </c>
     </row>
     <row r="176">
       <c r="A176" s="0" t="s">
-        <v>160</v>
+        <v>165</v>
       </c>
       <c r="B176" s="0" t="s">
-        <v>161</v>
+        <v>166</v>
       </c>
       <c r="C176" s="0" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="177">
       <c r="A177" s="0" t="s">
-        <v>160</v>
+        <v>165</v>
       </c>
       <c r="B177" s="0" t="s">
-        <v>161</v>
+        <v>166</v>
       </c>
       <c r="C177" s="0" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="178">
       <c r="A178" s="0" t="s">
-        <v>162</v>
+        <v>167</v>
       </c>
       <c r="B178" s="0" t="s">
-        <v>163</v>
+        <v>168</v>
       </c>
       <c r="C178" s="0" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="179">
       <c r="A179" s="0" t="s">
-        <v>162</v>
+        <v>167</v>
       </c>
       <c r="B179" s="0" t="s">
-        <v>163</v>
+        <v>168</v>
       </c>
       <c r="C179" s="0" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="180">
       <c r="A180" s="0" t="s">
-        <v>164</v>
+        <v>169</v>
       </c>
       <c r="B180" s="0" t="s">
-        <v>165</v>
+        <v>170</v>
       </c>
       <c r="C180" s="0" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="181">
       <c r="A181" s="0" t="s">
-        <v>164</v>
+        <v>169</v>
       </c>
       <c r="B181" s="0" t="s">
-        <v>165</v>
+        <v>170</v>
       </c>
       <c r="C181" s="0" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="182">
       <c r="A182" s="0" t="s">
-        <v>166</v>
+        <v>171</v>
       </c>
       <c r="B182" s="0" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="C182" s="0" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="183">
       <c r="A183" s="0" t="s">
-        <v>166</v>
+        <v>171</v>
       </c>
       <c r="B183" s="0" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="C183" s="0" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="184">
       <c r="A184" s="0" t="s">
+        <v>172</v>
+      </c>
+      <c r="B184" s="0" t="s">
         <v>168</v>
-      </c>
-[...1 lines deleted...]
-        <v>169</v>
       </c>
       <c r="C184" s="0" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="185">
       <c r="A185" s="0" t="s">
+        <v>172</v>
+      </c>
+      <c r="B185" s="0" t="s">
         <v>168</v>
-      </c>
-[...1 lines deleted...]
-        <v>169</v>
       </c>
       <c r="C185" s="0" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="186">
       <c r="A186" s="0" t="s">
-        <v>170</v>
+        <v>173</v>
       </c>
       <c r="B186" s="0" t="s">
-        <v>171</v>
+        <v>174</v>
       </c>
       <c r="C186" s="0" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="187">
       <c r="A187" s="0" t="s">
-        <v>170</v>
+        <v>173</v>
       </c>
       <c r="B187" s="0" t="s">
-        <v>171</v>
+        <v>174</v>
       </c>
       <c r="C187" s="0" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="188">
       <c r="A188" s="0" t="s">
-        <v>172</v>
+        <v>175</v>
       </c>
       <c r="B188" s="0" t="s">
-        <v>173</v>
+        <v>176</v>
       </c>
       <c r="C188" s="0" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="189">
       <c r="A189" s="0" t="s">
-        <v>172</v>
+        <v>175</v>
       </c>
       <c r="B189" s="0" t="s">
-        <v>173</v>
+        <v>176</v>
       </c>
       <c r="C189" s="0" t="s">
-        <v>174</v>
+        <v>33</v>
       </c>
     </row>
     <row r="190">
       <c r="A190" s="0" t="s">
-        <v>175</v>
+        <v>177</v>
       </c>
       <c r="B190" s="0" t="s">
-        <v>176</v>
+        <v>174</v>
       </c>
       <c r="C190" s="0" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="191">
       <c r="A191" s="0" t="s">
-        <v>175</v>
+        <v>177</v>
       </c>
       <c r="B191" s="0" t="s">
-        <v>176</v>
+        <v>174</v>
       </c>
       <c r="C191" s="0" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="192">
       <c r="A192" s="0" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="B192" s="0" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="C192" s="0" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="193">
       <c r="A193" s="0" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="B193" s="0" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="C193" s="0" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="194">
       <c r="A194" s="0" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="B194" s="0" t="s">
-        <v>176</v>
+        <v>181</v>
       </c>
       <c r="C194" s="0" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="195">
       <c r="A195" s="0" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="B195" s="0" t="s">
-        <v>176</v>
+        <v>181</v>
       </c>
       <c r="C195" s="0" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="196">
       <c r="A196" s="0" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="B196" s="0" t="s">
-        <v>178</v>
+        <v>183</v>
       </c>
       <c r="C196" s="0" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="197">
       <c r="A197" s="0" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="B197" s="0" t="s">
-        <v>178</v>
+        <v>183</v>
       </c>
       <c r="C197" s="0" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="198">
       <c r="A198" s="0" t="s">
+        <v>184</v>
+      </c>
+      <c r="B198" s="0" t="s">
         <v>181</v>
-      </c>
-[...1 lines deleted...]
-        <v>182</v>
       </c>
       <c r="C198" s="0" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="199">
       <c r="A199" s="0" t="s">
+        <v>184</v>
+      </c>
+      <c r="B199" s="0" t="s">
         <v>181</v>
       </c>
-      <c r="B199" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C199" s="0" t="s">
-        <v>6</v>
+        <v>33</v>
       </c>
     </row>
     <row r="200">
       <c r="A200" s="0" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
       <c r="B200" s="0" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="C200" s="0" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="201">
       <c r="A201" s="0" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
       <c r="B201" s="0" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="C201" s="0" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="202">
       <c r="A202" s="0" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="B202" s="0" t="s">
         <v>186</v>
       </c>
       <c r="C202" s="0" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="203">
       <c r="A203" s="0" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="B203" s="0" t="s">
         <v>186</v>
       </c>
       <c r="C203" s="0" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="204">
       <c r="A204" s="0" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="B204" s="0" t="s">
-        <v>188</v>
+        <v>73</v>
       </c>
       <c r="C204" s="0" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="205">
       <c r="A205" s="0" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="B205" s="0" t="s">
-        <v>188</v>
+        <v>73</v>
       </c>
       <c r="C205" s="0" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="206">
       <c r="A206" s="0" t="s">
         <v>21</v>
       </c>
       <c r="B206" s="0" t="s">
         <v>22</v>
       </c>
       <c r="C206" s="0" t="s">
         <v>189</v>
       </c>
     </row>
     <row r="207">
       <c r="A207" s="0" t="s">
         <v>23</v>
       </c>
       <c r="B207" s="0" t="s">
         <v>24</v>
       </c>
       <c r="C207" s="0" t="s">
         <v>190</v>
       </c>
     </row>
     <row r="208">
       <c r="A208" s="0" t="s">
-        <v>156</v>
+        <v>128</v>
       </c>
       <c r="B208" s="0" t="s">
-        <v>157</v>
+        <v>129</v>
       </c>
       <c r="C208" s="0" t="s">
         <v>191</v>
       </c>
     </row>
     <row r="209">
       <c r="A209" s="0" t="s">
-        <v>158</v>
+        <v>130</v>
       </c>
       <c r="B209" s="0" t="s">
-        <v>159</v>
+        <v>131</v>
       </c>
       <c r="C209" s="0" t="s">
         <v>192</v>
       </c>
     </row>
     <row r="210">
       <c r="A210" s="0" t="s">
-        <v>115</v>
+        <v>171</v>
       </c>
       <c r="B210" s="0" t="s">
-        <v>112</v>
+        <v>168</v>
       </c>
       <c r="C210" s="0" t="s">
-        <v>174</v>
+        <v>146</v>
       </c>
     </row>
     <row r="211">
       <c r="A211" s="0" t="s">
-        <v>168</v>
+        <v>140</v>
       </c>
       <c r="B211" s="0" t="s">
-        <v>169</v>
+        <v>141</v>
       </c>
       <c r="C211" s="0" t="s">
-        <v>174</v>
+        <v>146</v>
       </c>
     </row>
     <row r="212">
       <c r="A212" s="0" t="s">
-        <v>170</v>
+        <v>142</v>
       </c>
       <c r="B212" s="0" t="s">
-        <v>171</v>
+        <v>143</v>
       </c>
       <c r="C212" s="0" t="s">
-        <v>174</v>
+        <v>146</v>
       </c>
     </row>
     <row r="213">
       <c r="A213" s="0" t="s">
         <v>21</v>
       </c>
       <c r="B213" s="0" t="s">
         <v>22</v>
       </c>
       <c r="C213" s="0" t="s">
         <v>193</v>
       </c>
     </row>
     <row r="214">
       <c r="A214" s="0" t="s">
         <v>23</v>
       </c>
       <c r="B214" s="0" t="s">
         <v>24</v>
       </c>
       <c r="C214" s="0" t="s">
         <v>194</v>
       </c>
     </row>
     <row r="215">
       <c r="A215" s="0" t="s">
-        <v>156</v>
+        <v>128</v>
       </c>
       <c r="B215" s="0" t="s">
-        <v>157</v>
+        <v>129</v>
       </c>
       <c r="C215" s="0" t="s">
         <v>195</v>
       </c>
     </row>
     <row r="216">
       <c r="A216" s="0" t="s">
-        <v>158</v>
+        <v>130</v>
       </c>
       <c r="B216" s="0" t="s">
-        <v>159</v>
+        <v>131</v>
       </c>
       <c r="C216" s="0" t="s">
         <v>196</v>
       </c>
     </row>
     <row r="217">
       <c r="A217" s="0" t="s">
-        <v>168</v>
+        <v>140</v>
       </c>
       <c r="B217" s="0" t="s">
-        <v>169</v>
+        <v>141</v>
       </c>
       <c r="C217" s="0" t="s">
-        <v>174</v>
+        <v>146</v>
       </c>
     </row>
     <row r="218">
       <c r="A218" s="0" t="s">
-        <v>170</v>
+        <v>142</v>
       </c>
       <c r="B218" s="0" t="s">
-        <v>171</v>
+        <v>143</v>
       </c>
       <c r="C218" s="0" t="s">
-        <v>174</v>
+        <v>146</v>
       </c>
     </row>
     <row r="219">
       <c r="A219" s="0" t="s">
         <v>9</v>
       </c>
       <c r="B219" s="0" t="s">
         <v>10</v>
       </c>
       <c r="C219" s="0" t="s">
         <v>197</v>
       </c>
     </row>
     <row r="220">
       <c r="A220" s="0" t="s">
-        <v>48</v>
+        <v>44</v>
       </c>
       <c r="B220" s="0" t="s">
-        <v>49</v>
+        <v>45</v>
       </c>
       <c r="C220" s="0" t="s">
-        <v>174</v>
+        <v>146</v>
       </c>
     </row>
     <row r="221">
       <c r="A221" s="0" t="s">
         <v>9</v>
       </c>
       <c r="B221" s="0" t="s">
         <v>10</v>
       </c>
       <c r="C221" s="0" t="s">
         <v>198</v>
       </c>
     </row>
     <row r="222">
       <c r="A222" s="0" t="s">
-        <v>48</v>
+        <v>44</v>
       </c>
       <c r="B222" s="0" t="s">
-        <v>49</v>
+        <v>45</v>
       </c>
       <c r="C222" s="0" t="s">
-        <v>174</v>
+        <v>146</v>
       </c>
     </row>
     <row r="223">
       <c r="A223" s="0" t="s">
         <v>31</v>
       </c>
       <c r="B223" s="0" t="s">
         <v>32</v>
       </c>
       <c r="C223" s="0" t="s">
-        <v>174</v>
+        <v>146</v>
       </c>
     </row>
     <row r="224">
       <c r="A224" s="0" t="s">
-        <v>90</v>
+        <v>80</v>
       </c>
       <c r="B224" s="0" t="s">
-        <v>91</v>
+        <v>81</v>
       </c>
       <c r="C224" s="0" t="s">
-        <v>174</v>
+        <v>146</v>
       </c>
     </row>
     <row r="225">
       <c r="A225" s="0" t="s">
         <v>31</v>
       </c>
       <c r="B225" s="0" t="s">
         <v>32</v>
       </c>
       <c r="C225" s="0" t="s">
-        <v>174</v>
+        <v>146</v>
       </c>
     </row>
     <row r="226">
       <c r="A226" s="0" t="s">
-        <v>90</v>
+        <v>80</v>
       </c>
       <c r="B226" s="0" t="s">
-        <v>91</v>
+        <v>81</v>
       </c>
       <c r="C226" s="0" t="s">
-        <v>174</v>
+        <v>146</v>
       </c>
     </row>
     <row r="227">
       <c r="A227" s="0" t="s">
         <v>34</v>
       </c>
       <c r="B227" s="0" t="s">
         <v>35</v>
       </c>
       <c r="C227" s="0" t="s">
-        <v>174</v>
+        <v>146</v>
       </c>
     </row>
     <row r="228">
       <c r="A228" s="0" t="s">
-        <v>92</v>
+        <v>82</v>
       </c>
       <c r="B228" s="0" t="s">
-        <v>93</v>
+        <v>83</v>
       </c>
       <c r="C228" s="0" t="s">
-        <v>174</v>
+        <v>146</v>
       </c>
     </row>
     <row r="229">
       <c r="A229" s="0" t="s">
         <v>34</v>
       </c>
       <c r="B229" s="0" t="s">
         <v>35</v>
       </c>
       <c r="C229" s="0" t="s">
-        <v>174</v>
+        <v>146</v>
       </c>
     </row>
     <row r="230">
       <c r="A230" s="0" t="s">
-        <v>92</v>
+        <v>82</v>
       </c>
       <c r="B230" s="0" t="s">
-        <v>93</v>
+        <v>83</v>
       </c>
       <c r="C230" s="0" t="s">
-        <v>174</v>
+        <v>146</v>
       </c>
     </row>
     <row r="231">
       <c r="A231" s="0" t="s">
         <v>36</v>
       </c>
       <c r="B231" s="0" t="s">
         <v>37</v>
       </c>
       <c r="C231" s="0" t="s">
-        <v>174</v>
+        <v>146</v>
       </c>
     </row>
     <row r="232">
       <c r="A232" s="0" t="s">
-        <v>94</v>
+        <v>84</v>
       </c>
       <c r="B232" s="0" t="s">
-        <v>95</v>
+        <v>85</v>
       </c>
       <c r="C232" s="0" t="s">
-        <v>174</v>
+        <v>146</v>
       </c>
     </row>
     <row r="233">
       <c r="A233" s="0" t="s">
         <v>36</v>
       </c>
       <c r="B233" s="0" t="s">
         <v>37</v>
       </c>
       <c r="C233" s="0" t="s">
-        <v>174</v>
+        <v>146</v>
       </c>
     </row>
     <row r="234">
       <c r="A234" s="0" t="s">
-        <v>94</v>
+        <v>84</v>
       </c>
       <c r="B234" s="0" t="s">
-        <v>95</v>
+        <v>85</v>
       </c>
       <c r="C234" s="0" t="s">
-        <v>174</v>
+        <v>146</v>
       </c>
     </row>
     <row r="235">
       <c r="A235" s="0" t="s">
-        <v>38</v>
+        <v>74</v>
       </c>
       <c r="B235" s="0" t="s">
-        <v>39</v>
+        <v>75</v>
       </c>
       <c r="C235" s="0" t="s">
-        <v>174</v>
+        <v>199</v>
       </c>
     </row>
     <row r="236">
       <c r="A236" s="0" t="s">
-        <v>84</v>
+        <v>161</v>
       </c>
       <c r="B236" s="0" t="s">
-        <v>85</v>
+        <v>162</v>
       </c>
       <c r="C236" s="0" t="s">
-        <v>199</v>
+        <v>146</v>
       </c>
     </row>
     <row r="237">
       <c r="A237" s="0" t="s">
-        <v>38</v>
+        <v>74</v>
       </c>
       <c r="B237" s="0" t="s">
-        <v>39</v>
+        <v>75</v>
       </c>
       <c r="C237" s="0" t="s">
-        <v>174</v>
+        <v>200</v>
       </c>
     </row>
     <row r="238">
       <c r="A238" s="0" t="s">
-        <v>84</v>
+        <v>161</v>
       </c>
       <c r="B238" s="0" t="s">
-        <v>85</v>
+        <v>162</v>
       </c>
       <c r="C238" s="0" t="s">
-        <v>200</v>
+        <v>146</v>
       </c>
     </row>
     <row r="239">
       <c r="A239" s="0" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="B239" s="0" t="s">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="C239" s="0" t="s">
-        <v>174</v>
+        <v>146</v>
       </c>
     </row>
     <row r="240">
       <c r="A240" s="0" t="s">
-        <v>86</v>
+        <v>76</v>
       </c>
       <c r="B240" s="0" t="s">
-        <v>87</v>
+        <v>77</v>
       </c>
       <c r="C240" s="0" t="s">
         <v>201</v>
       </c>
     </row>
     <row r="241">
       <c r="A241" s="0" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="B241" s="0" t="s">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="C241" s="0" t="s">
-        <v>174</v>
+        <v>146</v>
       </c>
     </row>
     <row r="242">
       <c r="A242" s="0" t="s">
-        <v>86</v>
+        <v>76</v>
       </c>
       <c r="B242" s="0" t="s">
-        <v>87</v>
+        <v>77</v>
       </c>
       <c r="C242" s="0" t="s">
         <v>202</v>
       </c>
     </row>
     <row r="243">
       <c r="A243" s="0" t="s">
-        <v>42</v>
+        <v>78</v>
       </c>
       <c r="B243" s="0" t="s">
-        <v>43</v>
+        <v>79</v>
       </c>
       <c r="C243" s="0" t="s">
-        <v>174</v>
+        <v>203</v>
       </c>
     </row>
     <row r="244">
       <c r="A244" s="0" t="s">
-        <v>88</v>
+        <v>163</v>
       </c>
       <c r="B244" s="0" t="s">
-        <v>89</v>
+        <v>164</v>
       </c>
       <c r="C244" s="0" t="s">
-        <v>203</v>
+        <v>146</v>
       </c>
     </row>
     <row r="245">
       <c r="A245" s="0" t="s">
-        <v>42</v>
+        <v>78</v>
       </c>
       <c r="B245" s="0" t="s">
-        <v>43</v>
+        <v>79</v>
       </c>
       <c r="C245" s="0" t="s">
-        <v>174</v>
+        <v>204</v>
       </c>
     </row>
     <row r="246">
       <c r="A246" s="0" t="s">
-        <v>88</v>
+        <v>163</v>
       </c>
       <c r="B246" s="0" t="s">
-        <v>89</v>
+        <v>164</v>
       </c>
       <c r="C246" s="0" t="s">
-        <v>204</v>
+        <v>146</v>
       </c>
     </row>
     <row r="247">
       <c r="A247" s="0" t="s">
         <v>3</v>
       </c>
       <c r="B247" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C247" s="0" t="s">
         <v>205</v>
       </c>
     </row>
     <row r="248">
       <c r="A248" s="0" t="s">
-        <v>44</v>
+        <v>40</v>
       </c>
       <c r="B248" s="0" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C248" s="0" t="s">
-        <v>174</v>
+        <v>146</v>
       </c>
     </row>
     <row r="249">
       <c r="A249" s="0" t="s">
         <v>3</v>
       </c>
       <c r="B249" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C249" s="0" t="s">
         <v>206</v>
       </c>
     </row>
     <row r="250">
       <c r="A250" s="0" t="s">
-        <v>44</v>
+        <v>40</v>
       </c>
       <c r="B250" s="0" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C250" s="0" t="s">
-        <v>174</v>
+        <v>146</v>
       </c>
     </row>
     <row r="251">
       <c r="A251" s="0" t="s">
         <v>7</v>
       </c>
       <c r="B251" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C251" s="0" t="s">
         <v>207</v>
       </c>
     </row>
     <row r="252">
       <c r="A252" s="0" t="s">
-        <v>46</v>
+        <v>42</v>
       </c>
       <c r="B252" s="0" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
       <c r="C252" s="0" t="s">
-        <v>174</v>
+        <v>146</v>
       </c>
     </row>
     <row r="253">
       <c r="A253" s="0" t="s">
         <v>7</v>
       </c>
       <c r="B253" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C253" s="0" t="s">
         <v>208</v>
       </c>
     </row>
     <row r="254">
       <c r="A254" s="0" t="s">
-        <v>46</v>
+        <v>42</v>
       </c>
       <c r="B254" s="0" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
       <c r="C254" s="0" t="s">
-        <v>174</v>
+        <v>146</v>
       </c>
     </row>
     <row r="255">
       <c r="A255" s="0" t="s">
         <v>11</v>
       </c>
       <c r="B255" s="0" t="s">
         <v>12</v>
       </c>
       <c r="C255" s="0" t="s">
         <v>209</v>
       </c>
     </row>
     <row r="256">
       <c r="A256" s="0" t="s">
-        <v>50</v>
+        <v>46</v>
       </c>
       <c r="B256" s="0" t="s">
-        <v>51</v>
+        <v>47</v>
       </c>
       <c r="C256" s="0" t="s">
-        <v>174</v>
+        <v>146</v>
       </c>
     </row>
     <row r="257">
       <c r="A257" s="0" t="s">
         <v>11</v>
       </c>
       <c r="B257" s="0" t="s">
         <v>12</v>
       </c>
       <c r="C257" s="0" t="s">
         <v>210</v>
       </c>
     </row>
     <row r="258">
       <c r="A258" s="0" t="s">
-        <v>50</v>
+        <v>46</v>
       </c>
       <c r="B258" s="0" t="s">
-        <v>51</v>
+        <v>47</v>
       </c>
       <c r="C258" s="0" t="s">
-        <v>174</v>
+        <v>146</v>
       </c>
     </row>
     <row r="259">
       <c r="A259" s="0" t="s">
         <v>13</v>
       </c>
       <c r="B259" s="0" t="s">
         <v>14</v>
       </c>
       <c r="C259" s="0" t="s">
         <v>211</v>
       </c>
     </row>
     <row r="260">
       <c r="A260" s="0" t="s">
-        <v>52</v>
+        <v>48</v>
       </c>
       <c r="B260" s="0" t="s">
-        <v>53</v>
+        <v>49</v>
       </c>
       <c r="C260" s="0" t="s">
-        <v>174</v>
+        <v>146</v>
       </c>
     </row>
     <row r="261">
       <c r="A261" s="0" t="s">
         <v>13</v>
       </c>
       <c r="B261" s="0" t="s">
         <v>14</v>
       </c>
       <c r="C261" s="0" t="s">
         <v>212</v>
       </c>
     </row>
     <row r="262">
       <c r="A262" s="0" t="s">
-        <v>52</v>
+        <v>48</v>
       </c>
       <c r="B262" s="0" t="s">
-        <v>53</v>
+        <v>49</v>
       </c>
       <c r="C262" s="0" t="s">
-        <v>174</v>
+        <v>146</v>
       </c>
     </row>
     <row r="263">
       <c r="A263" s="0" t="s">
         <v>15</v>
       </c>
       <c r="B263" s="0" t="s">
         <v>16</v>
       </c>
       <c r="C263" s="0" t="s">
         <v>213</v>
       </c>
     </row>
     <row r="264">
       <c r="A264" s="0" t="s">
-        <v>54</v>
+        <v>50</v>
       </c>
       <c r="B264" s="0" t="s">
-        <v>55</v>
+        <v>51</v>
       </c>
       <c r="C264" s="0" t="s">
-        <v>174</v>
+        <v>146</v>
       </c>
     </row>
     <row r="265">
       <c r="A265" s="0" t="s">
         <v>15</v>
       </c>
       <c r="B265" s="0" t="s">
         <v>16</v>
       </c>
       <c r="C265" s="0" t="s">
         <v>214</v>
       </c>
     </row>
     <row r="266">
       <c r="A266" s="0" t="s">
-        <v>54</v>
+        <v>50</v>
       </c>
       <c r="B266" s="0" t="s">
-        <v>55</v>
+        <v>51</v>
       </c>
       <c r="C266" s="0" t="s">
-        <v>174</v>
+        <v>146</v>
       </c>
     </row>
     <row r="267">
       <c r="A267" s="0" t="s">
         <v>17</v>
       </c>
       <c r="B267" s="0" t="s">
         <v>18</v>
       </c>
       <c r="C267" s="0" t="s">
         <v>215</v>
       </c>
     </row>
     <row r="268">
       <c r="A268" s="0" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="B268" s="0" t="s">
-        <v>57</v>
+        <v>53</v>
       </c>
       <c r="C268" s="0" t="s">
-        <v>174</v>
+        <v>146</v>
       </c>
     </row>
     <row r="269">
       <c r="A269" s="0" t="s">
         <v>17</v>
       </c>
       <c r="B269" s="0" t="s">
         <v>18</v>
       </c>
       <c r="C269" s="0" t="s">
         <v>216</v>
       </c>
     </row>
     <row r="270">
       <c r="A270" s="0" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="B270" s="0" t="s">
-        <v>57</v>
+        <v>53</v>
       </c>
       <c r="C270" s="0" t="s">
-        <v>174</v>
+        <v>146</v>
       </c>
     </row>
     <row r="271">
       <c r="A271" s="0" t="s">
         <v>19</v>
       </c>
       <c r="B271" s="0" t="s">
         <v>20</v>
       </c>
       <c r="C271" s="0" t="s">
         <v>217</v>
       </c>
     </row>
     <row r="272">
       <c r="A272" s="0" t="s">
-        <v>58</v>
+        <v>54</v>
       </c>
       <c r="B272" s="0" t="s">
-        <v>59</v>
+        <v>55</v>
       </c>
       <c r="C272" s="0" t="s">
-        <v>174</v>
+        <v>146</v>
       </c>
     </row>
     <row r="273">
       <c r="A273" s="0" t="s">
         <v>19</v>
       </c>
       <c r="B273" s="0" t="s">
         <v>20</v>
       </c>
       <c r="C273" s="0" t="s">
         <v>218</v>
       </c>
     </row>
     <row r="274">
       <c r="A274" s="0" t="s">
-        <v>58</v>
+        <v>54</v>
       </c>
       <c r="B274" s="0" t="s">
-        <v>59</v>
+        <v>55</v>
       </c>
       <c r="C274" s="0" t="s">
-        <v>174</v>
+        <v>146</v>
       </c>
     </row>
     <row r="275">
       <c r="A275" s="0" t="s">
-        <v>60</v>
+        <v>56</v>
       </c>
       <c r="B275" s="0" t="s">
-        <v>57</v>
+        <v>53</v>
       </c>
       <c r="C275" s="0" t="s">
-        <v>174</v>
+        <v>146</v>
       </c>
     </row>
     <row r="276">
       <c r="A276" s="0" t="s">
-        <v>60</v>
+        <v>56</v>
       </c>
       <c r="B276" s="0" t="s">
-        <v>57</v>
+        <v>53</v>
       </c>
       <c r="C276" s="0" t="s">
-        <v>174</v>
+        <v>146</v>
       </c>
     </row>
     <row r="277">
       <c r="A277" s="0" t="s">
         <v>25</v>
       </c>
       <c r="B277" s="0" t="s">
         <v>26</v>
       </c>
       <c r="C277" s="0" t="s">
         <v>219</v>
       </c>
     </row>
     <row r="278">
       <c r="A278" s="0" t="s">
-        <v>61</v>
+        <v>57</v>
       </c>
       <c r="B278" s="0" t="s">
-        <v>62</v>
+        <v>58</v>
       </c>
       <c r="C278" s="0" t="s">
-        <v>174</v>
+        <v>146</v>
       </c>
     </row>
     <row r="279">
       <c r="A279" s="0" t="s">
         <v>25</v>
       </c>
       <c r="B279" s="0" t="s">
         <v>26</v>
       </c>
       <c r="C279" s="0" t="s">
         <v>220</v>
       </c>
     </row>
     <row r="280">
       <c r="A280" s="0" t="s">
-        <v>61</v>
+        <v>57</v>
       </c>
       <c r="B280" s="0" t="s">
-        <v>62</v>
+        <v>58</v>
       </c>
       <c r="C280" s="0" t="s">
-        <v>174</v>
+        <v>146</v>
       </c>
     </row>
     <row r="281">
       <c r="A281" s="0" t="s">
         <v>27</v>
       </c>
       <c r="B281" s="0" t="s">
         <v>28</v>
       </c>
       <c r="C281" s="0" t="s">
         <v>221</v>
       </c>
     </row>
     <row r="282">
       <c r="A282" s="0" t="s">
-        <v>63</v>
+        <v>59</v>
       </c>
       <c r="B282" s="0" t="s">
-        <v>64</v>
+        <v>60</v>
       </c>
       <c r="C282" s="0" t="s">
-        <v>174</v>
+        <v>146</v>
       </c>
     </row>
     <row r="283">
       <c r="A283" s="0" t="s">
-        <v>65</v>
+        <v>61</v>
       </c>
       <c r="B283" s="0" t="s">
-        <v>66</v>
+        <v>62</v>
       </c>
       <c r="C283" s="0" t="s">
-        <v>174</v>
+        <v>146</v>
       </c>
     </row>
     <row r="284">
       <c r="A284" s="0" t="s">
         <v>27</v>
       </c>
       <c r="B284" s="0" t="s">
         <v>28</v>
       </c>
       <c r="C284" s="0" t="s">
         <v>222</v>
       </c>
     </row>
     <row r="285">
       <c r="A285" s="0" t="s">
-        <v>63</v>
+        <v>59</v>
       </c>
       <c r="B285" s="0" t="s">
-        <v>64</v>
+        <v>60</v>
       </c>
       <c r="C285" s="0" t="s">
-        <v>174</v>
+        <v>146</v>
       </c>
     </row>
     <row r="286">
       <c r="A286" s="0" t="s">
-        <v>65</v>
+        <v>61</v>
       </c>
       <c r="B286" s="0" t="s">
-        <v>66</v>
+        <v>62</v>
       </c>
       <c r="C286" s="0" t="s">
-        <v>174</v>
+        <v>146</v>
       </c>
     </row>
     <row r="287">
       <c r="A287" s="0" t="s">
-        <v>67</v>
+        <v>63</v>
       </c>
       <c r="B287" s="0" t="s">
-        <v>64</v>
+        <v>60</v>
       </c>
       <c r="C287" s="0" t="s">
-        <v>174</v>
+        <v>146</v>
       </c>
     </row>
     <row r="288">
       <c r="A288" s="0" t="s">
-        <v>67</v>
+        <v>63</v>
       </c>
       <c r="B288" s="0" t="s">
-        <v>64</v>
+        <v>60</v>
       </c>
       <c r="C288" s="0" t="s">
-        <v>174</v>
+        <v>146</v>
       </c>
     </row>
     <row r="289">
       <c r="A289" s="0" t="s">
-        <v>109</v>
+        <v>122</v>
       </c>
       <c r="B289" s="0" t="s">
-        <v>110</v>
+        <v>123</v>
       </c>
       <c r="C289" s="0" t="s">
-        <v>174</v>
+        <v>146</v>
       </c>
     </row>
     <row r="290">
       <c r="A290" s="0" t="s">
-        <v>150</v>
+        <v>165</v>
       </c>
       <c r="B290" s="0" t="s">
-        <v>151</v>
+        <v>166</v>
       </c>
       <c r="C290" s="0" t="s">
-        <v>174</v>
+        <v>146</v>
       </c>
     </row>
     <row r="291">
       <c r="A291" s="0" t="s">
-        <v>109</v>
+        <v>122</v>
       </c>
       <c r="B291" s="0" t="s">
-        <v>110</v>
+        <v>123</v>
       </c>
       <c r="C291" s="0" t="s">
-        <v>174</v>
+        <v>146</v>
       </c>
     </row>
     <row r="292">
       <c r="A292" s="0" t="s">
-        <v>150</v>
+        <v>165</v>
       </c>
       <c r="B292" s="0" t="s">
-        <v>151</v>
+        <v>166</v>
       </c>
       <c r="C292" s="0" t="s">
-        <v>174</v>
+        <v>146</v>
       </c>
     </row>
     <row r="293">
       <c r="A293" s="0" t="s">
-        <v>111</v>
+        <v>124</v>
       </c>
       <c r="B293" s="0" t="s">
-        <v>112</v>
+        <v>125</v>
       </c>
       <c r="C293" s="0" t="s">
-        <v>174</v>
+        <v>223</v>
       </c>
     </row>
     <row r="294">
       <c r="A294" s="0" t="s">
-        <v>152</v>
+        <v>167</v>
       </c>
       <c r="B294" s="0" t="s">
-        <v>153</v>
+        <v>168</v>
       </c>
       <c r="C294" s="0" t="s">
-        <v>223</v>
+        <v>146</v>
       </c>
     </row>
     <row r="295">
       <c r="A295" s="0" t="s">
-        <v>111</v>
+        <v>124</v>
       </c>
       <c r="B295" s="0" t="s">
-        <v>112</v>
+        <v>125</v>
       </c>
       <c r="C295" s="0" t="s">
-        <v>174</v>
+        <v>224</v>
       </c>
     </row>
     <row r="296">
       <c r="A296" s="0" t="s">
-        <v>152</v>
+        <v>167</v>
       </c>
       <c r="B296" s="0" t="s">
-        <v>153</v>
+        <v>168</v>
       </c>
       <c r="C296" s="0" t="s">
-        <v>224</v>
+        <v>146</v>
       </c>
     </row>
     <row r="297">
       <c r="A297" s="0" t="s">
-        <v>113</v>
+        <v>126</v>
       </c>
       <c r="B297" s="0" t="s">
-        <v>114</v>
+        <v>127</v>
       </c>
       <c r="C297" s="0" t="s">
-        <v>174</v>
+        <v>146</v>
       </c>
     </row>
     <row r="298">
       <c r="A298" s="0" t="s">
-        <v>154</v>
+        <v>169</v>
       </c>
       <c r="B298" s="0" t="s">
-        <v>155</v>
+        <v>170</v>
       </c>
       <c r="C298" s="0" t="s">
-        <v>174</v>
+        <v>146</v>
       </c>
     </row>
     <row r="299">
       <c r="A299" s="0" t="s">
-        <v>113</v>
+        <v>126</v>
       </c>
       <c r="B299" s="0" t="s">
-        <v>114</v>
+        <v>127</v>
       </c>
       <c r="C299" s="0" t="s">
-        <v>174</v>
+        <v>146</v>
       </c>
     </row>
     <row r="300">
       <c r="A300" s="0" t="s">
-        <v>154</v>
+        <v>169</v>
       </c>
       <c r="B300" s="0" t="s">
-        <v>155</v>
+        <v>170</v>
       </c>
       <c r="C300" s="0" t="s">
-        <v>174</v>
+        <v>146</v>
       </c>
     </row>
     <row r="301">
       <c r="A301" s="0" t="s">
-        <v>115</v>
+        <v>171</v>
       </c>
       <c r="B301" s="0" t="s">
-        <v>112</v>
+        <v>168</v>
       </c>
       <c r="C301" s="0" t="s">
-        <v>174</v>
+        <v>146</v>
       </c>
     </row>
     <row r="302">
       <c r="A302" s="0" t="s">
-        <v>116</v>
+        <v>172</v>
       </c>
       <c r="B302" s="0" t="s">
-        <v>112</v>
+        <v>168</v>
       </c>
       <c r="C302" s="0" t="s">
-        <v>174</v>
+        <v>146</v>
       </c>
     </row>
     <row r="303">
       <c r="A303" s="0" t="s">
-        <v>116</v>
+        <v>172</v>
       </c>
       <c r="B303" s="0" t="s">
-        <v>112</v>
+        <v>168</v>
       </c>
       <c r="C303" s="0" t="s">
-        <v>174</v>
+        <v>146</v>
       </c>
     </row>
     <row r="304">
       <c r="A304" s="0" t="s">
-        <v>68</v>
+        <v>64</v>
       </c>
       <c r="B304" s="0" t="s">
-        <v>69</v>
+        <v>65</v>
       </c>
       <c r="C304" s="0" t="s">
-        <v>174</v>
+        <v>146</v>
       </c>
     </row>
     <row r="305">
       <c r="A305" s="0" t="s">
-        <v>105</v>
+        <v>95</v>
       </c>
       <c r="B305" s="0" t="s">
-        <v>106</v>
+        <v>96</v>
       </c>
       <c r="C305" s="0" t="s">
         <v>225</v>
       </c>
     </row>
     <row r="306">
       <c r="A306" s="0" t="s">
-        <v>68</v>
+        <v>64</v>
       </c>
       <c r="B306" s="0" t="s">
-        <v>69</v>
+        <v>65</v>
       </c>
       <c r="C306" s="0" t="s">
-        <v>174</v>
+        <v>146</v>
       </c>
     </row>
     <row r="307">
       <c r="A307" s="0" t="s">
-        <v>105</v>
+        <v>95</v>
       </c>
       <c r="B307" s="0" t="s">
-        <v>106</v>
+        <v>96</v>
       </c>
       <c r="C307" s="0" t="s">
         <v>226</v>
       </c>
     </row>
     <row r="308">
       <c r="A308" s="0" t="s">
-        <v>70</v>
+        <v>97</v>
       </c>
       <c r="B308" s="0" t="s">
-        <v>71</v>
+        <v>98</v>
       </c>
       <c r="C308" s="0" t="s">
-        <v>174</v>
+        <v>146</v>
       </c>
     </row>
     <row r="309">
       <c r="A309" s="0" t="s">
-        <v>107</v>
+        <v>173</v>
       </c>
       <c r="B309" s="0" t="s">
-        <v>108</v>
+        <v>174</v>
       </c>
       <c r="C309" s="0" t="s">
-        <v>174</v>
+        <v>146</v>
       </c>
     </row>
     <row r="310">
       <c r="A310" s="0" t="s">
-        <v>70</v>
+        <v>97</v>
       </c>
       <c r="B310" s="0" t="s">
-        <v>71</v>
+        <v>98</v>
       </c>
       <c r="C310" s="0" t="s">
-        <v>174</v>
+        <v>146</v>
       </c>
     </row>
     <row r="311">
       <c r="A311" s="0" t="s">
-        <v>107</v>
+        <v>173</v>
       </c>
       <c r="B311" s="0" t="s">
-        <v>108</v>
+        <v>174</v>
       </c>
       <c r="C311" s="0" t="s">
-        <v>174</v>
+        <v>146</v>
       </c>
     </row>
     <row r="312">
       <c r="A312" s="0" t="s">
         <v>29</v>
       </c>
       <c r="B312" s="0" t="s">
         <v>30</v>
       </c>
       <c r="C312" s="0" t="s">
         <v>227</v>
       </c>
     </row>
     <row r="313">
       <c r="A313" s="0" t="s">
-        <v>72</v>
+        <v>175</v>
       </c>
       <c r="B313" s="0" t="s">
-        <v>73</v>
+        <v>176</v>
       </c>
       <c r="C313" s="0" t="s">
-        <v>174</v>
+        <v>146</v>
       </c>
     </row>
     <row r="314">
       <c r="A314" s="0" t="s">
         <v>29</v>
       </c>
       <c r="B314" s="0" t="s">
         <v>30</v>
       </c>
       <c r="C314" s="0" t="s">
         <v>228</v>
       </c>
     </row>
     <row r="315">
       <c r="A315" s="0" t="s">
-        <v>72</v>
+        <v>175</v>
       </c>
       <c r="B315" s="0" t="s">
-        <v>73</v>
+        <v>176</v>
       </c>
       <c r="C315" s="0" t="s">
-        <v>174</v>
+        <v>146</v>
       </c>
     </row>
     <row r="316">
       <c r="A316" s="0" t="s">
-        <v>74</v>
+        <v>177</v>
       </c>
       <c r="B316" s="0" t="s">
-        <v>71</v>
+        <v>174</v>
       </c>
       <c r="C316" s="0" t="s">
-        <v>174</v>
+        <v>146</v>
       </c>
     </row>
     <row r="317">
       <c r="A317" s="0" t="s">
-        <v>74</v>
+        <v>177</v>
       </c>
       <c r="B317" s="0" t="s">
-        <v>71</v>
+        <v>174</v>
       </c>
       <c r="C317" s="0" t="s">
-        <v>174</v>
+        <v>146</v>
       </c>
     </row>
     <row r="318">
       <c r="A318" s="0" t="s">
-        <v>81</v>
+        <v>86</v>
       </c>
       <c r="B318" s="0" t="s">
-        <v>82</v>
+        <v>87</v>
       </c>
       <c r="C318" s="0" t="s">
-        <v>174</v>
+        <v>146</v>
       </c>
     </row>
     <row r="319">
       <c r="A319" s="0" t="s">
-        <v>96</v>
+        <v>188</v>
       </c>
       <c r="B319" s="0" t="s">
-        <v>97</v>
+        <v>73</v>
       </c>
       <c r="C319" s="0" t="s">
-        <v>174</v>
+        <v>146</v>
       </c>
     </row>
     <row r="320">
       <c r="A320" s="0" t="s">
-        <v>81</v>
+        <v>86</v>
       </c>
       <c r="B320" s="0" t="s">
-        <v>82</v>
+        <v>87</v>
       </c>
       <c r="C320" s="0" t="s">
-        <v>174</v>
+        <v>146</v>
       </c>
     </row>
     <row r="321">
       <c r="A321" s="0" t="s">
-        <v>96</v>
+        <v>188</v>
       </c>
       <c r="B321" s="0" t="s">
-        <v>97</v>
+        <v>73</v>
       </c>
       <c r="C321" s="0" t="s">
-        <v>174</v>
+        <v>146</v>
       </c>
     </row>
     <row r="322">
       <c r="A322" s="0" t="s">
-        <v>83</v>
+        <v>72</v>
       </c>
       <c r="B322" s="0" t="s">
-        <v>82</v>
+        <v>73</v>
       </c>
       <c r="C322" s="0" t="s">
-        <v>174</v>
+        <v>146</v>
       </c>
     </row>
     <row r="323">
       <c r="A323" s="0" t="s">
-        <v>98</v>
+        <v>88</v>
       </c>
       <c r="B323" s="0" t="s">
-        <v>97</v>
+        <v>87</v>
       </c>
       <c r="C323" s="0" t="s">
-        <v>174</v>
+        <v>146</v>
       </c>
     </row>
     <row r="324">
       <c r="A324" s="0" t="s">
-        <v>83</v>
+        <v>72</v>
       </c>
       <c r="B324" s="0" t="s">
-        <v>82</v>
+        <v>73</v>
       </c>
       <c r="C324" s="0" t="s">
-        <v>174</v>
+        <v>146</v>
       </c>
     </row>
     <row r="325">
       <c r="A325" s="0" t="s">
-        <v>98</v>
+        <v>88</v>
       </c>
       <c r="B325" s="0" t="s">
-        <v>97</v>
+        <v>87</v>
       </c>
       <c r="C325" s="0" t="s">
-        <v>174</v>
+        <v>146</v>
       </c>
     </row>
     <row r="326">
       <c r="A326" s="0" t="s">
-        <v>147</v>
+        <v>159</v>
       </c>
       <c r="B326" s="0" t="s">
-        <v>148</v>
+        <v>160</v>
       </c>
       <c r="C326" s="0" t="s">
-        <v>174</v>
+        <v>146</v>
       </c>
     </row>
     <row r="327">
       <c r="A327" s="0" t="s">
-        <v>187</v>
+        <v>185</v>
       </c>
       <c r="B327" s="0" t="s">
-        <v>188</v>
+        <v>186</v>
       </c>
       <c r="C327" s="0" t="s">
-        <v>174</v>
+        <v>146</v>
       </c>
     </row>
     <row r="328">
       <c r="A328" s="0" t="s">
-        <v>147</v>
+        <v>159</v>
       </c>
       <c r="B328" s="0" t="s">
-        <v>148</v>
+        <v>160</v>
       </c>
       <c r="C328" s="0" t="s">
-        <v>174</v>
+        <v>146</v>
       </c>
     </row>
     <row r="329">
       <c r="A329" s="0" t="s">
-        <v>187</v>
+        <v>185</v>
       </c>
       <c r="B329" s="0" t="s">
-        <v>188</v>
+        <v>186</v>
       </c>
       <c r="C329" s="0" t="s">
-        <v>174</v>
+        <v>146</v>
       </c>
     </row>
     <row r="330">
       <c r="A330" s="0" t="s">
-        <v>149</v>
+        <v>187</v>
       </c>
       <c r="B330" s="0" t="s">
-        <v>148</v>
+        <v>186</v>
       </c>
       <c r="C330" s="0" t="s">
-        <v>174</v>
+        <v>146</v>
       </c>
     </row>
     <row r="331">
       <c r="A331" s="0" t="s">
-        <v>149</v>
+        <v>187</v>
       </c>
       <c r="B331" s="0" t="s">
-        <v>148</v>
+        <v>186</v>
       </c>
       <c r="C331" s="0" t="s">
-        <v>174</v>
+        <v>146</v>
       </c>
     </row>
     <row r="332">
       <c r="A332" s="0" t="s">
-        <v>146</v>
+        <v>184</v>
       </c>
       <c r="B332" s="0" t="s">
-        <v>143</v>
+        <v>181</v>
       </c>
       <c r="C332" s="0" t="s">
-        <v>174</v>
+        <v>146</v>
       </c>
     </row>
     <row r="333">
       <c r="A333" s="0" t="s">
-        <v>146</v>
+        <v>184</v>
       </c>
       <c r="B333" s="0" t="s">
-        <v>143</v>
+        <v>181</v>
       </c>
       <c r="C333" s="0" t="s">
-        <v>174</v>
+        <v>146</v>
       </c>
     </row>
     <row r="334">
       <c r="A334" s="0" t="s">
-        <v>144</v>
+        <v>157</v>
       </c>
       <c r="B334" s="0" t="s">
-        <v>145</v>
+        <v>158</v>
       </c>
       <c r="C334" s="0" t="s">
-        <v>174</v>
+        <v>146</v>
       </c>
     </row>
     <row r="335">
       <c r="A335" s="0" t="s">
-        <v>185</v>
+        <v>182</v>
       </c>
       <c r="B335" s="0" t="s">
-        <v>186</v>
+        <v>183</v>
       </c>
       <c r="C335" s="0" t="s">
-        <v>174</v>
+        <v>146</v>
       </c>
     </row>
     <row r="336">
       <c r="A336" s="0" t="s">
-        <v>144</v>
+        <v>157</v>
       </c>
       <c r="B336" s="0" t="s">
-        <v>145</v>
+        <v>158</v>
       </c>
       <c r="C336" s="0" t="s">
-        <v>174</v>
+        <v>146</v>
       </c>
     </row>
     <row r="337">
       <c r="A337" s="0" t="s">
-        <v>185</v>
+        <v>182</v>
       </c>
       <c r="B337" s="0" t="s">
-        <v>186</v>
+        <v>183</v>
       </c>
       <c r="C337" s="0" t="s">
-        <v>174</v>
+        <v>146</v>
       </c>
     </row>
     <row r="338">
       <c r="A338" s="0" t="s">
-        <v>142</v>
+        <v>155</v>
       </c>
       <c r="B338" s="0" t="s">
-        <v>143</v>
+        <v>156</v>
       </c>
       <c r="C338" s="0" t="s">
-        <v>174</v>
+        <v>146</v>
       </c>
     </row>
     <row r="339">
       <c r="A339" s="0" t="s">
-        <v>183</v>
+        <v>180</v>
       </c>
       <c r="B339" s="0" t="s">
-        <v>184</v>
+        <v>181</v>
       </c>
       <c r="C339" s="0" t="s">
-        <v>174</v>
+        <v>146</v>
       </c>
     </row>
     <row r="340">
       <c r="A340" s="0" t="s">
-        <v>142</v>
+        <v>155</v>
       </c>
       <c r="B340" s="0" t="s">
-        <v>143</v>
+        <v>156</v>
       </c>
       <c r="C340" s="0" t="s">
-        <v>174</v>
+        <v>146</v>
       </c>
     </row>
     <row r="341">
       <c r="A341" s="0" t="s">
-        <v>183</v>
+        <v>180</v>
       </c>
       <c r="B341" s="0" t="s">
-        <v>184</v>
+        <v>181</v>
       </c>
       <c r="C341" s="0" t="s">
-        <v>174</v>
+        <v>146</v>
       </c>
     </row>
     <row r="342">
       <c r="A342" s="0" t="s">
-        <v>140</v>
+        <v>153</v>
       </c>
       <c r="B342" s="0" t="s">
-        <v>141</v>
+        <v>154</v>
       </c>
       <c r="C342" s="0" t="s">
-        <v>174</v>
+        <v>146</v>
       </c>
     </row>
     <row r="343">
       <c r="A343" s="0" t="s">
-        <v>181</v>
+        <v>178</v>
       </c>
       <c r="B343" s="0" t="s">
-        <v>182</v>
+        <v>179</v>
       </c>
       <c r="C343" s="0" t="s">
-        <v>174</v>
+        <v>146</v>
       </c>
     </row>
     <row r="344">
       <c r="A344" s="0" t="s">
-        <v>140</v>
+        <v>153</v>
       </c>
       <c r="B344" s="0" t="s">
-        <v>141</v>
+        <v>154</v>
       </c>
       <c r="C344" s="0" t="s">
-        <v>174</v>
+        <v>229</v>
       </c>
     </row>
     <row r="345">
       <c r="A345" s="0" t="s">
-        <v>181</v>
+        <v>178</v>
       </c>
       <c r="B345" s="0" t="s">
-        <v>182</v>
+        <v>179</v>
       </c>
       <c r="C345" s="0" t="s">
-        <v>229</v>
+        <v>146</v>
       </c>
     </row>
     <row r="346">
       <c r="A346" s="0" t="s">
-        <v>117</v>
+        <v>99</v>
       </c>
       <c r="B346" s="0" t="s">
-        <v>118</v>
+        <v>100</v>
       </c>
       <c r="C346" s="0" t="s">
-        <v>174</v>
+        <v>146</v>
       </c>
     </row>
     <row r="347">
       <c r="A347" s="0" t="s">
-        <v>160</v>
+        <v>132</v>
       </c>
       <c r="B347" s="0" t="s">
-        <v>161</v>
+        <v>133</v>
       </c>
       <c r="C347" s="0" t="s">
-        <v>174</v>
+        <v>146</v>
       </c>
     </row>
     <row r="348">
       <c r="A348" s="0" t="s">
-        <v>117</v>
+        <v>99</v>
       </c>
       <c r="B348" s="0" t="s">
-        <v>118</v>
+        <v>100</v>
       </c>
       <c r="C348" s="0" t="s">
-        <v>174</v>
+        <v>146</v>
       </c>
     </row>
     <row r="349">
       <c r="A349" s="0" t="s">
-        <v>160</v>
+        <v>132</v>
       </c>
       <c r="B349" s="0" t="s">
-        <v>161</v>
+        <v>133</v>
       </c>
       <c r="C349" s="0" t="s">
-        <v>174</v>
+        <v>146</v>
       </c>
     </row>
     <row r="350">
       <c r="A350" s="0" t="s">
-        <v>119</v>
+        <v>101</v>
       </c>
       <c r="B350" s="0" t="s">
-        <v>120</v>
+        <v>102</v>
       </c>
       <c r="C350" s="0" t="s">
-        <v>174</v>
+        <v>146</v>
       </c>
     </row>
     <row r="351">
       <c r="A351" s="0" t="s">
-        <v>162</v>
+        <v>134</v>
       </c>
       <c r="B351" s="0" t="s">
-        <v>163</v>
+        <v>135</v>
       </c>
       <c r="C351" s="0" t="s">
-        <v>174</v>
+        <v>146</v>
       </c>
     </row>
     <row r="352">
       <c r="A352" s="0" t="s">
-        <v>119</v>
+        <v>101</v>
       </c>
       <c r="B352" s="0" t="s">
-        <v>120</v>
+        <v>102</v>
       </c>
       <c r="C352" s="0" t="s">
-        <v>174</v>
+        <v>146</v>
       </c>
     </row>
     <row r="353">
       <c r="A353" s="0" t="s">
-        <v>162</v>
+        <v>134</v>
       </c>
       <c r="B353" s="0" t="s">
-        <v>163</v>
+        <v>135</v>
       </c>
       <c r="C353" s="0" t="s">
-        <v>174</v>
+        <v>146</v>
       </c>
     </row>
     <row r="354">
       <c r="A354" s="0" t="s">
-        <v>121</v>
+        <v>103</v>
       </c>
       <c r="B354" s="0" t="s">
-        <v>122</v>
+        <v>104</v>
       </c>
       <c r="C354" s="0" t="s">
-        <v>174</v>
+        <v>146</v>
       </c>
     </row>
     <row r="355">
       <c r="A355" s="0" t="s">
-        <v>164</v>
+        <v>136</v>
       </c>
       <c r="B355" s="0" t="s">
-        <v>165</v>
+        <v>137</v>
       </c>
       <c r="C355" s="0" t="s">
-        <v>174</v>
+        <v>146</v>
       </c>
     </row>
     <row r="356">
       <c r="A356" s="0" t="s">
-        <v>121</v>
+        <v>103</v>
       </c>
       <c r="B356" s="0" t="s">
-        <v>122</v>
+        <v>104</v>
       </c>
       <c r="C356" s="0" t="s">
-        <v>174</v>
+        <v>146</v>
       </c>
     </row>
     <row r="357">
       <c r="A357" s="0" t="s">
-        <v>164</v>
+        <v>136</v>
       </c>
       <c r="B357" s="0" t="s">
-        <v>165</v>
+        <v>137</v>
       </c>
       <c r="C357" s="0" t="s">
-        <v>174</v>
+        <v>146</v>
       </c>
     </row>
     <row r="358">
       <c r="A358" s="0" t="s">
-        <v>123</v>
+        <v>105</v>
       </c>
       <c r="B358" s="0" t="s">
-        <v>124</v>
+        <v>106</v>
       </c>
       <c r="C358" s="0" t="s">
-        <v>174</v>
+        <v>146</v>
       </c>
     </row>
     <row r="359">
       <c r="A359" s="0" t="s">
-        <v>166</v>
+        <v>138</v>
       </c>
       <c r="B359" s="0" t="s">
-        <v>167</v>
+        <v>139</v>
       </c>
       <c r="C359" s="0" t="s">
-        <v>174</v>
+        <v>146</v>
       </c>
     </row>
     <row r="360">
       <c r="A360" s="0" t="s">
-        <v>125</v>
+        <v>107</v>
       </c>
       <c r="B360" s="0" t="s">
-        <v>122</v>
+        <v>104</v>
       </c>
       <c r="C360" s="0" t="s">
-        <v>174</v>
+        <v>146</v>
       </c>
     </row>
     <row r="361">
       <c r="A361" s="0" t="s">
-        <v>125</v>
+        <v>107</v>
       </c>
       <c r="B361" s="0" t="s">
-        <v>122</v>
+        <v>104</v>
       </c>
       <c r="C361" s="0" t="s">
-        <v>174</v>
+        <v>146</v>
       </c>
     </row>
     <row r="362">
       <c r="A362" s="0" t="s">
-        <v>126</v>
+        <v>108</v>
       </c>
       <c r="B362" s="0" t="s">
-        <v>127</v>
+        <v>109</v>
       </c>
       <c r="C362" s="0" t="s">
-        <v>174</v>
+        <v>146</v>
       </c>
     </row>
     <row r="363">
       <c r="A363" s="0" t="s">
-        <v>126</v>
+        <v>108</v>
       </c>
       <c r="B363" s="0" t="s">
-        <v>127</v>
+        <v>109</v>
       </c>
       <c r="C363" s="0" t="s">
-        <v>174</v>
+        <v>146</v>
       </c>
     </row>
     <row r="364">
       <c r="A364" s="0" t="s">
-        <v>128</v>
+        <v>110</v>
       </c>
       <c r="B364" s="0" t="s">
-        <v>122</v>
+        <v>104</v>
       </c>
       <c r="C364" s="0" t="s">
-        <v>174</v>
+        <v>146</v>
       </c>
     </row>
     <row r="365">
       <c r="A365" s="0" t="s">
-        <v>128</v>
+        <v>110</v>
       </c>
       <c r="B365" s="0" t="s">
-        <v>122</v>
+        <v>104</v>
       </c>
       <c r="C365" s="0" t="s">
-        <v>174</v>
+        <v>146</v>
       </c>
     </row>
     <row r="366">
       <c r="A366" s="0" t="s">
-        <v>129</v>
+        <v>111</v>
       </c>
       <c r="B366" s="0" t="s">
-        <v>122</v>
+        <v>104</v>
       </c>
       <c r="C366" s="0" t="s">
-        <v>174</v>
+        <v>146</v>
       </c>
     </row>
     <row r="367">
       <c r="A367" s="0" t="s">
-        <v>129</v>
+        <v>111</v>
       </c>
       <c r="B367" s="0" t="s">
-        <v>122</v>
+        <v>104</v>
       </c>
       <c r="C367" s="0" t="s">
-        <v>174</v>
+        <v>146</v>
       </c>
     </row>
     <row r="368">
       <c r="A368" s="0" t="s">
-        <v>75</v>
+        <v>66</v>
       </c>
       <c r="B368" s="0" t="s">
-        <v>76</v>
+        <v>67</v>
       </c>
       <c r="C368" s="0" t="s">
-        <v>174</v>
+        <v>146</v>
       </c>
     </row>
     <row r="369">
       <c r="A369" s="0" t="s">
-        <v>99</v>
+        <v>89</v>
       </c>
       <c r="B369" s="0" t="s">
-        <v>100</v>
+        <v>90</v>
       </c>
       <c r="C369" s="0" t="s">
-        <v>174</v>
+        <v>146</v>
       </c>
     </row>
     <row r="370">
       <c r="A370" s="0" t="s">
-        <v>75</v>
+        <v>66</v>
       </c>
       <c r="B370" s="0" t="s">
-        <v>76</v>
+        <v>67</v>
       </c>
       <c r="C370" s="0" t="s">
-        <v>174</v>
+        <v>146</v>
       </c>
     </row>
     <row r="371">
       <c r="A371" s="0" t="s">
-        <v>99</v>
+        <v>89</v>
       </c>
       <c r="B371" s="0" t="s">
-        <v>100</v>
+        <v>90</v>
       </c>
       <c r="C371" s="0" t="s">
-        <v>174</v>
+        <v>146</v>
       </c>
     </row>
     <row r="372">
       <c r="A372" s="0" t="s">
-        <v>77</v>
+        <v>68</v>
       </c>
       <c r="B372" s="0" t="s">
-        <v>78</v>
+        <v>69</v>
       </c>
       <c r="C372" s="0" t="s">
-        <v>174</v>
+        <v>146</v>
       </c>
     </row>
     <row r="373">
       <c r="A373" s="0" t="s">
-        <v>101</v>
+        <v>91</v>
       </c>
       <c r="B373" s="0" t="s">
-        <v>102</v>
+        <v>92</v>
       </c>
       <c r="C373" s="0" t="s">
-        <v>174</v>
+        <v>146</v>
       </c>
     </row>
     <row r="374">
       <c r="A374" s="0" t="s">
-        <v>77</v>
+        <v>68</v>
       </c>
       <c r="B374" s="0" t="s">
-        <v>78</v>
+        <v>69</v>
       </c>
       <c r="C374" s="0" t="s">
-        <v>174</v>
+        <v>146</v>
       </c>
     </row>
     <row r="375">
       <c r="A375" s="0" t="s">
-        <v>101</v>
+        <v>91</v>
       </c>
       <c r="B375" s="0" t="s">
-        <v>102</v>
+        <v>92</v>
       </c>
       <c r="C375" s="0" t="s">
-        <v>174</v>
+        <v>146</v>
       </c>
     </row>
     <row r="376">
       <c r="A376" s="0" t="s">
-        <v>79</v>
+        <v>70</v>
       </c>
       <c r="B376" s="0" t="s">
-        <v>76</v>
+        <v>67</v>
       </c>
       <c r="C376" s="0" t="s">
-        <v>174</v>
+        <v>146</v>
       </c>
     </row>
     <row r="377">
       <c r="A377" s="0" t="s">
-        <v>103</v>
+        <v>93</v>
       </c>
       <c r="B377" s="0" t="s">
-        <v>100</v>
+        <v>90</v>
       </c>
       <c r="C377" s="0" t="s">
-        <v>174</v>
+        <v>146</v>
       </c>
     </row>
     <row r="378">
       <c r="A378" s="0" t="s">
-        <v>79</v>
+        <v>70</v>
       </c>
       <c r="B378" s="0" t="s">
-        <v>76</v>
+        <v>67</v>
       </c>
       <c r="C378" s="0" t="s">
-        <v>174</v>
+        <v>146</v>
       </c>
     </row>
     <row r="379">
       <c r="A379" s="0" t="s">
-        <v>103</v>
+        <v>93</v>
       </c>
       <c r="B379" s="0" t="s">
-        <v>100</v>
+        <v>90</v>
       </c>
       <c r="C379" s="0" t="s">
-        <v>174</v>
+        <v>146</v>
       </c>
     </row>
     <row r="380">
       <c r="A380" s="0" t="s">
-        <v>80</v>
+        <v>71</v>
       </c>
       <c r="B380" s="0" t="s">
-        <v>76</v>
+        <v>67</v>
       </c>
       <c r="C380" s="0" t="s">
-        <v>174</v>
+        <v>146</v>
       </c>
     </row>
     <row r="381">
       <c r="A381" s="0" t="s">
-        <v>104</v>
+        <v>94</v>
       </c>
       <c r="B381" s="0" t="s">
-        <v>100</v>
+        <v>90</v>
       </c>
       <c r="C381" s="0" t="s">
-        <v>174</v>
+        <v>146</v>
       </c>
     </row>
     <row r="382">
       <c r="A382" s="0" t="s">
-        <v>80</v>
+        <v>71</v>
       </c>
       <c r="B382" s="0" t="s">
-        <v>76</v>
+        <v>67</v>
       </c>
       <c r="C382" s="0" t="s">
-        <v>174</v>
+        <v>146</v>
       </c>
     </row>
     <row r="383">
       <c r="A383" s="0" t="s">
-        <v>104</v>
+        <v>94</v>
       </c>
       <c r="B383" s="0" t="s">
-        <v>100</v>
+        <v>90</v>
       </c>
       <c r="C383" s="0" t="s">
-        <v>174</v>
+        <v>146</v>
       </c>
     </row>
     <row r="384">
       <c r="A384" s="0" t="s">
-        <v>130</v>
+        <v>112</v>
       </c>
       <c r="B384" s="0" t="s">
-        <v>131</v>
+        <v>113</v>
       </c>
       <c r="C384" s="0" t="s">
-        <v>174</v>
+        <v>146</v>
       </c>
     </row>
     <row r="385">
       <c r="A385" s="0" t="s">
-        <v>172</v>
+        <v>144</v>
       </c>
       <c r="B385" s="0" t="s">
-        <v>173</v>
+        <v>145</v>
       </c>
       <c r="C385" s="0" t="s">
-        <v>174</v>
+        <v>146</v>
       </c>
     </row>
     <row r="386">
       <c r="A386" s="0" t="s">
-        <v>130</v>
+        <v>112</v>
       </c>
       <c r="B386" s="0" t="s">
-        <v>131</v>
+        <v>113</v>
       </c>
       <c r="C386" s="0" t="s">
-        <v>174</v>
+        <v>146</v>
       </c>
     </row>
     <row r="387">
       <c r="A387" s="0" t="s">
-        <v>172</v>
+        <v>144</v>
       </c>
       <c r="B387" s="0" t="s">
-        <v>173</v>
+        <v>145</v>
       </c>
       <c r="C387" s="0" t="s">
         <v>230</v>
       </c>
     </row>
     <row r="388">
       <c r="A388" s="0" t="s">
-        <v>132</v>
+        <v>114</v>
       </c>
       <c r="B388" s="0" t="s">
-        <v>133</v>
+        <v>115</v>
       </c>
       <c r="C388" s="0" t="s">
-        <v>174</v>
+        <v>146</v>
       </c>
     </row>
     <row r="389">
       <c r="A389" s="0" t="s">
-        <v>175</v>
+        <v>147</v>
       </c>
       <c r="B389" s="0" t="s">
-        <v>176</v>
+        <v>148</v>
       </c>
       <c r="C389" s="0" t="s">
-        <v>174</v>
+        <v>146</v>
       </c>
     </row>
     <row r="390">
       <c r="A390" s="0" t="s">
-        <v>132</v>
+        <v>114</v>
       </c>
       <c r="B390" s="0" t="s">
-        <v>133</v>
+        <v>115</v>
       </c>
       <c r="C390" s="0" t="s">
-        <v>174</v>
+        <v>146</v>
       </c>
     </row>
     <row r="391">
       <c r="A391" s="0" t="s">
-        <v>175</v>
+        <v>147</v>
       </c>
       <c r="B391" s="0" t="s">
-        <v>176</v>
+        <v>148</v>
       </c>
       <c r="C391" s="0" t="s">
-        <v>174</v>
+        <v>146</v>
       </c>
     </row>
     <row r="392">
       <c r="A392" s="0" t="s">
-        <v>134</v>
+        <v>116</v>
       </c>
       <c r="B392" s="0" t="s">
-        <v>135</v>
+        <v>117</v>
       </c>
       <c r="C392" s="0" t="s">
-        <v>174</v>
+        <v>146</v>
       </c>
     </row>
     <row r="393">
       <c r="A393" s="0" t="s">
-        <v>177</v>
+        <v>149</v>
       </c>
       <c r="B393" s="0" t="s">
-        <v>178</v>
+        <v>150</v>
       </c>
       <c r="C393" s="0" t="s">
-        <v>174</v>
+        <v>146</v>
       </c>
     </row>
     <row r="394">
       <c r="A394" s="0" t="s">
-        <v>134</v>
+        <v>116</v>
       </c>
       <c r="B394" s="0" t="s">
-        <v>135</v>
+        <v>117</v>
       </c>
       <c r="C394" s="0" t="s">
-        <v>174</v>
+        <v>146</v>
       </c>
     </row>
     <row r="395">
       <c r="A395" s="0" t="s">
-        <v>177</v>
+        <v>149</v>
       </c>
       <c r="B395" s="0" t="s">
-        <v>178</v>
+        <v>150</v>
       </c>
       <c r="C395" s="0" t="s">
-        <v>174</v>
+        <v>146</v>
       </c>
     </row>
     <row r="396">
       <c r="A396" s="0" t="s">
-        <v>136</v>
+        <v>118</v>
       </c>
       <c r="B396" s="0" t="s">
-        <v>133</v>
+        <v>115</v>
       </c>
       <c r="C396" s="0" t="s">
-        <v>174</v>
+        <v>146</v>
       </c>
     </row>
     <row r="397">
       <c r="A397" s="0" t="s">
-        <v>136</v>
+        <v>118</v>
       </c>
       <c r="B397" s="0" t="s">
-        <v>133</v>
+        <v>115</v>
       </c>
       <c r="C397" s="0" t="s">
-        <v>174</v>
+        <v>146</v>
       </c>
     </row>
     <row r="398">
       <c r="A398" s="0" t="s">
-        <v>137</v>
+        <v>119</v>
       </c>
       <c r="B398" s="0" t="s">
-        <v>133</v>
+        <v>115</v>
       </c>
       <c r="C398" s="0" t="s">
-        <v>174</v>
+        <v>146</v>
       </c>
     </row>
     <row r="399">
       <c r="A399" s="0" t="s">
-        <v>179</v>
+        <v>151</v>
       </c>
       <c r="B399" s="0" t="s">
-        <v>176</v>
+        <v>148</v>
       </c>
       <c r="C399" s="0" t="s">
-        <v>174</v>
+        <v>146</v>
       </c>
     </row>
     <row r="400">
       <c r="A400" s="0" t="s">
-        <v>137</v>
+        <v>119</v>
       </c>
       <c r="B400" s="0" t="s">
-        <v>133</v>
+        <v>115</v>
       </c>
       <c r="C400" s="0" t="s">
-        <v>174</v>
+        <v>146</v>
       </c>
     </row>
     <row r="401">
       <c r="A401" s="0" t="s">
-        <v>179</v>
+        <v>151</v>
       </c>
       <c r="B401" s="0" t="s">
-        <v>176</v>
+        <v>148</v>
       </c>
       <c r="C401" s="0" t="s">
-        <v>174</v>
+        <v>146</v>
       </c>
     </row>
     <row r="402">
       <c r="A402" s="0" t="s">
-        <v>138</v>
+        <v>120</v>
       </c>
       <c r="B402" s="0" t="s">
-        <v>135</v>
+        <v>117</v>
       </c>
       <c r="C402" s="0" t="s">
-        <v>174</v>
+        <v>146</v>
       </c>
     </row>
     <row r="403">
       <c r="A403" s="0" t="s">
-        <v>180</v>
+        <v>152</v>
       </c>
       <c r="B403" s="0" t="s">
-        <v>178</v>
+        <v>150</v>
       </c>
       <c r="C403" s="0" t="s">
-        <v>174</v>
+        <v>146</v>
       </c>
     </row>
     <row r="404">
       <c r="A404" s="0" t="s">
-        <v>138</v>
+        <v>120</v>
       </c>
       <c r="B404" s="0" t="s">
-        <v>135</v>
+        <v>117</v>
       </c>
       <c r="C404" s="0" t="s">
-        <v>174</v>
+        <v>146</v>
       </c>
     </row>
     <row r="405">
       <c r="A405" s="0" t="s">
-        <v>180</v>
+        <v>152</v>
       </c>
       <c r="B405" s="0" t="s">
-        <v>178</v>
+        <v>150</v>
       </c>
       <c r="C405" s="0" t="s">
-        <v>174</v>
+        <v>146</v>
       </c>
     </row>
     <row r="406">
       <c r="A406" s="0" t="s">
-        <v>139</v>
+        <v>121</v>
       </c>
       <c r="B406" s="0" t="s">
-        <v>133</v>
+        <v>115</v>
       </c>
       <c r="C406" s="0" t="s">
-        <v>174</v>
+        <v>146</v>
       </c>
     </row>
     <row r="407">
       <c r="A407" s="0" t="s">
-        <v>139</v>
+        <v>121</v>
       </c>
       <c r="B407" s="0" t="s">
-        <v>133</v>
+        <v>115</v>
       </c>
       <c r="C407" s="0" t="s">
-        <v>174</v>
+        <v>146</v>
       </c>
     </row>
     <row r="408">
       <c r="A408" s="0" t="s">
-        <v>123</v>
+        <v>105</v>
       </c>
       <c r="B408" s="0" t="s">
-        <v>124</v>
+        <v>106</v>
       </c>
       <c r="C408" s="0" t="s">
-        <v>174</v>
+        <v>146</v>
       </c>
     </row>
     <row r="409">
       <c r="A409" s="0" t="s">
-        <v>166</v>
+        <v>138</v>
       </c>
       <c r="B409" s="0" t="s">
-        <v>167</v>
+        <v>139</v>
       </c>
       <c r="C409" s="0" t="s">
-        <v>174</v>
+        <v>146</v>
       </c>
     </row>
     <row r="410">
       <c r="C410" s="0" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="411">
       <c r="C411" s="0" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="412">
       <c r="C412" s="0" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="413">
       <c r="C413" s="0" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="414">
       <c r="C414" s="0" t="s">
         <v>33</v>