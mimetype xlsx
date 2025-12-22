--- v0 (2025-10-22)
+++ v1 (2025-12-22)
@@ -825,537 +825,537 @@
   <si>
     <t>Q39 DM ext.</t>
   </si>
   <si>
     <t>4111Q8</t>
   </si>
   <si>
     <t>Q41 US</t>
   </si>
   <si>
     <t>4114Q8</t>
   </si>
   <si>
     <t>Q41 DM</t>
   </si>
   <si>
     <t>4154Q8</t>
   </si>
   <si>
     <t>4916Q8</t>
   </si>
   <si>
     <t>Q49 DM ext.</t>
   </si>
   <si>
+    <t>5116Q8</t>
+  </si>
+  <si>
+    <t>Q51 DM ext.</t>
+  </si>
+  <si>
+    <t>9810Q8</t>
+  </si>
+  <si>
+    <t>Q98 DXL</t>
+  </si>
+  <si>
+    <t>2011Q8</t>
+  </si>
+  <si>
+    <t>Q20 US</t>
+  </si>
+  <si>
+    <t>2013Q8</t>
+  </si>
+  <si>
+    <t>Q20 DS</t>
+  </si>
+  <si>
+    <t>2014Q8</t>
+  </si>
+  <si>
+    <t>Q20 DM</t>
+  </si>
+  <si>
+    <t>2513Q8</t>
+  </si>
+  <si>
+    <t>Q25 DS</t>
+  </si>
+  <si>
+    <t>3011Q8</t>
+  </si>
+  <si>
+    <t>Q30 US</t>
+  </si>
+  <si>
+    <t>3013Q8</t>
+  </si>
+  <si>
+    <t>Q30 DS</t>
+  </si>
+  <si>
+    <t>3014Q8</t>
+  </si>
+  <si>
+    <t>Q30 DM</t>
+  </si>
+  <si>
+    <t>3016Q8</t>
+  </si>
+  <si>
+    <t>Q30 DM ext.</t>
+  </si>
+  <si>
+    <t>3511Q8</t>
+  </si>
+  <si>
+    <t>Q35 US</t>
+  </si>
+  <si>
+    <t>3513Q8</t>
+  </si>
+  <si>
+    <t>Q35 DS</t>
+  </si>
+  <si>
+    <t>3514Q8</t>
+  </si>
+  <si>
+    <t>Q35 DM</t>
+  </si>
+  <si>
+    <t>3516Q8</t>
+  </si>
+  <si>
+    <t>Q35 DM ext.</t>
+  </si>
+  <si>
+    <t>3564Q8</t>
+  </si>
+  <si>
+    <t>4011Q8</t>
+  </si>
+  <si>
+    <t>Q40 US</t>
+  </si>
+  <si>
+    <t>4014Q8</t>
+  </si>
+  <si>
+    <t>Q40 DM</t>
+  </si>
+  <si>
+    <t>4016Q8</t>
+  </si>
+  <si>
+    <t>Q40 DM ext.</t>
+  </si>
+  <si>
+    <t>4054Q8</t>
+  </si>
+  <si>
+    <t>5011Q8</t>
+  </si>
+  <si>
+    <t>Q50 US</t>
+  </si>
+  <si>
+    <t>6014Q8</t>
+  </si>
+  <si>
+    <t>Q60 DM</t>
+  </si>
+  <si>
+    <t>6016Q8</t>
+  </si>
+  <si>
+    <t>Q60 DM ext.</t>
+  </si>
+  <si>
+    <t>6044Q8</t>
+  </si>
+  <si>
+    <t>6046Q8</t>
+  </si>
+  <si>
+    <t>5116T8</t>
+  </si>
+  <si>
+    <t>+4.1 DM ext.</t>
+  </si>
+  <si>
+    <t>4611Q8</t>
+  </si>
+  <si>
+    <t>Q46 US</t>
+  </si>
+  <si>
+    <t>4614Q8</t>
+  </si>
+  <si>
+    <t>Q46 DM</t>
+  </si>
+  <si>
+    <t>4616Q8</t>
+  </si>
+  <si>
+    <t>Q46 DM ext.</t>
+  </si>
+  <si>
+    <t>4654Q8</t>
+  </si>
+  <si>
+    <t>5611Q8</t>
+  </si>
+  <si>
+    <t>Q56 US</t>
+  </si>
+  <si>
+    <t>5616Q8</t>
+  </si>
+  <si>
+    <t>Q56 DM ext.</t>
+  </si>
+  <si>
+    <t>5511Q8</t>
+  </si>
+  <si>
+    <t>Q55 US</t>
+  </si>
+  <si>
+    <t>5512Q8</t>
+  </si>
+  <si>
+    <t>Q55 UM</t>
+  </si>
+  <si>
+    <t>5514Q8</t>
+  </si>
+  <si>
+    <t>Q55 DM</t>
+  </si>
+  <si>
+    <t>5516Q8</t>
+  </si>
+  <si>
+    <t>Q55 DM ext.</t>
+  </si>
+  <si>
+    <t>5534Q8</t>
+  </si>
+  <si>
+    <t>Q55 DM, DM ext</t>
+  </si>
+  <si>
+    <t>5544Q, 5546Q</t>
+  </si>
+  <si>
+    <t>5554Q8</t>
+  </si>
+  <si>
+    <t>5564Q8</t>
+  </si>
+  <si>
+    <t>6512Q8</t>
+  </si>
+  <si>
+    <t>Q65 UM</t>
+  </si>
+  <si>
+    <t>6514Q8</t>
+  </si>
+  <si>
+    <t>Q65 DM</t>
+  </si>
+  <si>
+    <t>6516Q8</t>
+  </si>
+  <si>
+    <t>Q65 DM ext.</t>
+  </si>
+  <si>
+    <t>6534Q8</t>
+  </si>
+  <si>
+    <t>6544Q8</t>
+  </si>
+  <si>
+    <t>6546Q8</t>
+  </si>
+  <si>
+    <t>6564Q8</t>
+  </si>
+  <si>
+    <t>4816Q8</t>
+  </si>
+  <si>
+    <t>Q48 DM ext.</t>
+  </si>
+  <si>
+    <t>4814Q8</t>
+  </si>
+  <si>
+    <t>Q48 DM</t>
+  </si>
+  <si>
+    <t>4912Q8</t>
+  </si>
+  <si>
+    <t>Q49 UM</t>
+  </si>
+  <si>
+    <t>4914Q8</t>
+  </si>
+  <si>
+    <t>Q49 DM</t>
+  </si>
+  <si>
     <t>5111Q8</t>
   </si>
   <si>
     <t>Q51 US</t>
   </si>
   <si>
     <t>5114Q8</t>
   </si>
   <si>
     <t>Q51 DM</t>
   </si>
   <si>
-    <t>5116Q8</t>
-[...4 lines deleted...]
-  <si>
     <t>5154Q8</t>
   </si>
   <si>
+    <t>5612Q8</t>
+  </si>
+  <si>
+    <t>Q56 UM</t>
+  </si>
+  <si>
+    <t>5614Q8</t>
+  </si>
+  <si>
+    <t>Q56 DM</t>
+  </si>
+  <si>
+    <t>5654Q8</t>
+  </si>
+  <si>
+    <t>5856Q8</t>
+  </si>
+  <si>
+    <t>Q58 DM ext.</t>
+  </si>
+  <si>
+    <t>5854Q8</t>
+  </si>
+  <si>
+    <t>Q58 DM</t>
+  </si>
+  <si>
+    <t>5816Q8</t>
+  </si>
+  <si>
+    <t>5814Q8</t>
+  </si>
+  <si>
     <t>6114Q8</t>
   </si>
   <si>
     <t>Q61 DM</t>
   </si>
   <si>
     <t>6116Q8</t>
   </si>
   <si>
     <t>Q61 DM ext.</t>
   </si>
   <si>
+    <t>6612Q8</t>
+  </si>
+  <si>
+    <t>Q66 UM</t>
+  </si>
+  <si>
+    <t>6614Q8</t>
+  </si>
+  <si>
+    <t>Q66 DM</t>
+  </si>
+  <si>
+    <t>6616Q8</t>
+  </si>
+  <si>
+    <t>Q66 DM ext.</t>
+  </si>
+  <si>
+    <t>6814Q8</t>
+  </si>
+  <si>
+    <t>Q68 DM</t>
+  </si>
+  <si>
+    <t>6816Q8</t>
+  </si>
+  <si>
+    <t>Q68 DM ext.</t>
+  </si>
+  <si>
+    <t>6854Q8</t>
+  </si>
+  <si>
+    <t>6856Q8</t>
+  </si>
+  <si>
+    <t>7612Q8</t>
+  </si>
+  <si>
+    <t>Q76 UM</t>
+  </si>
+  <si>
+    <t>7614Q8</t>
+  </si>
+  <si>
+    <t>Q76 DM</t>
+  </si>
+  <si>
+    <t>7616Q8</t>
+  </si>
+  <si>
+    <t>Q76 DM ext.</t>
+  </si>
+  <si>
+    <t>7814Q8</t>
+  </si>
+  <si>
+    <t>Q78 DM</t>
+  </si>
+  <si>
+    <t>7816Q8</t>
+  </si>
+  <si>
+    <t>Q78 DM Ext.</t>
+  </si>
+  <si>
+    <t>7854Q8</t>
+  </si>
+  <si>
     <t>8813Q8</t>
   </si>
   <si>
     <t>Q88 DL</t>
   </si>
   <si>
     <t>8853Q8</t>
   </si>
   <si>
-    <t>9810Q8</t>
-[...22 lines deleted...]
-  <si>
     <t>2511Q8</t>
   </si>
   <si>
     <t>Q25 US</t>
   </si>
   <si>
-    <t>2513Q8</t>
-[...4 lines deleted...]
-  <si>
     <t>2514Q8</t>
   </si>
   <si>
     <t>Q25 DM</t>
   </si>
   <si>
-    <t>3011Q8</t>
-[...74 lines deleted...]
-    <t>Q50 US</t>
+    <t>4511Q8</t>
+  </si>
+  <si>
+    <t>Q45 US</t>
+  </si>
+  <si>
+    <t>4514Q8</t>
+  </si>
+  <si>
+    <t>Q45 DM</t>
+  </si>
+  <si>
+    <t>4516Q8</t>
+  </si>
+  <si>
+    <t>Q45 DM ext.</t>
+  </si>
+  <si>
+    <t>4554Q8</t>
+  </si>
+  <si>
+    <t>4564Q8</t>
   </si>
   <si>
     <t>5014Q8</t>
   </si>
   <si>
     <t>Q50 DM</t>
   </si>
   <si>
     <t>5016Q8</t>
   </si>
   <si>
     <t>Q50 DM ext.</t>
   </si>
   <si>
     <t>5054Q8</t>
   </si>
   <si>
-    <t>6014Q8</t>
-[...14 lines deleted...]
-    <t>6046Q8</t>
+    <t>7512Q8</t>
+  </si>
+  <si>
+    <t>Q75 UM</t>
+  </si>
+  <si>
+    <t>7514Q8</t>
+  </si>
+  <si>
+    <t>Q75 DM</t>
+  </si>
+  <si>
+    <t>7516Q8</t>
+  </si>
+  <si>
+    <t>Q75 DM ext.</t>
+  </si>
+  <si>
+    <t>7524Q8</t>
+  </si>
+  <si>
+    <t>8513Q8</t>
+  </si>
+  <si>
+    <t>Q85 DL</t>
+  </si>
+  <si>
+    <t>8523Q8</t>
   </si>
   <si>
     <t>8713Q8</t>
   </si>
   <si>
     <t>Q85x DL</t>
-  </si>
-[...286 lines deleted...]
-    <t>8523Q8</t>
   </si>
   <si>
     <t>8753Q8</t>
   </si>
   <si>
     <t xml:space="preserve">/ </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
@@ -2988,117 +2988,117 @@
         <v>275</v>
       </c>
       <c r="B145" s="0" t="s">
         <v>276</v>
       </c>
       <c r="C145" s="0" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="146">
       <c r="A146" s="0" t="s">
         <v>277</v>
       </c>
       <c r="B146" s="0" t="s">
         <v>278</v>
       </c>
       <c r="C146" s="0" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="147">
       <c r="A147" s="0" t="s">
         <v>279</v>
       </c>
       <c r="B147" s="0" t="s">
-        <v>276</v>
+        <v>280</v>
       </c>
       <c r="C147" s="0" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="148">
       <c r="A148" s="0" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="B148" s="0" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="C148" s="0" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="149">
       <c r="A149" s="0" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="B149" s="0" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="C149" s="0" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="150">
       <c r="A150" s="0" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="B150" s="0" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="C150" s="0" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="151">
       <c r="A151" s="0" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="B151" s="0" t="s">
-        <v>285</v>
+        <v>288</v>
       </c>
       <c r="C151" s="0" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="152">
       <c r="A152" s="0" t="s">
-        <v>287</v>
+        <v>289</v>
       </c>
       <c r="B152" s="0" t="s">
-        <v>288</v>
+        <v>290</v>
       </c>
       <c r="C152" s="0" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="153">
       <c r="A153" s="0" t="s">
-        <v>289</v>
+        <v>291</v>
       </c>
       <c r="B153" s="0" t="s">
-        <v>290</v>
+        <v>292</v>
       </c>
       <c r="C153" s="0" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="154">
       <c r="A154" s="0" t="s">
         <v>291</v>
       </c>
       <c r="B154" s="0" t="s">
         <v>292</v>
       </c>
       <c r="C154" s="0" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="155">
       <c r="A155" s="0" t="s">
         <v>293</v>
       </c>
       <c r="B155" s="0" t="s">
         <v>294</v>
       </c>
       <c r="C155" s="0" t="s">
         <v>223</v>
@@ -3120,942 +3120,942 @@
         <v>297</v>
       </c>
       <c r="B157" s="0" t="s">
         <v>298</v>
       </c>
       <c r="C157" s="0" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="158">
       <c r="A158" s="0" t="s">
         <v>299</v>
       </c>
       <c r="B158" s="0" t="s">
         <v>300</v>
       </c>
       <c r="C158" s="0" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="159">
       <c r="A159" s="0" t="s">
         <v>301</v>
       </c>
       <c r="B159" s="0" t="s">
-        <v>302</v>
+        <v>298</v>
       </c>
       <c r="C159" s="0" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="160">
       <c r="A160" s="0" t="s">
+        <v>302</v>
+      </c>
+      <c r="B160" s="0" t="s">
         <v>303</v>
-      </c>
-[...1 lines deleted...]
-        <v>304</v>
       </c>
       <c r="C160" s="0" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="161">
       <c r="A161" s="0" t="s">
+        <v>304</v>
+      </c>
+      <c r="B161" s="0" t="s">
         <v>305</v>
-      </c>
-[...1 lines deleted...]
-        <v>306</v>
       </c>
       <c r="C161" s="0" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="162">
       <c r="A162" s="0" t="s">
+        <v>306</v>
+      </c>
+      <c r="B162" s="0" t="s">
         <v>307</v>
-      </c>
-[...1 lines deleted...]
-        <v>308</v>
       </c>
       <c r="C162" s="0" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="163">
       <c r="A163" s="0" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="B163" s="0" t="s">
-        <v>308</v>
+        <v>305</v>
       </c>
       <c r="C163" s="0" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="164">
       <c r="A164" s="0" t="s">
         <v>309</v>
       </c>
       <c r="B164" s="0" t="s">
         <v>310</v>
       </c>
       <c r="C164" s="0" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="165">
       <c r="A165" s="0" t="s">
         <v>311</v>
       </c>
       <c r="B165" s="0" t="s">
         <v>312</v>
       </c>
       <c r="C165" s="0" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="166">
       <c r="A166" s="0" t="s">
         <v>313</v>
       </c>
       <c r="B166" s="0" t="s">
         <v>314</v>
       </c>
       <c r="C166" s="0" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="167">
       <c r="A167" s="0" t="s">
         <v>315</v>
       </c>
       <c r="B167" s="0" t="s">
-        <v>316</v>
+        <v>312</v>
       </c>
       <c r="C167" s="0" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="168">
       <c r="A168" s="0" t="s">
-        <v>317</v>
+        <v>316</v>
       </c>
       <c r="B168" s="0" t="s">
-        <v>314</v>
+        <v>312</v>
       </c>
       <c r="C168" s="0" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="169">
       <c r="A169" s="0" t="s">
+        <v>317</v>
+      </c>
+      <c r="B169" s="0" t="s">
         <v>318</v>
-      </c>
-[...1 lines deleted...]
-        <v>319</v>
       </c>
       <c r="C169" s="0" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="170">
       <c r="A170" s="0" t="s">
+        <v>319</v>
+      </c>
+      <c r="B170" s="0" t="s">
         <v>320</v>
-      </c>
-[...1 lines deleted...]
-        <v>321</v>
       </c>
       <c r="C170" s="0" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="171">
       <c r="A171" s="0" t="s">
+        <v>321</v>
+      </c>
+      <c r="B171" s="0" t="s">
         <v>322</v>
-      </c>
-[...1 lines deleted...]
-        <v>323</v>
       </c>
       <c r="C171" s="0" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="172">
       <c r="A172" s="0" t="s">
+        <v>323</v>
+      </c>
+      <c r="B172" s="0" t="s">
         <v>324</v>
-      </c>
-[...1 lines deleted...]
-        <v>321</v>
       </c>
       <c r="C172" s="0" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="173">
       <c r="A173" s="0" t="s">
         <v>325</v>
       </c>
       <c r="B173" s="0" t="s">
-        <v>326</v>
+        <v>322</v>
       </c>
       <c r="C173" s="0" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="174">
       <c r="A174" s="0" t="s">
+        <v>326</v>
+      </c>
+      <c r="B174" s="0" t="s">
         <v>327</v>
-      </c>
-[...1 lines deleted...]
-        <v>328</v>
       </c>
       <c r="C174" s="0" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="175">
       <c r="A175" s="0" t="s">
+        <v>328</v>
+      </c>
+      <c r="B175" s="0" t="s">
         <v>329</v>
-      </c>
-[...1 lines deleted...]
-        <v>330</v>
       </c>
       <c r="C175" s="0" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="176">
       <c r="A176" s="0" t="s">
+        <v>330</v>
+      </c>
+      <c r="B176" s="0" t="s">
         <v>331</v>
-      </c>
-[...1 lines deleted...]
-        <v>328</v>
       </c>
       <c r="C176" s="0" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="177">
       <c r="A177" s="0" t="s">
         <v>332</v>
       </c>
       <c r="B177" s="0" t="s">
         <v>333</v>
       </c>
       <c r="C177" s="0" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="178">
       <c r="A178" s="0" t="s">
         <v>334</v>
       </c>
       <c r="B178" s="0" t="s">
         <v>335</v>
       </c>
       <c r="C178" s="0" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="179">
       <c r="A179" s="0" t="s">
         <v>336</v>
       </c>
       <c r="B179" s="0" t="s">
-        <v>333</v>
+        <v>337</v>
       </c>
       <c r="C179" s="0" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="180">
       <c r="A180" s="0" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="B180" s="0" t="s">
-        <v>333</v>
+        <v>335</v>
       </c>
       <c r="C180" s="0" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="181">
       <c r="A181" s="0" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
       <c r="B181" s="0" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
       <c r="C181" s="0" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="182">
       <c r="A182" s="0" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="B182" s="0" t="s">
-        <v>341</v>
+        <v>335</v>
       </c>
       <c r="C182" s="0" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="183">
       <c r="A183" s="0" t="s">
         <v>342</v>
       </c>
       <c r="B183" s="0" t="s">
-        <v>343</v>
+        <v>335</v>
       </c>
       <c r="C183" s="0" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="184">
       <c r="A184" s="0" t="s">
+        <v>343</v>
+      </c>
+      <c r="B184" s="0" t="s">
         <v>344</v>
-      </c>
-[...1 lines deleted...]
-        <v>345</v>
       </c>
       <c r="C184" s="0" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="185">
       <c r="A185" s="0" t="s">
+        <v>345</v>
+      </c>
+      <c r="B185" s="0" t="s">
         <v>346</v>
-      </c>
-[...1 lines deleted...]
-        <v>347</v>
       </c>
       <c r="C185" s="0" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="186">
       <c r="A186" s="0" t="s">
+        <v>347</v>
+      </c>
+      <c r="B186" s="0" t="s">
         <v>348</v>
-      </c>
-[...1 lines deleted...]
-        <v>345</v>
       </c>
       <c r="C186" s="0" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="187">
       <c r="A187" s="0" t="s">
         <v>349</v>
       </c>
       <c r="B187" s="0" t="s">
-        <v>350</v>
+        <v>346</v>
       </c>
       <c r="C187" s="0" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="188">
       <c r="A188" s="0" t="s">
-        <v>351</v>
+        <v>350</v>
       </c>
       <c r="B188" s="0" t="s">
-        <v>352</v>
+        <v>346</v>
       </c>
       <c r="C188" s="0" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="189">
       <c r="A189" s="0" t="s">
         <v>351</v>
       </c>
       <c r="B189" s="0" t="s">
-        <v>352</v>
+        <v>348</v>
       </c>
       <c r="C189" s="0" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="190">
       <c r="A190" s="0" t="s">
-        <v>353</v>
+        <v>352</v>
       </c>
       <c r="B190" s="0" t="s">
-        <v>354</v>
+        <v>346</v>
       </c>
       <c r="C190" s="0" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="191">
       <c r="A191" s="0" t="s">
-        <v>355</v>
+        <v>353</v>
       </c>
       <c r="B191" s="0" t="s">
-        <v>356</v>
+        <v>354</v>
       </c>
       <c r="C191" s="0" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="192">
       <c r="A192" s="0" t="s">
-        <v>357</v>
+        <v>353</v>
       </c>
       <c r="B192" s="0" t="s">
-        <v>358</v>
+        <v>354</v>
       </c>
       <c r="C192" s="0" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="193">
       <c r="A193" s="0" t="s">
-        <v>359</v>
+        <v>355</v>
       </c>
       <c r="B193" s="0" t="s">
-        <v>360</v>
+        <v>356</v>
       </c>
       <c r="C193" s="0" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="194">
       <c r="A194" s="0" t="s">
-        <v>361</v>
+        <v>357</v>
       </c>
       <c r="B194" s="0" t="s">
-        <v>362</v>
+        <v>358</v>
       </c>
       <c r="C194" s="0" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="195">
       <c r="A195" s="0" t="s">
-        <v>363</v>
+        <v>359</v>
       </c>
       <c r="B195" s="0" t="s">
-        <v>364</v>
+        <v>360</v>
       </c>
       <c r="C195" s="0" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="196">
       <c r="A196" s="0" t="s">
-        <v>365</v>
+        <v>361</v>
       </c>
       <c r="B196" s="0" t="s">
         <v>362</v>
       </c>
       <c r="C196" s="0" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="197">
       <c r="A197" s="0" t="s">
-        <v>366</v>
+        <v>363</v>
       </c>
       <c r="B197" s="0" t="s">
-        <v>367</v>
+        <v>364</v>
       </c>
       <c r="C197" s="0" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="198">
       <c r="A198" s="0" t="s">
-        <v>368</v>
+        <v>365</v>
       </c>
       <c r="B198" s="0" t="s">
-        <v>369</v>
+        <v>364</v>
       </c>
       <c r="C198" s="0" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="199">
       <c r="A199" s="0" t="s">
-        <v>370</v>
+        <v>366</v>
       </c>
       <c r="B199" s="0" t="s">
         <v>367</v>
       </c>
       <c r="C199" s="0" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="200">
       <c r="A200" s="0" t="s">
-        <v>371</v>
+        <v>368</v>
       </c>
       <c r="B200" s="0" t="s">
         <v>369</v>
       </c>
       <c r="C200" s="0" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="201">
       <c r="A201" s="0" t="s">
-        <v>372</v>
+        <v>370</v>
       </c>
       <c r="B201" s="0" t="s">
-        <v>373</v>
+        <v>369</v>
       </c>
       <c r="C201" s="0" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="202">
       <c r="A202" s="0" t="s">
-        <v>374</v>
+        <v>371</v>
       </c>
       <c r="B202" s="0" t="s">
-        <v>375</v>
+        <v>372</v>
       </c>
       <c r="C202" s="0" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="203">
       <c r="A203" s="0" t="s">
-        <v>376</v>
+        <v>373</v>
       </c>
       <c r="B203" s="0" t="s">
-        <v>377</v>
+        <v>374</v>
       </c>
       <c r="C203" s="0" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="204">
       <c r="A204" s="0" t="s">
-        <v>378</v>
+        <v>375</v>
       </c>
       <c r="B204" s="0" t="s">
-        <v>379</v>
+        <v>372</v>
       </c>
       <c r="C204" s="0" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="205">
       <c r="A205" s="0" t="s">
-        <v>380</v>
+        <v>376</v>
       </c>
       <c r="B205" s="0" t="s">
-        <v>381</v>
+        <v>374</v>
       </c>
       <c r="C205" s="0" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="206">
       <c r="A206" s="0" t="s">
-        <v>382</v>
+        <v>377</v>
       </c>
       <c r="B206" s="0" t="s">
-        <v>379</v>
+        <v>378</v>
       </c>
       <c r="C206" s="0" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="207">
       <c r="A207" s="0" t="s">
-        <v>383</v>
+        <v>379</v>
       </c>
       <c r="B207" s="0" t="s">
-        <v>381</v>
+        <v>380</v>
       </c>
       <c r="C207" s="0" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="208">
       <c r="A208" s="0" t="s">
-        <v>384</v>
+        <v>381</v>
       </c>
       <c r="B208" s="0" t="s">
-        <v>385</v>
+        <v>382</v>
       </c>
       <c r="C208" s="0" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="209">
       <c r="A209" s="0" t="s">
-        <v>386</v>
+        <v>383</v>
       </c>
       <c r="B209" s="0" t="s">
-        <v>387</v>
+        <v>384</v>
       </c>
       <c r="C209" s="0" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="210">
       <c r="A210" s="0" t="s">
-        <v>388</v>
+        <v>385</v>
       </c>
       <c r="B210" s="0" t="s">
-        <v>389</v>
+        <v>386</v>
       </c>
       <c r="C210" s="0" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="211">
       <c r="A211" s="0" t="s">
-        <v>390</v>
+        <v>387</v>
       </c>
       <c r="B211" s="0" t="s">
-        <v>391</v>
+        <v>388</v>
       </c>
       <c r="C211" s="0" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="212">
       <c r="A212" s="0" t="s">
-        <v>392</v>
+        <v>389</v>
       </c>
       <c r="B212" s="0" t="s">
-        <v>393</v>
+        <v>390</v>
       </c>
       <c r="C212" s="0" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="213">
       <c r="A213" s="0" t="s">
-        <v>394</v>
+        <v>391</v>
       </c>
       <c r="B213" s="0" t="s">
-        <v>391</v>
+        <v>388</v>
       </c>
       <c r="C213" s="0" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="214">
       <c r="A214" s="0" t="s">
-        <v>395</v>
+        <v>392</v>
       </c>
       <c r="B214" s="0" t="s">
-        <v>396</v>
+        <v>390</v>
       </c>
       <c r="C214" s="0" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="215">
       <c r="A215" s="0" t="s">
-        <v>397</v>
+        <v>393</v>
       </c>
       <c r="B215" s="0" t="s">
-        <v>398</v>
+        <v>394</v>
       </c>
       <c r="C215" s="0" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="216">
       <c r="A216" s="0" t="s">
-        <v>399</v>
+        <v>395</v>
       </c>
       <c r="B216" s="0" t="s">
-        <v>400</v>
+        <v>396</v>
       </c>
       <c r="C216" s="0" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="217">
       <c r="A217" s="0" t="s">
-        <v>401</v>
+        <v>397</v>
       </c>
       <c r="B217" s="0" t="s">
         <v>398</v>
       </c>
       <c r="C217" s="0" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="218">
       <c r="A218" s="0" t="s">
-        <v>402</v>
+        <v>399</v>
       </c>
       <c r="B218" s="0" t="s">
-        <v>398</v>
+        <v>400</v>
       </c>
       <c r="C218" s="0" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="219">
       <c r="A219" s="0" t="s">
-        <v>403</v>
+        <v>401</v>
       </c>
       <c r="B219" s="0" t="s">
-        <v>404</v>
+        <v>402</v>
       </c>
       <c r="C219" s="0" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="220">
       <c r="A220" s="0" t="s">
-        <v>405</v>
+        <v>403</v>
       </c>
       <c r="B220" s="0" t="s">
-        <v>406</v>
+        <v>400</v>
       </c>
       <c r="C220" s="0" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="221">
       <c r="A221" s="0" t="s">
-        <v>407</v>
+        <v>404</v>
       </c>
       <c r="B221" s="0" t="s">
-        <v>408</v>
+        <v>405</v>
       </c>
       <c r="C221" s="0" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="222">
       <c r="A222" s="0" t="s">
-        <v>409</v>
+        <v>406</v>
       </c>
       <c r="B222" s="0" t="s">
-        <v>410</v>
+        <v>405</v>
       </c>
       <c r="C222" s="0" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="223">
       <c r="A223" s="0" t="s">
-        <v>411</v>
+        <v>407</v>
       </c>
       <c r="B223" s="0" t="s">
         <v>408</v>
       </c>
       <c r="C223" s="0" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="224">
       <c r="A224" s="0" t="s">
-        <v>412</v>
+        <v>409</v>
       </c>
       <c r="B224" s="0" t="s">
-        <v>413</v>
+        <v>410</v>
       </c>
       <c r="C224" s="0" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="225">
       <c r="A225" s="0" t="s">
-        <v>414</v>
+        <v>411</v>
       </c>
       <c r="B225" s="0" t="s">
-        <v>408</v>
+        <v>412</v>
       </c>
       <c r="C225" s="0" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="226">
       <c r="A226" s="0" t="s">
-        <v>415</v>
+        <v>413</v>
       </c>
       <c r="B226" s="0" t="s">
-        <v>408</v>
+        <v>414</v>
       </c>
       <c r="C226" s="0" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="227">
       <c r="A227" s="0" t="s">
+        <v>415</v>
+      </c>
+      <c r="B227" s="0" t="s">
         <v>416</v>
-      </c>
-[...1 lines deleted...]
-        <v>417</v>
       </c>
       <c r="C227" s="0" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="228">
       <c r="A228" s="0" t="s">
-        <v>418</v>
+        <v>417</v>
       </c>
       <c r="B228" s="0" t="s">
-        <v>419</v>
+        <v>414</v>
       </c>
       <c r="C228" s="0" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="229">
       <c r="A229" s="0" t="s">
-        <v>420</v>
+        <v>418</v>
       </c>
       <c r="B229" s="0" t="s">
-        <v>421</v>
+        <v>414</v>
       </c>
       <c r="C229" s="0" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="230">
       <c r="A230" s="0" t="s">
-        <v>422</v>
+        <v>419</v>
       </c>
       <c r="B230" s="0" t="s">
-        <v>419</v>
+        <v>420</v>
       </c>
       <c r="C230" s="0" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="231">
       <c r="A231" s="0" t="s">
-        <v>423</v>
+        <v>421</v>
       </c>
       <c r="B231" s="0" t="s">
-        <v>419</v>
+        <v>422</v>
       </c>
       <c r="C231" s="0" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="232">
       <c r="A232" s="0" t="s">
-        <v>424</v>
+        <v>423</v>
       </c>
       <c r="B232" s="0" t="s">
-        <v>421</v>
+        <v>420</v>
       </c>
       <c r="C232" s="0" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="233">
       <c r="A233" s="0" t="s">
+        <v>424</v>
+      </c>
+      <c r="B233" s="0" t="s">
         <v>425</v>
-      </c>
-[...1 lines deleted...]
-        <v>419</v>
       </c>
       <c r="C233" s="0" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="234">
       <c r="A234" s="0" t="s">
         <v>426</v>
       </c>
       <c r="B234" s="0" t="s">
         <v>427</v>
       </c>
       <c r="C234" s="0" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="235">
       <c r="A235" s="0" t="s">
         <v>428</v>
       </c>
       <c r="B235" s="0" t="s">
         <v>429</v>
       </c>
       <c r="C235" s="0" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="236">
       <c r="A236" s="0" t="s">
         <v>430</v>
       </c>
       <c r="B236" s="0" t="s">
-        <v>431</v>
+        <v>427</v>
       </c>
       <c r="C236" s="0" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="237">
       <c r="A237" s="0" t="s">
+        <v>431</v>
+      </c>
+      <c r="B237" s="0" t="s">
         <v>432</v>
-      </c>
-[...1 lines deleted...]
-        <v>429</v>
       </c>
       <c r="C237" s="0" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="238">
       <c r="A238" s="0" t="s">
         <v>433</v>
       </c>
       <c r="B238" s="0" t="s">
-        <v>434</v>
+        <v>432</v>
       </c>
       <c r="C238" s="0" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="239">
       <c r="A239" s="0" t="s">
+        <v>434</v>
+      </c>
+      <c r="B239" s="0" t="s">
         <v>435</v>
-      </c>
-[...1 lines deleted...]
-        <v>434</v>
       </c>
       <c r="C239" s="0" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="240">
       <c r="A240" s="0" t="s">
         <v>436</v>
       </c>
       <c r="B240" s="0" t="s">
-        <v>339</v>
+        <v>435</v>
       </c>
       <c r="C240" s="0" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="241">
       <c r="A241" s="0" t="s">
         <v>3</v>
       </c>
       <c r="B241" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C241" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="242">
       <c r="A242" s="0" t="s">
         <v>6</v>
       </c>
       <c r="B242" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C242" s="0" t="s">
         <v>5</v>
@@ -5617,117 +5617,117 @@
         <v>275</v>
       </c>
       <c r="B384" s="0" t="s">
         <v>276</v>
       </c>
       <c r="C384" s="0" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="385">
       <c r="A385" s="0" t="s">
         <v>277</v>
       </c>
       <c r="B385" s="0" t="s">
         <v>278</v>
       </c>
       <c r="C385" s="0" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="386">
       <c r="A386" s="0" t="s">
         <v>279</v>
       </c>
       <c r="B386" s="0" t="s">
-        <v>276</v>
+        <v>280</v>
       </c>
       <c r="C386" s="0" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="387">
       <c r="A387" s="0" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="B387" s="0" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="C387" s="0" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="388">
       <c r="A388" s="0" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="B388" s="0" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="C388" s="0" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="389">
       <c r="A389" s="0" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="B389" s="0" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="C389" s="0" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="390">
       <c r="A390" s="0" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="B390" s="0" t="s">
-        <v>285</v>
+        <v>288</v>
       </c>
       <c r="C390" s="0" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="391">
       <c r="A391" s="0" t="s">
-        <v>287</v>
+        <v>289</v>
       </c>
       <c r="B391" s="0" t="s">
-        <v>288</v>
+        <v>290</v>
       </c>
       <c r="C391" s="0" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="392">
       <c r="A392" s="0" t="s">
-        <v>289</v>
+        <v>291</v>
       </c>
       <c r="B392" s="0" t="s">
-        <v>290</v>
+        <v>292</v>
       </c>
       <c r="C392" s="0" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="393">
       <c r="A393" s="0" t="s">
         <v>291</v>
       </c>
       <c r="B393" s="0" t="s">
         <v>292</v>
       </c>
       <c r="C393" s="0" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="394">
       <c r="A394" s="0" t="s">
         <v>293</v>
       </c>
       <c r="B394" s="0" t="s">
         <v>294</v>
       </c>
       <c r="C394" s="0" t="s">
         <v>223</v>
@@ -5749,931 +5749,931 @@
         <v>297</v>
       </c>
       <c r="B396" s="0" t="s">
         <v>298</v>
       </c>
       <c r="C396" s="0" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="397">
       <c r="A397" s="0" t="s">
         <v>299</v>
       </c>
       <c r="B397" s="0" t="s">
         <v>300</v>
       </c>
       <c r="C397" s="0" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="398">
       <c r="A398" s="0" t="s">
         <v>301</v>
       </c>
       <c r="B398" s="0" t="s">
-        <v>302</v>
+        <v>298</v>
       </c>
       <c r="C398" s="0" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="399">
       <c r="A399" s="0" t="s">
+        <v>302</v>
+      </c>
+      <c r="B399" s="0" t="s">
         <v>303</v>
-      </c>
-[...1 lines deleted...]
-        <v>304</v>
       </c>
       <c r="C399" s="0" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="400">
       <c r="A400" s="0" t="s">
+        <v>304</v>
+      </c>
+      <c r="B400" s="0" t="s">
         <v>305</v>
-      </c>
-[...1 lines deleted...]
-        <v>306</v>
       </c>
       <c r="C400" s="0" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="401">
       <c r="A401" s="0" t="s">
+        <v>306</v>
+      </c>
+      <c r="B401" s="0" t="s">
         <v>307</v>
-      </c>
-[...1 lines deleted...]
-        <v>308</v>
       </c>
       <c r="C401" s="0" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="402">
       <c r="A402" s="0" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="B402" s="0" t="s">
-        <v>308</v>
+        <v>305</v>
       </c>
       <c r="C402" s="0" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="403">
       <c r="A403" s="0" t="s">
         <v>309</v>
       </c>
       <c r="B403" s="0" t="s">
         <v>310</v>
       </c>
       <c r="C403" s="0" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="404">
       <c r="A404" s="0" t="s">
         <v>311</v>
       </c>
       <c r="B404" s="0" t="s">
         <v>312</v>
       </c>
       <c r="C404" s="0" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="405">
       <c r="A405" s="0" t="s">
         <v>313</v>
       </c>
       <c r="B405" s="0" t="s">
         <v>314</v>
       </c>
       <c r="C405" s="0" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="406">
       <c r="A406" s="0" t="s">
         <v>315</v>
       </c>
       <c r="B406" s="0" t="s">
-        <v>316</v>
+        <v>312</v>
       </c>
       <c r="C406" s="0" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="407">
       <c r="A407" s="0" t="s">
-        <v>317</v>
+        <v>316</v>
       </c>
       <c r="B407" s="0" t="s">
-        <v>314</v>
+        <v>312</v>
       </c>
       <c r="C407" s="0" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="408">
       <c r="A408" s="0" t="s">
+        <v>317</v>
+      </c>
+      <c r="B408" s="0" t="s">
         <v>318</v>
-      </c>
-[...1 lines deleted...]
-        <v>319</v>
       </c>
       <c r="C408" s="0" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="409">
       <c r="A409" s="0" t="s">
+        <v>319</v>
+      </c>
+      <c r="B409" s="0" t="s">
         <v>320</v>
-      </c>
-[...1 lines deleted...]
-        <v>321</v>
       </c>
       <c r="C409" s="0" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="410">
       <c r="A410" s="0" t="s">
+        <v>321</v>
+      </c>
+      <c r="B410" s="0" t="s">
         <v>322</v>
-      </c>
-[...1 lines deleted...]
-        <v>323</v>
       </c>
       <c r="C410" s="0" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="411">
       <c r="A411" s="0" t="s">
+        <v>323</v>
+      </c>
+      <c r="B411" s="0" t="s">
         <v>324</v>
-      </c>
-[...1 lines deleted...]
-        <v>321</v>
       </c>
       <c r="C411" s="0" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="412">
       <c r="A412" s="0" t="s">
         <v>325</v>
       </c>
       <c r="B412" s="0" t="s">
-        <v>326</v>
+        <v>322</v>
       </c>
       <c r="C412" s="0" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="413">
       <c r="A413" s="0" t="s">
+        <v>326</v>
+      </c>
+      <c r="B413" s="0" t="s">
         <v>327</v>
-      </c>
-[...1 lines deleted...]
-        <v>328</v>
       </c>
       <c r="C413" s="0" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="414">
       <c r="A414" s="0" t="s">
+        <v>328</v>
+      </c>
+      <c r="B414" s="0" t="s">
         <v>329</v>
-      </c>
-[...1 lines deleted...]
-        <v>330</v>
       </c>
       <c r="C414" s="0" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="415">
       <c r="A415" s="0" t="s">
+        <v>330</v>
+      </c>
+      <c r="B415" s="0" t="s">
         <v>331</v>
-      </c>
-[...1 lines deleted...]
-        <v>328</v>
       </c>
       <c r="C415" s="0" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="416">
       <c r="A416" s="0" t="s">
         <v>332</v>
       </c>
       <c r="B416" s="0" t="s">
         <v>333</v>
       </c>
       <c r="C416" s="0" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="417">
       <c r="A417" s="0" t="s">
         <v>334</v>
       </c>
       <c r="B417" s="0" t="s">
         <v>335</v>
       </c>
       <c r="C417" s="0" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="418">
       <c r="A418" s="0" t="s">
         <v>336</v>
       </c>
       <c r="B418" s="0" t="s">
-        <v>333</v>
+        <v>337</v>
       </c>
       <c r="C418" s="0" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="419">
       <c r="A419" s="0" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="B419" s="0" t="s">
-        <v>333</v>
+        <v>335</v>
       </c>
       <c r="C419" s="0" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="420">
       <c r="A420" s="0" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
       <c r="B420" s="0" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
       <c r="C420" s="0" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="421">
       <c r="A421" s="0" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="B421" s="0" t="s">
-        <v>341</v>
+        <v>335</v>
       </c>
       <c r="C421" s="0" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="422">
       <c r="A422" s="0" t="s">
         <v>342</v>
       </c>
       <c r="B422" s="0" t="s">
-        <v>343</v>
+        <v>335</v>
       </c>
       <c r="C422" s="0" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="423">
       <c r="A423" s="0" t="s">
+        <v>343</v>
+      </c>
+      <c r="B423" s="0" t="s">
         <v>344</v>
-      </c>
-[...1 lines deleted...]
-        <v>345</v>
       </c>
       <c r="C423" s="0" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="424">
       <c r="A424" s="0" t="s">
+        <v>345</v>
+      </c>
+      <c r="B424" s="0" t="s">
         <v>346</v>
-      </c>
-[...1 lines deleted...]
-        <v>347</v>
       </c>
       <c r="C424" s="0" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="425">
       <c r="A425" s="0" t="s">
+        <v>347</v>
+      </c>
+      <c r="B425" s="0" t="s">
         <v>348</v>
-      </c>
-[...1 lines deleted...]
-        <v>345</v>
       </c>
       <c r="C425" s="0" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="426">
       <c r="A426" s="0" t="s">
         <v>349</v>
       </c>
       <c r="B426" s="0" t="s">
-        <v>350</v>
+        <v>346</v>
       </c>
       <c r="C426" s="0" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="427">
       <c r="A427" s="0" t="s">
-        <v>351</v>
+        <v>350</v>
       </c>
       <c r="B427" s="0" t="s">
-        <v>352</v>
+        <v>346</v>
       </c>
       <c r="C427" s="0" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="428">
       <c r="A428" s="0" t="s">
         <v>351</v>
       </c>
       <c r="B428" s="0" t="s">
-        <v>352</v>
+        <v>348</v>
       </c>
       <c r="C428" s="0" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="429">
       <c r="A429" s="0" t="s">
-        <v>353</v>
+        <v>352</v>
       </c>
       <c r="B429" s="0" t="s">
-        <v>354</v>
+        <v>346</v>
       </c>
       <c r="C429" s="0" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="430">
       <c r="A430" s="0" t="s">
-        <v>355</v>
+        <v>353</v>
       </c>
       <c r="B430" s="0" t="s">
-        <v>356</v>
+        <v>354</v>
       </c>
       <c r="C430" s="0" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="431">
       <c r="A431" s="0" t="s">
-        <v>357</v>
+        <v>353</v>
       </c>
       <c r="B431" s="0" t="s">
-        <v>358</v>
+        <v>354</v>
       </c>
       <c r="C431" s="0" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="432">
       <c r="A432" s="0" t="s">
-        <v>359</v>
+        <v>355</v>
       </c>
       <c r="B432" s="0" t="s">
-        <v>360</v>
+        <v>356</v>
       </c>
       <c r="C432" s="0" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="433">
       <c r="A433" s="0" t="s">
-        <v>361</v>
+        <v>357</v>
       </c>
       <c r="B433" s="0" t="s">
-        <v>362</v>
+        <v>358</v>
       </c>
       <c r="C433" s="0" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="434">
       <c r="A434" s="0" t="s">
-        <v>363</v>
+        <v>359</v>
       </c>
       <c r="B434" s="0" t="s">
-        <v>364</v>
+        <v>360</v>
       </c>
       <c r="C434" s="0" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="435">
       <c r="A435" s="0" t="s">
-        <v>365</v>
+        <v>361</v>
       </c>
       <c r="B435" s="0" t="s">
         <v>362</v>
       </c>
       <c r="C435" s="0" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="436">
       <c r="A436" s="0" t="s">
-        <v>366</v>
+        <v>363</v>
       </c>
       <c r="B436" s="0" t="s">
-        <v>367</v>
+        <v>364</v>
       </c>
       <c r="C436" s="0" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="437">
       <c r="A437" s="0" t="s">
-        <v>368</v>
+        <v>365</v>
       </c>
       <c r="B437" s="0" t="s">
-        <v>369</v>
+        <v>364</v>
       </c>
       <c r="C437" s="0" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="438">
       <c r="A438" s="0" t="s">
-        <v>370</v>
+        <v>366</v>
       </c>
       <c r="B438" s="0" t="s">
         <v>367</v>
       </c>
       <c r="C438" s="0" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="439">
       <c r="A439" s="0" t="s">
-        <v>371</v>
+        <v>368</v>
       </c>
       <c r="B439" s="0" t="s">
         <v>369</v>
       </c>
       <c r="C439" s="0" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="440">
       <c r="A440" s="0" t="s">
-        <v>372</v>
+        <v>370</v>
       </c>
       <c r="B440" s="0" t="s">
-        <v>373</v>
+        <v>369</v>
       </c>
       <c r="C440" s="0" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="441">
       <c r="A441" s="0" t="s">
-        <v>374</v>
+        <v>371</v>
       </c>
       <c r="B441" s="0" t="s">
-        <v>375</v>
+        <v>372</v>
       </c>
       <c r="C441" s="0" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="442">
       <c r="A442" s="0" t="s">
-        <v>376</v>
+        <v>373</v>
       </c>
       <c r="B442" s="0" t="s">
-        <v>377</v>
+        <v>374</v>
       </c>
       <c r="C442" s="0" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="443">
       <c r="A443" s="0" t="s">
-        <v>378</v>
+        <v>375</v>
       </c>
       <c r="B443" s="0" t="s">
-        <v>379</v>
+        <v>372</v>
       </c>
       <c r="C443" s="0" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="444">
       <c r="A444" s="0" t="s">
-        <v>380</v>
+        <v>376</v>
       </c>
       <c r="B444" s="0" t="s">
-        <v>381</v>
+        <v>374</v>
       </c>
       <c r="C444" s="0" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="445">
       <c r="A445" s="0" t="s">
-        <v>382</v>
+        <v>377</v>
       </c>
       <c r="B445" s="0" t="s">
-        <v>379</v>
+        <v>378</v>
       </c>
       <c r="C445" s="0" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="446">
       <c r="A446" s="0" t="s">
-        <v>383</v>
+        <v>379</v>
       </c>
       <c r="B446" s="0" t="s">
-        <v>381</v>
+        <v>380</v>
       </c>
       <c r="C446" s="0" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="447">
       <c r="A447" s="0" t="s">
-        <v>384</v>
+        <v>381</v>
       </c>
       <c r="B447" s="0" t="s">
-        <v>385</v>
+        <v>382</v>
       </c>
       <c r="C447" s="0" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="448">
       <c r="A448" s="0" t="s">
-        <v>386</v>
+        <v>383</v>
       </c>
       <c r="B448" s="0" t="s">
-        <v>387</v>
+        <v>384</v>
       </c>
       <c r="C448" s="0" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="449">
       <c r="A449" s="0" t="s">
-        <v>388</v>
+        <v>385</v>
       </c>
       <c r="B449" s="0" t="s">
-        <v>389</v>
+        <v>386</v>
       </c>
       <c r="C449" s="0" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="450">
       <c r="A450" s="0" t="s">
-        <v>390</v>
+        <v>387</v>
       </c>
       <c r="B450" s="0" t="s">
-        <v>391</v>
+        <v>388</v>
       </c>
       <c r="C450" s="0" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="451">
       <c r="A451" s="0" t="s">
-        <v>392</v>
+        <v>389</v>
       </c>
       <c r="B451" s="0" t="s">
-        <v>393</v>
+        <v>390</v>
       </c>
       <c r="C451" s="0" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="452">
       <c r="A452" s="0" t="s">
-        <v>394</v>
+        <v>391</v>
       </c>
       <c r="B452" s="0" t="s">
-        <v>391</v>
+        <v>388</v>
       </c>
       <c r="C452" s="0" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="453">
       <c r="A453" s="0" t="s">
-        <v>395</v>
+        <v>392</v>
       </c>
       <c r="B453" s="0" t="s">
-        <v>396</v>
+        <v>390</v>
       </c>
       <c r="C453" s="0" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="454">
       <c r="A454" s="0" t="s">
-        <v>397</v>
+        <v>393</v>
       </c>
       <c r="B454" s="0" t="s">
-        <v>398</v>
+        <v>394</v>
       </c>
       <c r="C454" s="0" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="455">
       <c r="A455" s="0" t="s">
-        <v>399</v>
+        <v>395</v>
       </c>
       <c r="B455" s="0" t="s">
-        <v>400</v>
+        <v>396</v>
       </c>
       <c r="C455" s="0" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="456">
       <c r="A456" s="0" t="s">
-        <v>401</v>
+        <v>397</v>
       </c>
       <c r="B456" s="0" t="s">
         <v>398</v>
       </c>
       <c r="C456" s="0" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="457">
       <c r="A457" s="0" t="s">
-        <v>402</v>
+        <v>399</v>
       </c>
       <c r="B457" s="0" t="s">
-        <v>398</v>
+        <v>400</v>
       </c>
       <c r="C457" s="0" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="458">
       <c r="A458" s="0" t="s">
-        <v>403</v>
+        <v>401</v>
       </c>
       <c r="B458" s="0" t="s">
-        <v>404</v>
+        <v>402</v>
       </c>
       <c r="C458" s="0" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="459">
       <c r="A459" s="0" t="s">
-        <v>405</v>
+        <v>403</v>
       </c>
       <c r="B459" s="0" t="s">
-        <v>406</v>
+        <v>400</v>
       </c>
       <c r="C459" s="0" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="460">
       <c r="A460" s="0" t="s">
-        <v>407</v>
+        <v>404</v>
       </c>
       <c r="B460" s="0" t="s">
-        <v>408</v>
+        <v>405</v>
       </c>
       <c r="C460" s="0" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="461">
       <c r="A461" s="0" t="s">
-        <v>409</v>
+        <v>406</v>
       </c>
       <c r="B461" s="0" t="s">
-        <v>410</v>
+        <v>405</v>
       </c>
       <c r="C461" s="0" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="462">
       <c r="A462" s="0" t="s">
-        <v>411</v>
+        <v>407</v>
       </c>
       <c r="B462" s="0" t="s">
         <v>408</v>
       </c>
       <c r="C462" s="0" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="463">
       <c r="A463" s="0" t="s">
-        <v>412</v>
+        <v>409</v>
       </c>
       <c r="B463" s="0" t="s">
-        <v>413</v>
+        <v>410</v>
       </c>
       <c r="C463" s="0" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="464">
       <c r="A464" s="0" t="s">
-        <v>414</v>
+        <v>411</v>
       </c>
       <c r="B464" s="0" t="s">
-        <v>408</v>
+        <v>412</v>
       </c>
       <c r="C464" s="0" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="465">
       <c r="A465" s="0" t="s">
-        <v>415</v>
+        <v>413</v>
       </c>
       <c r="B465" s="0" t="s">
-        <v>408</v>
+        <v>414</v>
       </c>
       <c r="C465" s="0" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="466">
       <c r="A466" s="0" t="s">
+        <v>415</v>
+      </c>
+      <c r="B466" s="0" t="s">
         <v>416</v>
-      </c>
-[...1 lines deleted...]
-        <v>417</v>
       </c>
       <c r="C466" s="0" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="467">
       <c r="A467" s="0" t="s">
-        <v>418</v>
+        <v>417</v>
       </c>
       <c r="B467" s="0" t="s">
-        <v>419</v>
+        <v>414</v>
       </c>
       <c r="C467" s="0" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="468">
       <c r="A468" s="0" t="s">
-        <v>420</v>
+        <v>418</v>
       </c>
       <c r="B468" s="0" t="s">
-        <v>421</v>
+        <v>414</v>
       </c>
       <c r="C468" s="0" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="469">
       <c r="A469" s="0" t="s">
-        <v>422</v>
+        <v>419</v>
       </c>
       <c r="B469" s="0" t="s">
-        <v>419</v>
+        <v>420</v>
       </c>
       <c r="C469" s="0" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="470">
       <c r="A470" s="0" t="s">
-        <v>423</v>
+        <v>421</v>
       </c>
       <c r="B470" s="0" t="s">
-        <v>419</v>
+        <v>422</v>
       </c>
       <c r="C470" s="0" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="471">
       <c r="A471" s="0" t="s">
-        <v>424</v>
+        <v>423</v>
       </c>
       <c r="B471" s="0" t="s">
-        <v>421</v>
+        <v>420</v>
       </c>
       <c r="C471" s="0" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="472">
       <c r="A472" s="0" t="s">
+        <v>424</v>
+      </c>
+      <c r="B472" s="0" t="s">
         <v>425</v>
-      </c>
-[...1 lines deleted...]
-        <v>419</v>
       </c>
       <c r="C472" s="0" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="473">
       <c r="A473" s="0" t="s">
         <v>426</v>
       </c>
       <c r="B473" s="0" t="s">
         <v>427</v>
       </c>
       <c r="C473" s="0" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="474">
       <c r="A474" s="0" t="s">
         <v>428</v>
       </c>
       <c r="B474" s="0" t="s">
         <v>429</v>
       </c>
       <c r="C474" s="0" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="475">
       <c r="A475" s="0" t="s">
         <v>430</v>
       </c>
       <c r="B475" s="0" t="s">
-        <v>431</v>
+        <v>427</v>
       </c>
       <c r="C475" s="0" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="476">
       <c r="A476" s="0" t="s">
+        <v>431</v>
+      </c>
+      <c r="B476" s="0" t="s">
         <v>432</v>
-      </c>
-[...1 lines deleted...]
-        <v>429</v>
       </c>
       <c r="C476" s="0" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="477">
       <c r="A477" s="0" t="s">
         <v>433</v>
       </c>
       <c r="B477" s="0" t="s">
-        <v>434</v>
+        <v>432</v>
       </c>
       <c r="C477" s="0" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="478">
       <c r="A478" s="0" t="s">
+        <v>434</v>
+      </c>
+      <c r="B478" s="0" t="s">
         <v>435</v>
-      </c>
-[...1 lines deleted...]
-        <v>434</v>
       </c>
       <c r="C478" s="0" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="479">
       <c r="A479" s="0" t="s">
         <v>436</v>
       </c>
       <c r="B479" s="0" t="s">
-        <v>339</v>
+        <v>435</v>
       </c>
       <c r="C479" s="0" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="480">
       <c r="C480" s="0" t="s">
         <v>437</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>