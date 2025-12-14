--- v0 (2025-10-14)
+++ v1 (2025-12-14)
@@ -48,276 +48,276 @@
   <si>
     <t>4014T8</t>
   </si>
   <si>
     <t>+3.0 DM</t>
   </si>
   <si>
     <t>Cylinder/12711810-1 Cylinder</t>
   </si>
   <si>
     <t>4111Q8</t>
   </si>
   <si>
     <t>Q41 US</t>
   </si>
   <si>
     <t xml:space="preserve">/ </t>
   </si>
   <si>
     <t>4114Q8</t>
   </si>
   <si>
     <t>Q41 DM</t>
   </si>
   <si>
+    <t>4011Q8</t>
+  </si>
+  <si>
+    <t>Q40 US</t>
+  </si>
+  <si>
+    <t>4014Q8</t>
+  </si>
+  <si>
+    <t>Q40 DM</t>
+  </si>
+  <si>
+    <t>4016Q8</t>
+  </si>
+  <si>
+    <t>Q40 DM ext.</t>
+  </si>
+  <si>
+    <t>4111T8</t>
+  </si>
+  <si>
+    <t>+3.1 US</t>
+  </si>
+  <si>
+    <t>4114T8</t>
+  </si>
+  <si>
+    <t>+3.1 DM</t>
+  </si>
+  <si>
+    <t>5154T8</t>
+  </si>
+  <si>
+    <t>+4.1 DM</t>
+  </si>
+  <si>
+    <t>5611Q8</t>
+  </si>
+  <si>
+    <t>Q56 US</t>
+  </si>
+  <si>
+    <t>5616Q8</t>
+  </si>
+  <si>
+    <t>Q56 DM ext.</t>
+  </si>
+  <si>
+    <t>5511Q8</t>
+  </si>
+  <si>
+    <t>Q55 US</t>
+  </si>
+  <si>
+    <t>5512Q8</t>
+  </si>
+  <si>
+    <t>Q55 UM</t>
+  </si>
+  <si>
+    <t>5514Q8</t>
+  </si>
+  <si>
+    <t>Q55 DM</t>
+  </si>
+  <si>
+    <t>5516Q8</t>
+  </si>
+  <si>
+    <t>Q55 DM ext.</t>
+  </si>
+  <si>
+    <t>Q55 DM, DM ext</t>
+  </si>
+  <si>
+    <t>5544Q, 5546Q</t>
+  </si>
+  <si>
+    <t>5511T8</t>
+  </si>
+  <si>
+    <t>+4.0P US</t>
+  </si>
+  <si>
+    <t>5512T8</t>
+  </si>
+  <si>
+    <t>+4.0P UM</t>
+  </si>
+  <si>
+    <t>5514T8</t>
+  </si>
+  <si>
+    <t>+4.0P DM</t>
+  </si>
+  <si>
+    <t>5516T8</t>
+  </si>
+  <si>
+    <t>+4.0P DM ext.</t>
+  </si>
+  <si>
+    <t>5517T8</t>
+  </si>
+  <si>
+    <t>+4.0P Special S</t>
+  </si>
+  <si>
+    <t>5518T8</t>
+  </si>
+  <si>
+    <t>+4.0P Special B</t>
+  </si>
+  <si>
+    <t>4814T8</t>
+  </si>
+  <si>
+    <t>+3.3P DM</t>
+  </si>
+  <si>
+    <t>4816T8</t>
+  </si>
+  <si>
+    <t>+3.3P DM ext.</t>
+  </si>
+  <si>
+    <t>5612T8</t>
+  </si>
+  <si>
+    <t>+4.1P UM</t>
+  </si>
+  <si>
+    <t>5614T8</t>
+  </si>
+  <si>
+    <t>+4.1P DM</t>
+  </si>
+  <si>
+    <t>5616T8</t>
+  </si>
+  <si>
+    <t>+4.1P DM ext.</t>
+  </si>
+  <si>
+    <t>5617T8</t>
+  </si>
+  <si>
+    <t>+4.1P Special S</t>
+  </si>
+  <si>
+    <t>5618T8</t>
+  </si>
+  <si>
+    <t>+4.1P Special B</t>
+  </si>
+  <si>
+    <t>5845T8</t>
+  </si>
+  <si>
+    <t>+4.3P DM</t>
+  </si>
+  <si>
+    <t>5856T8</t>
+  </si>
+  <si>
+    <t>+4.3P DM ext.</t>
+  </si>
+  <si>
+    <t>5611T8</t>
+  </si>
+  <si>
+    <t>+4.1P US</t>
+  </si>
+  <si>
+    <t>4816Q8</t>
+  </si>
+  <si>
+    <t>Q48 DM ext.</t>
+  </si>
+  <si>
+    <t>4814Q8</t>
+  </si>
+  <si>
+    <t>Q48 DM</t>
+  </si>
+  <si>
     <t>5154Q8</t>
   </si>
   <si>
     <t>Q51 DM</t>
   </si>
   <si>
-    <t>4011Q8</t>
-[...14 lines deleted...]
-    <t>Q40 DM ext.</t>
+    <t>5612Q8</t>
+  </si>
+  <si>
+    <t>Q56 UM</t>
+  </si>
+  <si>
+    <t>5614Q8</t>
+  </si>
+  <si>
+    <t>Q56 DM</t>
+  </si>
+  <si>
+    <t>5856Q8</t>
+  </si>
+  <si>
+    <t>Q58 DM ext.</t>
+  </si>
+  <si>
+    <t>5854Q8</t>
+  </si>
+  <si>
+    <t>Q58 DM</t>
+  </si>
+  <si>
+    <t>4564Q8</t>
+  </si>
+  <si>
+    <t>Q45 DM</t>
   </si>
   <si>
     <t>5054Q8</t>
   </si>
   <si>
     <t>Q50 DM</t>
-  </si>
-[...196 lines deleted...]
-    <t>+4.1P US</t>
   </si>
   <si>
     <t xml:space="preserve">Hydraulics/ </t>
   </si>
   <si>
     <t>Hydraulics/4014_3 Cylinder</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
@@ -402,271 +402,271 @@
         <v>10</v>
       </c>
       <c r="C4" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="0" t="s">
         <v>12</v>
       </c>
       <c r="B5" s="0" t="s">
         <v>13</v>
       </c>
       <c r="C5" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="0" t="s">
         <v>14</v>
       </c>
       <c r="B6" s="0" t="s">
         <v>15</v>
       </c>
       <c r="C6" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="0" t="s">
         <v>16</v>
       </c>
       <c r="B7" s="0" t="s">
         <v>17</v>
       </c>
       <c r="C7" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="0" t="s">
         <v>18</v>
       </c>
       <c r="B8" s="0" t="s">
         <v>19</v>
       </c>
       <c r="C8" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="0" t="s">
         <v>20</v>
       </c>
       <c r="B9" s="0" t="s">
         <v>21</v>
       </c>
       <c r="C9" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="0" t="s">
         <v>22</v>
       </c>
       <c r="B10" s="0" t="s">
         <v>23</v>
       </c>
       <c r="C10" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="0" t="s">
         <v>24</v>
       </c>
       <c r="B11" s="0" t="s">
         <v>25</v>
       </c>
       <c r="C11" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="0" t="s">
         <v>26</v>
       </c>
       <c r="B12" s="0" t="s">
         <v>27</v>
       </c>
       <c r="C12" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="0" t="s">
         <v>28</v>
       </c>
       <c r="B13" s="0" t="s">
         <v>29</v>
       </c>
       <c r="C13" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="0" t="s">
         <v>30</v>
       </c>
       <c r="B14" s="0" t="s">
         <v>31</v>
       </c>
       <c r="C14" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="0" t="s">
         <v>32</v>
       </c>
       <c r="B15" s="0" t="s">
         <v>33</v>
       </c>
       <c r="C15" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="0" t="s">
         <v>34</v>
       </c>
       <c r="B16" s="0" t="s">
         <v>35</v>
       </c>
       <c r="C16" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="0" t="s">
         <v>36</v>
       </c>
       <c r="B17" s="0" t="s">
         <v>37</v>
       </c>
       <c r="C17" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="0" t="s">
         <v>38</v>
       </c>
       <c r="B18" s="0" t="s">
         <v>39</v>
       </c>
       <c r="C18" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="0" t="s">
         <v>40</v>
       </c>
       <c r="B19" s="0" t="s">
         <v>41</v>
       </c>
       <c r="C19" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="0" t="s">
         <v>42</v>
       </c>
       <c r="B20" s="0" t="s">
         <v>43</v>
       </c>
       <c r="C20" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="0" t="s">
         <v>44</v>
       </c>
       <c r="B21" s="0" t="s">
         <v>45</v>
       </c>
       <c r="C21" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="0" t="s">
         <v>46</v>
       </c>
       <c r="B22" s="0" t="s">
         <v>47</v>
       </c>
       <c r="C22" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="0" t="s">
         <v>48</v>
       </c>
       <c r="B23" s="0" t="s">
         <v>49</v>
       </c>
       <c r="C23" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="0" t="s">
         <v>50</v>
       </c>
       <c r="B24" s="0" t="s">
         <v>51</v>
       </c>
       <c r="C24" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="0" t="s">
         <v>52</v>
       </c>
       <c r="B25" s="0" t="s">
         <v>53</v>
       </c>
       <c r="C25" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="0" t="s">
         <v>54</v>
       </c>
       <c r="B26" s="0" t="s">
         <v>55</v>
       </c>
       <c r="C26" s="0" t="s">
-        <v>11</v>
+        <v>5</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="0" t="s">
         <v>56</v>
       </c>
       <c r="B27" s="0" t="s">
         <v>57</v>
       </c>
       <c r="C27" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="0" t="s">
         <v>58</v>
       </c>
       <c r="B28" s="0" t="s">
         <v>59</v>
       </c>
       <c r="C28" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="29">
@@ -721,51 +721,51 @@
         <v>69</v>
       </c>
       <c r="C33" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="0" t="s">
         <v>70</v>
       </c>
       <c r="B34" s="0" t="s">
         <v>71</v>
       </c>
       <c r="C34" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="0" t="s">
         <v>72</v>
       </c>
       <c r="B35" s="0" t="s">
         <v>73</v>
       </c>
       <c r="C35" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="0" t="s">
         <v>74</v>
       </c>
       <c r="B36" s="0" t="s">
         <v>75</v>
       </c>
       <c r="C36" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="0" t="s">
         <v>76</v>
       </c>
       <c r="B37" s="0" t="s">
         <v>77</v>
       </c>
       <c r="C37" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="38">
@@ -814,494 +814,494 @@
     </row>
     <row r="42">
       <c r="A42" s="0" t="s">
         <v>86</v>
       </c>
       <c r="B42" s="0" t="s">
         <v>87</v>
       </c>
       <c r="C42" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="0" t="s">
         <v>88</v>
       </c>
       <c r="B43" s="0" t="s">
         <v>89</v>
       </c>
       <c r="C43" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="0" t="s">
-        <v>56</v>
+        <v>38</v>
       </c>
       <c r="B44" s="0" t="s">
-        <v>57</v>
+        <v>39</v>
       </c>
       <c r="C44" s="0" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="0" t="s">
         <v>3</v>
       </c>
       <c r="B45" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C45" s="0" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="0" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="B46" s="0" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="C46" s="0" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="0" t="s">
         <v>6</v>
       </c>
       <c r="B47" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C47" s="0" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="0" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="B48" s="0" t="s">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="C48" s="0" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="0" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="B49" s="0" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="C49" s="0" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="0" t="s">
-        <v>46</v>
+        <v>86</v>
       </c>
       <c r="B50" s="0" t="s">
-        <v>47</v>
+        <v>87</v>
       </c>
       <c r="C50" s="0" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="0" t="s">
-        <v>22</v>
+        <v>88</v>
       </c>
       <c r="B51" s="0" t="s">
-        <v>23</v>
+        <v>89</v>
       </c>
       <c r="C51" s="0" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="0" t="s">
-        <v>48</v>
+        <v>30</v>
       </c>
       <c r="B52" s="0" t="s">
-        <v>49</v>
+        <v>31</v>
       </c>
       <c r="C52" s="0" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="0" t="s">
-        <v>58</v>
+        <v>40</v>
       </c>
       <c r="B53" s="0" t="s">
-        <v>59</v>
+        <v>41</v>
       </c>
       <c r="C53" s="0" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="0" t="s">
-        <v>50</v>
+        <v>32</v>
       </c>
       <c r="B54" s="0" t="s">
-        <v>51</v>
+        <v>33</v>
       </c>
       <c r="C54" s="0" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="0" t="s">
-        <v>60</v>
+        <v>42</v>
       </c>
       <c r="B55" s="0" t="s">
-        <v>61</v>
+        <v>43</v>
       </c>
       <c r="C55" s="0" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="0" t="s">
-        <v>52</v>
+        <v>34</v>
       </c>
       <c r="B56" s="0" t="s">
-        <v>53</v>
+        <v>35</v>
       </c>
       <c r="C56" s="0" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="0" t="s">
-        <v>62</v>
+        <v>44</v>
       </c>
       <c r="B57" s="0" t="s">
-        <v>63</v>
+        <v>45</v>
       </c>
       <c r="C57" s="0" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="0" t="s">
-        <v>54</v>
+        <v>36</v>
       </c>
       <c r="B58" s="0" t="s">
-        <v>55</v>
+        <v>37</v>
       </c>
       <c r="C58" s="0" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="0" t="s">
-        <v>64</v>
+        <v>46</v>
       </c>
       <c r="B59" s="0" t="s">
-        <v>65</v>
+        <v>47</v>
       </c>
       <c r="C59" s="0" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="0" t="s">
-        <v>66</v>
+        <v>48</v>
       </c>
       <c r="B60" s="0" t="s">
-        <v>67</v>
+        <v>49</v>
       </c>
       <c r="C60" s="0" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="0" t="s">
-        <v>68</v>
+        <v>50</v>
       </c>
       <c r="B61" s="0" t="s">
-        <v>69</v>
+        <v>51</v>
       </c>
       <c r="C61" s="0" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="0" t="s">
         <v>9</v>
       </c>
       <c r="B62" s="0" t="s">
         <v>10</v>
       </c>
       <c r="C62" s="0" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="0" t="s">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="B63" s="0" t="s">
-        <v>25</v>
+        <v>21</v>
       </c>
       <c r="C63" s="0" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="0" t="s">
         <v>12</v>
       </c>
       <c r="B64" s="0" t="s">
         <v>13</v>
       </c>
       <c r="C64" s="0" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="0" t="s">
-        <v>26</v>
+        <v>22</v>
       </c>
       <c r="B65" s="0" t="s">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="C65" s="0" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="0" t="s">
-        <v>30</v>
+        <v>52</v>
       </c>
       <c r="B66" s="0" t="s">
-        <v>31</v>
+        <v>53</v>
       </c>
       <c r="C66" s="0" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="0" t="s">
-        <v>70</v>
+        <v>74</v>
       </c>
       <c r="B67" s="0" t="s">
-        <v>71</v>
+        <v>75</v>
       </c>
       <c r="C67" s="0" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="0" t="s">
-        <v>14</v>
+        <v>24</v>
       </c>
       <c r="B68" s="0" t="s">
-        <v>15</v>
+        <v>25</v>
       </c>
       <c r="C68" s="0" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" s="0" t="s">
-        <v>28</v>
+        <v>76</v>
       </c>
       <c r="B69" s="0" t="s">
-        <v>29</v>
+        <v>77</v>
       </c>
       <c r="C69" s="0" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="0" t="s">
-        <v>34</v>
+        <v>26</v>
       </c>
       <c r="B70" s="0" t="s">
-        <v>35</v>
+        <v>27</v>
       </c>
       <c r="C70" s="0" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="0" t="s">
-        <v>88</v>
+        <v>70</v>
       </c>
       <c r="B71" s="0" t="s">
-        <v>89</v>
+        <v>71</v>
       </c>
       <c r="C71" s="0" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="0" t="s">
-        <v>36</v>
+        <v>56</v>
       </c>
       <c r="B72" s="0" t="s">
-        <v>37</v>
+        <v>57</v>
       </c>
       <c r="C72" s="0" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" s="0" t="s">
-        <v>74</v>
+        <v>78</v>
       </c>
       <c r="B73" s="0" t="s">
-        <v>75</v>
+        <v>79</v>
       </c>
       <c r="C73" s="0" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" s="0" t="s">
-        <v>38</v>
+        <v>58</v>
       </c>
       <c r="B74" s="0" t="s">
-        <v>39</v>
+        <v>59</v>
       </c>
       <c r="C74" s="0" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" s="0" t="s">
-        <v>76</v>
+        <v>80</v>
       </c>
       <c r="B75" s="0" t="s">
-        <v>77</v>
+        <v>81</v>
       </c>
       <c r="C75" s="0" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" s="0" t="s">
-        <v>40</v>
+        <v>28</v>
       </c>
       <c r="B76" s="0" t="s">
-        <v>41</v>
+        <v>29</v>
       </c>
       <c r="C76" s="0" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" s="0" t="s">
-        <v>78</v>
+        <v>60</v>
       </c>
       <c r="B77" s="0" t="s">
-        <v>79</v>
+        <v>61</v>
       </c>
       <c r="C77" s="0" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" s="0" t="s">
-        <v>80</v>
+        <v>62</v>
       </c>
       <c r="B78" s="0" t="s">
-        <v>81</v>
+        <v>63</v>
       </c>
       <c r="C78" s="0" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" s="0" t="s">
-        <v>82</v>
+        <v>64</v>
       </c>
       <c r="B79" s="0" t="s">
-        <v>83</v>
+        <v>65</v>
       </c>
       <c r="C79" s="0" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" s="0" t="s">
-        <v>42</v>
+        <v>66</v>
       </c>
       <c r="B80" s="0" t="s">
-        <v>43</v>
+        <v>67</v>
       </c>
       <c r="C80" s="0" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" s="0" t="s">
         <v>84</v>
       </c>
       <c r="B81" s="0" t="s">
         <v>85</v>
       </c>
       <c r="C81" s="0" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" s="0" t="s">
-        <v>44</v>
+        <v>68</v>
       </c>
       <c r="B82" s="0" t="s">
-        <v>45</v>
+        <v>69</v>
       </c>
       <c r="C82" s="0" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" s="0" t="s">
-        <v>86</v>
+        <v>82</v>
       </c>
       <c r="B83" s="0" t="s">
-        <v>87</v>
+        <v>83</v>
       </c>
       <c r="C83" s="0" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" s="0" t="s">
-        <v>32</v>
+        <v>54</v>
       </c>
       <c r="B84" s="0" t="s">
-        <v>33</v>
+        <v>55</v>
       </c>
       <c r="C84" s="0" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" s="0" t="s">
         <v>72</v>
       </c>
       <c r="B85" s="0" t="s">
         <v>73</v>
       </c>
       <c r="C85" s="0" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="86">
       <c r="C86" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="87">
       <c r="C87" s="0" t="s">
         <v>11</v>
       </c>
@@ -1446,271 +1446,271 @@
         <v>10</v>
       </c>
       <c r="C112" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" s="0" t="s">
         <v>12</v>
       </c>
       <c r="B113" s="0" t="s">
         <v>13</v>
       </c>
       <c r="C113" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" s="0" t="s">
         <v>14</v>
       </c>
       <c r="B114" s="0" t="s">
         <v>15</v>
       </c>
       <c r="C114" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" s="0" t="s">
         <v>16</v>
       </c>
       <c r="B115" s="0" t="s">
         <v>17</v>
       </c>
       <c r="C115" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" s="0" t="s">
         <v>18</v>
       </c>
       <c r="B116" s="0" t="s">
         <v>19</v>
       </c>
       <c r="C116" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" s="0" t="s">
         <v>20</v>
       </c>
       <c r="B117" s="0" t="s">
         <v>21</v>
       </c>
       <c r="C117" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" s="0" t="s">
         <v>22</v>
       </c>
       <c r="B118" s="0" t="s">
         <v>23</v>
       </c>
       <c r="C118" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
     </row>
     <row r="119">
       <c r="A119" s="0" t="s">
         <v>24</v>
       </c>
       <c r="B119" s="0" t="s">
         <v>25</v>
       </c>
       <c r="C119" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="120">
       <c r="A120" s="0" t="s">
         <v>26</v>
       </c>
       <c r="B120" s="0" t="s">
         <v>27</v>
       </c>
       <c r="C120" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="121">
       <c r="A121" s="0" t="s">
         <v>28</v>
       </c>
       <c r="B121" s="0" t="s">
         <v>29</v>
       </c>
       <c r="C121" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="122">
       <c r="A122" s="0" t="s">
         <v>30</v>
       </c>
       <c r="B122" s="0" t="s">
         <v>31</v>
       </c>
       <c r="C122" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
     </row>
     <row r="123">
       <c r="A123" s="0" t="s">
         <v>32</v>
       </c>
       <c r="B123" s="0" t="s">
         <v>33</v>
       </c>
       <c r="C123" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
     </row>
     <row r="124">
       <c r="A124" s="0" t="s">
         <v>34</v>
       </c>
       <c r="B124" s="0" t="s">
         <v>35</v>
       </c>
       <c r="C124" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="125">
       <c r="A125" s="0" t="s">
         <v>36</v>
       </c>
       <c r="B125" s="0" t="s">
         <v>37</v>
       </c>
       <c r="C125" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
     </row>
     <row r="126">
       <c r="A126" s="0" t="s">
         <v>38</v>
       </c>
       <c r="B126" s="0" t="s">
         <v>39</v>
       </c>
       <c r="C126" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="127">
       <c r="A127" s="0" t="s">
         <v>40</v>
       </c>
       <c r="B127" s="0" t="s">
         <v>41</v>
       </c>
       <c r="C127" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="128">
       <c r="A128" s="0" t="s">
         <v>42</v>
       </c>
       <c r="B128" s="0" t="s">
         <v>43</v>
       </c>
       <c r="C128" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
     </row>
     <row r="129">
       <c r="A129" s="0" t="s">
         <v>44</v>
       </c>
       <c r="B129" s="0" t="s">
         <v>45</v>
       </c>
       <c r="C129" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="130">
       <c r="A130" s="0" t="s">
         <v>46</v>
       </c>
       <c r="B130" s="0" t="s">
         <v>47</v>
       </c>
       <c r="C130" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
     </row>
     <row r="131">
       <c r="A131" s="0" t="s">
         <v>48</v>
       </c>
       <c r="B131" s="0" t="s">
         <v>49</v>
       </c>
       <c r="C131" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="132">
       <c r="A132" s="0" t="s">
         <v>50</v>
       </c>
       <c r="B132" s="0" t="s">
         <v>51</v>
       </c>
       <c r="C132" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="133">
       <c r="A133" s="0" t="s">
         <v>52</v>
       </c>
       <c r="B133" s="0" t="s">
         <v>53</v>
       </c>
       <c r="C133" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="134">
       <c r="A134" s="0" t="s">
         <v>54</v>
       </c>
       <c r="B134" s="0" t="s">
         <v>55</v>
       </c>
       <c r="C134" s="0" t="s">
-        <v>11</v>
+        <v>5</v>
       </c>
     </row>
     <row r="135">
       <c r="A135" s="0" t="s">
         <v>56</v>
       </c>
       <c r="B135" s="0" t="s">
         <v>57</v>
       </c>
       <c r="C135" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="136">
       <c r="A136" s="0" t="s">
         <v>58</v>
       </c>
       <c r="B136" s="0" t="s">
         <v>59</v>
       </c>
       <c r="C136" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="137">
@@ -1765,51 +1765,51 @@
         <v>69</v>
       </c>
       <c r="C141" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="142">
       <c r="A142" s="0" t="s">
         <v>70</v>
       </c>
       <c r="B142" s="0" t="s">
         <v>71</v>
       </c>
       <c r="C142" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="143">
       <c r="A143" s="0" t="s">
         <v>72</v>
       </c>
       <c r="B143" s="0" t="s">
         <v>73</v>
       </c>
       <c r="C143" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
     </row>
     <row r="144">
       <c r="A144" s="0" t="s">
         <v>74</v>
       </c>
       <c r="B144" s="0" t="s">
         <v>75</v>
       </c>
       <c r="C144" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="145">
       <c r="A145" s="0" t="s">
         <v>76</v>
       </c>
       <c r="B145" s="0" t="s">
         <v>77</v>
       </c>
       <c r="C145" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="146">
@@ -1858,494 +1858,494 @@
     </row>
     <row r="150">
       <c r="A150" s="0" t="s">
         <v>86</v>
       </c>
       <c r="B150" s="0" t="s">
         <v>87</v>
       </c>
       <c r="C150" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="151">
       <c r="A151" s="0" t="s">
         <v>88</v>
       </c>
       <c r="B151" s="0" t="s">
         <v>89</v>
       </c>
       <c r="C151" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="152">
       <c r="A152" s="0" t="s">
-        <v>56</v>
+        <v>38</v>
       </c>
       <c r="B152" s="0" t="s">
-        <v>57</v>
+        <v>39</v>
       </c>
       <c r="C152" s="0" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="153">
       <c r="A153" s="0" t="s">
         <v>3</v>
       </c>
       <c r="B153" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C153" s="0" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="154">
       <c r="A154" s="0" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="B154" s="0" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="C154" s="0" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="155">
       <c r="A155" s="0" t="s">
         <v>6</v>
       </c>
       <c r="B155" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C155" s="0" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="156">
       <c r="A156" s="0" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="B156" s="0" t="s">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="C156" s="0" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="157">
       <c r="A157" s="0" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="B157" s="0" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="C157" s="0" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="158">
       <c r="A158" s="0" t="s">
-        <v>46</v>
+        <v>86</v>
       </c>
       <c r="B158" s="0" t="s">
-        <v>47</v>
+        <v>87</v>
       </c>
       <c r="C158" s="0" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="159">
       <c r="A159" s="0" t="s">
-        <v>22</v>
+        <v>88</v>
       </c>
       <c r="B159" s="0" t="s">
-        <v>23</v>
+        <v>89</v>
       </c>
       <c r="C159" s="0" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="160">
       <c r="A160" s="0" t="s">
-        <v>48</v>
+        <v>30</v>
       </c>
       <c r="B160" s="0" t="s">
-        <v>49</v>
+        <v>31</v>
       </c>
       <c r="C160" s="0" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="161">
       <c r="A161" s="0" t="s">
-        <v>58</v>
+        <v>40</v>
       </c>
       <c r="B161" s="0" t="s">
-        <v>59</v>
+        <v>41</v>
       </c>
       <c r="C161" s="0" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="162">
       <c r="A162" s="0" t="s">
-        <v>50</v>
+        <v>32</v>
       </c>
       <c r="B162" s="0" t="s">
-        <v>51</v>
+        <v>33</v>
       </c>
       <c r="C162" s="0" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="163">
       <c r="A163" s="0" t="s">
-        <v>60</v>
+        <v>42</v>
       </c>
       <c r="B163" s="0" t="s">
-        <v>61</v>
+        <v>43</v>
       </c>
       <c r="C163" s="0" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="164">
       <c r="A164" s="0" t="s">
-        <v>52</v>
+        <v>34</v>
       </c>
       <c r="B164" s="0" t="s">
-        <v>53</v>
+        <v>35</v>
       </c>
       <c r="C164" s="0" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="165">
       <c r="A165" s="0" t="s">
-        <v>62</v>
+        <v>44</v>
       </c>
       <c r="B165" s="0" t="s">
-        <v>63</v>
+        <v>45</v>
       </c>
       <c r="C165" s="0" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="166">
       <c r="A166" s="0" t="s">
-        <v>54</v>
+        <v>36</v>
       </c>
       <c r="B166" s="0" t="s">
-        <v>55</v>
+        <v>37</v>
       </c>
       <c r="C166" s="0" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="167">
       <c r="A167" s="0" t="s">
-        <v>64</v>
+        <v>46</v>
       </c>
       <c r="B167" s="0" t="s">
-        <v>65</v>
+        <v>47</v>
       </c>
       <c r="C167" s="0" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="168">
       <c r="A168" s="0" t="s">
-        <v>66</v>
+        <v>48</v>
       </c>
       <c r="B168" s="0" t="s">
-        <v>67</v>
+        <v>49</v>
       </c>
       <c r="C168" s="0" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="169">
       <c r="A169" s="0" t="s">
-        <v>68</v>
+        <v>50</v>
       </c>
       <c r="B169" s="0" t="s">
-        <v>69</v>
+        <v>51</v>
       </c>
       <c r="C169" s="0" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="170">
       <c r="A170" s="0" t="s">
         <v>9</v>
       </c>
       <c r="B170" s="0" t="s">
         <v>10</v>
       </c>
       <c r="C170" s="0" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="171">
       <c r="A171" s="0" t="s">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="B171" s="0" t="s">
-        <v>25</v>
+        <v>21</v>
       </c>
       <c r="C171" s="0" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="172">
       <c r="A172" s="0" t="s">
         <v>12</v>
       </c>
       <c r="B172" s="0" t="s">
         <v>13</v>
       </c>
       <c r="C172" s="0" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="173">
       <c r="A173" s="0" t="s">
-        <v>26</v>
+        <v>22</v>
       </c>
       <c r="B173" s="0" t="s">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="C173" s="0" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="174">
       <c r="A174" s="0" t="s">
-        <v>30</v>
+        <v>52</v>
       </c>
       <c r="B174" s="0" t="s">
-        <v>31</v>
+        <v>53</v>
       </c>
       <c r="C174" s="0" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="175">
       <c r="A175" s="0" t="s">
-        <v>70</v>
+        <v>74</v>
       </c>
       <c r="B175" s="0" t="s">
-        <v>71</v>
+        <v>75</v>
       </c>
       <c r="C175" s="0" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="176">
       <c r="A176" s="0" t="s">
-        <v>14</v>
+        <v>24</v>
       </c>
       <c r="B176" s="0" t="s">
-        <v>15</v>
+        <v>25</v>
       </c>
       <c r="C176" s="0" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="177">
       <c r="A177" s="0" t="s">
-        <v>28</v>
+        <v>76</v>
       </c>
       <c r="B177" s="0" t="s">
-        <v>29</v>
+        <v>77</v>
       </c>
       <c r="C177" s="0" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="178">
       <c r="A178" s="0" t="s">
-        <v>34</v>
+        <v>26</v>
       </c>
       <c r="B178" s="0" t="s">
-        <v>35</v>
+        <v>27</v>
       </c>
       <c r="C178" s="0" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="179">
       <c r="A179" s="0" t="s">
-        <v>88</v>
+        <v>70</v>
       </c>
       <c r="B179" s="0" t="s">
-        <v>89</v>
+        <v>71</v>
       </c>
       <c r="C179" s="0" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="180">
       <c r="A180" s="0" t="s">
-        <v>36</v>
+        <v>56</v>
       </c>
       <c r="B180" s="0" t="s">
-        <v>37</v>
+        <v>57</v>
       </c>
       <c r="C180" s="0" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="181">
       <c r="A181" s="0" t="s">
-        <v>74</v>
+        <v>78</v>
       </c>
       <c r="B181" s="0" t="s">
-        <v>75</v>
+        <v>79</v>
       </c>
       <c r="C181" s="0" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="182">
       <c r="A182" s="0" t="s">
-        <v>38</v>
+        <v>58</v>
       </c>
       <c r="B182" s="0" t="s">
-        <v>39</v>
+        <v>59</v>
       </c>
       <c r="C182" s="0" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="183">
       <c r="A183" s="0" t="s">
-        <v>76</v>
+        <v>80</v>
       </c>
       <c r="B183" s="0" t="s">
-        <v>77</v>
+        <v>81</v>
       </c>
       <c r="C183" s="0" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="184">
       <c r="A184" s="0" t="s">
-        <v>40</v>
+        <v>28</v>
       </c>
       <c r="B184" s="0" t="s">
-        <v>41</v>
+        <v>29</v>
       </c>
       <c r="C184" s="0" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="185">
       <c r="A185" s="0" t="s">
-        <v>78</v>
+        <v>60</v>
       </c>
       <c r="B185" s="0" t="s">
-        <v>79</v>
+        <v>61</v>
       </c>
       <c r="C185" s="0" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="186">
       <c r="A186" s="0" t="s">
-        <v>80</v>
+        <v>62</v>
       </c>
       <c r="B186" s="0" t="s">
-        <v>81</v>
+        <v>63</v>
       </c>
       <c r="C186" s="0" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="187">
       <c r="A187" s="0" t="s">
-        <v>82</v>
+        <v>64</v>
       </c>
       <c r="B187" s="0" t="s">
-        <v>83</v>
+        <v>65</v>
       </c>
       <c r="C187" s="0" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="188">
       <c r="A188" s="0" t="s">
-        <v>42</v>
+        <v>66</v>
       </c>
       <c r="B188" s="0" t="s">
-        <v>43</v>
+        <v>67</v>
       </c>
       <c r="C188" s="0" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="189">
       <c r="A189" s="0" t="s">
         <v>84</v>
       </c>
       <c r="B189" s="0" t="s">
         <v>85</v>
       </c>
       <c r="C189" s="0" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="190">
       <c r="A190" s="0" t="s">
-        <v>44</v>
+        <v>68</v>
       </c>
       <c r="B190" s="0" t="s">
-        <v>45</v>
+        <v>69</v>
       </c>
       <c r="C190" s="0" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="191">
       <c r="A191" s="0" t="s">
-        <v>86</v>
+        <v>82</v>
       </c>
       <c r="B191" s="0" t="s">
-        <v>87</v>
+        <v>83</v>
       </c>
       <c r="C191" s="0" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="192">
       <c r="A192" s="0" t="s">
-        <v>32</v>
+        <v>54</v>
       </c>
       <c r="B192" s="0" t="s">
-        <v>33</v>
+        <v>55</v>
       </c>
       <c r="C192" s="0" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="193">
       <c r="A193" s="0" t="s">
         <v>72</v>
       </c>
       <c r="B193" s="0" t="s">
         <v>73</v>
       </c>
       <c r="C193" s="0" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="194">
       <c r="C194" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="195">
       <c r="C195" s="0" t="s">
         <v>11</v>
       </c>