--- v0 (2025-10-27)
+++ v1 (2026-02-24)
@@ -4,245 +4,242 @@
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Part" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="66" uniqueCount="66">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="65" uniqueCount="65">
   <si>
     <t>Product No</t>
   </si>
   <si>
     <t>Product name</t>
   </si>
   <si>
     <t>Path</t>
   </si>
   <si>
+    <t>6014Q8</t>
+  </si>
+  <si>
+    <t>Q60 DM</t>
+  </si>
+  <si>
+    <t xml:space="preserve">/ </t>
+  </si>
+  <si>
+    <t>6016Q8</t>
+  </si>
+  <si>
+    <t>Q60 DM ext.</t>
+  </si>
+  <si>
+    <t>6044Q8</t>
+  </si>
+  <si>
+    <t>6046Q8</t>
+  </si>
+  <si>
+    <t>6114T8</t>
+  </si>
+  <si>
+    <t>+5.1 DM</t>
+  </si>
+  <si>
+    <t>6116T8</t>
+  </si>
+  <si>
+    <t>+5.1 DM ext.</t>
+  </si>
+  <si>
+    <t>6014T8</t>
+  </si>
+  <si>
+    <t>+5.0 DM</t>
+  </si>
+  <si>
+    <t>6016T8</t>
+  </si>
+  <si>
+    <t>+5.0 DM ext.</t>
+  </si>
+  <si>
+    <t>6044T8</t>
+  </si>
+  <si>
+    <t>6046T8</t>
+  </si>
+  <si>
+    <t>6534Q8</t>
+  </si>
+  <si>
+    <t>Q65 DM</t>
+  </si>
+  <si>
+    <t>6564Q8</t>
+  </si>
+  <si>
+    <t>7512T8</t>
+  </si>
+  <si>
+    <t>+6.0P UM</t>
+  </si>
+  <si>
+    <t>7514T8</t>
+  </si>
+  <si>
+    <t>+6.0P DM</t>
+  </si>
+  <si>
+    <t>7516T8</t>
+  </si>
+  <si>
+    <t>+6.0P DM ext.</t>
+  </si>
+  <si>
+    <t>6814T8</t>
+  </si>
+  <si>
+    <t>+5.3P DM</t>
+  </si>
+  <si>
+    <t>6816T8</t>
+  </si>
+  <si>
+    <t>+5.3P DM ext.</t>
+  </si>
+  <si>
+    <t>7612T8</t>
+  </si>
+  <si>
+    <t>+6.1P UM</t>
+  </si>
+  <si>
+    <t>7614T8</t>
+  </si>
+  <si>
+    <t>+6.1P DM</t>
+  </si>
+  <si>
+    <t>7616T8</t>
+  </si>
+  <si>
+    <t>+6.1P DM ext.</t>
+  </si>
+  <si>
+    <t>7854T8</t>
+  </si>
+  <si>
+    <t>+6.3P DM</t>
+  </si>
+  <si>
     <t>6114Q8</t>
   </si>
   <si>
     <t>Q61 DM</t>
   </si>
   <si>
-    <t>/12712010-1 Cylinder</t>
-[...1 lines deleted...]
-  <si>
     <t>6116Q8</t>
   </si>
   <si>
     <t>Q61 DM ext.</t>
   </si>
   <si>
-    <t>6014Q8</t>
-[...49 lines deleted...]
-  <si>
     <t>6814Q8</t>
   </si>
   <si>
     <t>Q68 DM</t>
   </si>
   <si>
     <t>6816Q8</t>
   </si>
   <si>
     <t>Q68 DM ext.</t>
   </si>
   <si>
     <t>7612Q8</t>
   </si>
   <si>
     <t>Q76 UM</t>
   </si>
   <si>
     <t>7614Q8</t>
   </si>
   <si>
     <t>Q76 DM</t>
   </si>
   <si>
     <t>7616Q8</t>
   </si>
   <si>
     <t>Q76 DM ext.</t>
   </si>
   <si>
     <t>7854Q8</t>
   </si>
   <si>
     <t>Q78 DM</t>
   </si>
   <si>
-    <t>6534Q8</t>
-[...7 lines deleted...]
-  <si>
     <t>7512Q8</t>
   </si>
   <si>
     <t>Q75 UM</t>
   </si>
   <si>
     <t>7514Q8</t>
   </si>
   <si>
     <t>Q75 DM</t>
   </si>
   <si>
     <t>7516Q8</t>
   </si>
   <si>
     <t>Q75 DM ext.</t>
   </si>
   <si>
     <t>7524Q8</t>
-  </si>
-[...52 lines deleted...]
-    <t>+6.3P DM</t>
   </si>
   <si>
     <t xml:space="preserve">Hydraulics/ </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
@@ -258,1675 +255,1675 @@
     <xf numFmtId="0" fontId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:C169"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="11.3395004272461" customWidth="1"/>
     <col min="2" max="2" width="13.7733736038208" customWidth="1"/>
-    <col min="3" max="3" width="20.4498958587646" customWidth="1"/>
+    <col min="3" max="3" width="11.3671236038208" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="0" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="0" t="s">
         <v>3</v>
       </c>
       <c r="B2" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C2" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="s">
         <v>6</v>
       </c>
       <c r="B3" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C3" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="0" t="s">
         <v>8</v>
       </c>
       <c r="B4" s="0" t="s">
-        <v>9</v>
+        <v>4</v>
       </c>
       <c r="C4" s="0" t="s">
-        <v>10</v>
+        <v>5</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="0" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="B5" s="0" t="s">
-        <v>12</v>
+        <v>4</v>
       </c>
       <c r="C5" s="0" t="s">
-        <v>10</v>
+        <v>5</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="0" t="s">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="B6" s="0" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="C6" s="0" t="s">
-        <v>10</v>
+        <v>5</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="0" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="B7" s="0" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="C7" s="0" t="s">
-        <v>10</v>
+        <v>5</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="B8" s="0" t="s">
         <v>15</v>
       </c>
-      <c r="B8" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C8" s="0" t="s">
-        <v>10</v>
+        <v>5</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="B9" s="0" t="s">
         <v>17</v>
       </c>
-      <c r="B9" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C9" s="0" t="s">
-        <v>10</v>
+        <v>5</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="0" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="B10" s="0" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
       <c r="C10" s="0" t="s">
-        <v>10</v>
+        <v>5</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="0" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="B11" s="0" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="C11" s="0" t="s">
-        <v>10</v>
+        <v>5</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="0" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="B12" s="0" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="C12" s="0" t="s">
-        <v>10</v>
+        <v>5</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="0" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="B13" s="0" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="C13" s="0" t="s">
-        <v>10</v>
+        <v>5</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="0" t="s">
-        <v>25</v>
+        <v>23</v>
       </c>
       <c r="B14" s="0" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="C14" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="0" t="s">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="B15" s="0" t="s">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="C15" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="0" t="s">
-        <v>29</v>
+        <v>27</v>
       </c>
       <c r="B16" s="0" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="C16" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="0" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="B17" s="0" t="s">
-        <v>32</v>
+        <v>30</v>
       </c>
       <c r="C17" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="0" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="B18" s="0" t="s">
-        <v>34</v>
+        <v>32</v>
       </c>
       <c r="C18" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="0" t="s">
-        <v>35</v>
+        <v>33</v>
       </c>
       <c r="B19" s="0" t="s">
-        <v>36</v>
+        <v>34</v>
       </c>
       <c r="C19" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="0" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="B20" s="0" t="s">
-        <v>38</v>
+        <v>36</v>
       </c>
       <c r="C20" s="0" t="s">
-        <v>10</v>
+        <v>5</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="0" t="s">
-        <v>39</v>
+        <v>37</v>
       </c>
       <c r="B21" s="0" t="s">
         <v>38</v>
       </c>
       <c r="C21" s="0" t="s">
-        <v>10</v>
+        <v>5</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="0" t="s">
+        <v>39</v>
+      </c>
+      <c r="B22" s="0" t="s">
         <v>40</v>
-      </c>
-[...1 lines deleted...]
-        <v>41</v>
       </c>
       <c r="C22" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="0" t="s">
+        <v>41</v>
+      </c>
+      <c r="B23" s="0" t="s">
         <v>42</v>
-      </c>
-[...1 lines deleted...]
-        <v>43</v>
       </c>
       <c r="C23" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="0" t="s">
+        <v>43</v>
+      </c>
+      <c r="B24" s="0" t="s">
         <v>44</v>
-      </c>
-[...1 lines deleted...]
-        <v>45</v>
       </c>
       <c r="C24" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="0" t="s">
+        <v>45</v>
+      </c>
+      <c r="B25" s="0" t="s">
         <v>46</v>
-      </c>
-[...1 lines deleted...]
-        <v>43</v>
       </c>
       <c r="C25" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="0" t="s">
         <v>47</v>
       </c>
       <c r="B26" s="0" t="s">
         <v>48</v>
       </c>
       <c r="C26" s="0" t="s">
-        <v>10</v>
+        <v>5</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="0" t="s">
         <v>49</v>
       </c>
       <c r="B27" s="0" t="s">
         <v>50</v>
       </c>
       <c r="C27" s="0" t="s">
-        <v>10</v>
+        <v>5</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="0" t="s">
         <v>51</v>
       </c>
       <c r="B28" s="0" t="s">
         <v>52</v>
       </c>
       <c r="C28" s="0" t="s">
-        <v>10</v>
+        <v>5</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="0" t="s">
         <v>53</v>
       </c>
       <c r="B29" s="0" t="s">
         <v>54</v>
       </c>
       <c r="C29" s="0" t="s">
-        <v>10</v>
+        <v>5</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="0" t="s">
         <v>55</v>
       </c>
       <c r="B30" s="0" t="s">
         <v>56</v>
       </c>
       <c r="C30" s="0" t="s">
-        <v>10</v>
+        <v>5</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="0" t="s">
         <v>57</v>
       </c>
       <c r="B31" s="0" t="s">
         <v>58</v>
       </c>
       <c r="C31" s="0" t="s">
-        <v>10</v>
+        <v>5</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="0" t="s">
         <v>59</v>
       </c>
       <c r="B32" s="0" t="s">
         <v>60</v>
       </c>
       <c r="C32" s="0" t="s">
-        <v>10</v>
+        <v>5</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="0" t="s">
         <v>61</v>
       </c>
       <c r="B33" s="0" t="s">
         <v>62</v>
       </c>
       <c r="C33" s="0" t="s">
-        <v>10</v>
+        <v>5</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="0" t="s">
         <v>63</v>
       </c>
       <c r="B34" s="0" t="s">
-        <v>64</v>
+        <v>60</v>
       </c>
       <c r="C34" s="0" t="s">
-        <v>10</v>
+        <v>5</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="0" t="s">
-        <v>3</v>
+        <v>10</v>
       </c>
       <c r="B35" s="0" t="s">
-        <v>4</v>
+        <v>11</v>
       </c>
       <c r="C35" s="0" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="0" t="s">
-        <v>15</v>
+        <v>41</v>
       </c>
       <c r="B36" s="0" t="s">
-        <v>16</v>
+        <v>42</v>
       </c>
       <c r="C36" s="0" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="0" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
       <c r="B37" s="0" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C37" s="0" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="0" t="s">
-        <v>55</v>
+        <v>47</v>
       </c>
       <c r="B38" s="0" t="s">
-        <v>56</v>
+        <v>48</v>
       </c>
       <c r="C38" s="0" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="0" t="s">
-        <v>8</v>
+        <v>3</v>
       </c>
       <c r="B39" s="0" t="s">
-        <v>9</v>
+        <v>4</v>
       </c>
       <c r="C39" s="0" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="0" t="s">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="B40" s="0" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
       <c r="C40" s="0" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="0" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
       <c r="B41" s="0" t="s">
-        <v>12</v>
+        <v>7</v>
       </c>
       <c r="C41" s="0" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="0" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="B42" s="0" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="C42" s="0" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="0" t="s">
-        <v>13</v>
+        <v>8</v>
       </c>
       <c r="B43" s="0" t="s">
-        <v>9</v>
+        <v>4</v>
       </c>
       <c r="C43" s="0" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="0" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="B44" s="0" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
       <c r="C44" s="0" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="0" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="B45" s="0" t="s">
-        <v>9</v>
+        <v>4</v>
       </c>
       <c r="C45" s="0" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="0" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="B46" s="0" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
       <c r="C46" s="0" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="0" t="s">
-        <v>37</v>
+        <v>20</v>
       </c>
       <c r="B47" s="0" t="s">
-        <v>38</v>
+        <v>21</v>
       </c>
       <c r="C47" s="0" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="0" t="s">
-        <v>39</v>
+        <v>22</v>
       </c>
       <c r="B48" s="0" t="s">
-        <v>38</v>
+        <v>21</v>
       </c>
       <c r="C48" s="0" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="0" t="s">
-        <v>40</v>
+        <v>23</v>
       </c>
       <c r="B49" s="0" t="s">
-        <v>41</v>
+        <v>24</v>
       </c>
       <c r="C49" s="0" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="0" t="s">
-        <v>47</v>
+        <v>57</v>
       </c>
       <c r="B50" s="0" t="s">
-        <v>48</v>
+        <v>58</v>
       </c>
       <c r="C50" s="0" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="0" t="s">
-        <v>42</v>
+        <v>25</v>
       </c>
       <c r="B51" s="0" t="s">
-        <v>43</v>
+        <v>26</v>
       </c>
       <c r="C51" s="0" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="0" t="s">
-        <v>49</v>
+        <v>59</v>
       </c>
       <c r="B52" s="0" t="s">
-        <v>50</v>
+        <v>60</v>
       </c>
       <c r="C52" s="0" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="0" t="s">
-        <v>44</v>
+        <v>27</v>
       </c>
       <c r="B53" s="0" t="s">
-        <v>45</v>
+        <v>28</v>
       </c>
       <c r="C53" s="0" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="0" t="s">
-        <v>51</v>
+        <v>61</v>
       </c>
       <c r="B54" s="0" t="s">
-        <v>52</v>
+        <v>62</v>
       </c>
       <c r="C54" s="0" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="0" t="s">
-        <v>46</v>
+        <v>63</v>
       </c>
       <c r="B55" s="0" t="s">
-        <v>43</v>
+        <v>60</v>
       </c>
       <c r="C55" s="0" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="0" t="s">
-        <v>6</v>
+        <v>12</v>
       </c>
       <c r="B56" s="0" t="s">
-        <v>7</v>
+        <v>13</v>
       </c>
       <c r="C56" s="0" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="0" t="s">
-        <v>17</v>
+        <v>43</v>
       </c>
       <c r="B57" s="0" t="s">
-        <v>18</v>
+        <v>44</v>
       </c>
       <c r="C57" s="0" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="0" t="s">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="B58" s="0" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="C58" s="0" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="0" t="s">
-        <v>53</v>
+        <v>45</v>
       </c>
       <c r="B59" s="0" t="s">
-        <v>54</v>
+        <v>46</v>
       </c>
       <c r="C59" s="0" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="0" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="B60" s="0" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="C60" s="0" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="0" t="s">
-        <v>57</v>
+        <v>49</v>
       </c>
       <c r="B61" s="0" t="s">
-        <v>58</v>
+        <v>50</v>
       </c>
       <c r="C61" s="0" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="0" t="s">
-        <v>31</v>
+        <v>35</v>
       </c>
       <c r="B62" s="0" t="s">
-        <v>32</v>
+        <v>36</v>
       </c>
       <c r="C62" s="0" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="0" t="s">
-        <v>59</v>
+        <v>51</v>
       </c>
       <c r="B63" s="0" t="s">
-        <v>60</v>
+        <v>52</v>
       </c>
       <c r="C63" s="0" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="0" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="B64" s="0" t="s">
-        <v>34</v>
+        <v>38</v>
       </c>
       <c r="C64" s="0" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
       <c r="B65" s="0" t="s">
-        <v>62</v>
+        <v>54</v>
       </c>
       <c r="C65" s="0" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="0" t="s">
-        <v>35</v>
+        <v>39</v>
       </c>
       <c r="B66" s="0" t="s">
-        <v>36</v>
+        <v>40</v>
       </c>
       <c r="C66" s="0" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="0" t="s">
-        <v>63</v>
+        <v>55</v>
       </c>
       <c r="B67" s="0" t="s">
-        <v>64</v>
+        <v>56</v>
       </c>
       <c r="C67" s="0" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
     </row>
     <row r="68">
       <c r="C68" s="0" t="s">
-        <v>10</v>
+        <v>5</v>
       </c>
     </row>
     <row r="69">
       <c r="C69" s="0" t="s">
-        <v>10</v>
+        <v>5</v>
       </c>
     </row>
     <row r="70">
       <c r="C70" s="0" t="s">
-        <v>10</v>
+        <v>5</v>
       </c>
     </row>
     <row r="71">
       <c r="C71" s="0" t="s">
-        <v>10</v>
+        <v>5</v>
       </c>
     </row>
     <row r="72">
       <c r="C72" s="0" t="s">
-        <v>10</v>
+        <v>5</v>
       </c>
     </row>
     <row r="73">
       <c r="C73" s="0" t="s">
-        <v>10</v>
+        <v>5</v>
       </c>
     </row>
     <row r="74">
       <c r="C74" s="0" t="s">
-        <v>10</v>
+        <v>5</v>
       </c>
     </row>
     <row r="75">
       <c r="C75" s="0" t="s">
-        <v>10</v>
+        <v>5</v>
       </c>
     </row>
     <row r="76">
       <c r="C76" s="0" t="s">
-        <v>10</v>
+        <v>5</v>
       </c>
     </row>
     <row r="77">
       <c r="C77" s="0" t="s">
-        <v>10</v>
+        <v>5</v>
       </c>
     </row>
     <row r="78">
       <c r="C78" s="0" t="s">
-        <v>10</v>
+        <v>5</v>
       </c>
     </row>
     <row r="79">
       <c r="C79" s="0" t="s">
-        <v>10</v>
+        <v>5</v>
       </c>
     </row>
     <row r="80">
       <c r="C80" s="0" t="s">
-        <v>10</v>
+        <v>5</v>
       </c>
     </row>
     <row r="81">
       <c r="C81" s="0" t="s">
-        <v>10</v>
+        <v>5</v>
       </c>
     </row>
     <row r="82">
       <c r="C82" s="0" t="s">
-        <v>10</v>
+        <v>5</v>
       </c>
     </row>
     <row r="83">
       <c r="C83" s="0" t="s">
-        <v>10</v>
+        <v>5</v>
       </c>
     </row>
     <row r="84">
       <c r="C84" s="0" t="s">
-        <v>10</v>
+        <v>5</v>
       </c>
     </row>
     <row r="85">
       <c r="C85" s="0" t="s">
-        <v>10</v>
+        <v>5</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" s="0" t="s">
         <v>3</v>
       </c>
       <c r="B86" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C86" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" s="0" t="s">
         <v>6</v>
       </c>
       <c r="B87" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C87" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" s="0" t="s">
         <v>8</v>
       </c>
       <c r="B88" s="0" t="s">
-        <v>9</v>
+        <v>4</v>
       </c>
       <c r="C88" s="0" t="s">
-        <v>10</v>
+        <v>5</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" s="0" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="B89" s="0" t="s">
-        <v>12</v>
+        <v>4</v>
       </c>
       <c r="C89" s="0" t="s">
-        <v>10</v>
+        <v>5</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" s="0" t="s">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="B90" s="0" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="C90" s="0" t="s">
-        <v>10</v>
+        <v>5</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" s="0" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="B91" s="0" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="C91" s="0" t="s">
-        <v>10</v>
+        <v>5</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="B92" s="0" t="s">
         <v>15</v>
       </c>
-      <c r="B92" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C92" s="0" t="s">
-        <v>10</v>
+        <v>5</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="B93" s="0" t="s">
         <v>17</v>
       </c>
-      <c r="B93" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C93" s="0" t="s">
-        <v>10</v>
+        <v>5</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" s="0" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="B94" s="0" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
       <c r="C94" s="0" t="s">
-        <v>10</v>
+        <v>5</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" s="0" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="B95" s="0" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="C95" s="0" t="s">
-        <v>10</v>
+        <v>5</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" s="0" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="B96" s="0" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="C96" s="0" t="s">
-        <v>10</v>
+        <v>5</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" s="0" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="B97" s="0" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="C97" s="0" t="s">
-        <v>10</v>
+        <v>5</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" s="0" t="s">
-        <v>25</v>
+        <v>23</v>
       </c>
       <c r="B98" s="0" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="C98" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" s="0" t="s">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="B99" s="0" t="s">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="C99" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" s="0" t="s">
-        <v>29</v>
+        <v>27</v>
       </c>
       <c r="B100" s="0" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="C100" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" s="0" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="B101" s="0" t="s">
-        <v>32</v>
+        <v>30</v>
       </c>
       <c r="C101" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" s="0" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="B102" s="0" t="s">
-        <v>34</v>
+        <v>32</v>
       </c>
       <c r="C102" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" s="0" t="s">
-        <v>35</v>
+        <v>33</v>
       </c>
       <c r="B103" s="0" t="s">
-        <v>36</v>
+        <v>34</v>
       </c>
       <c r="C103" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" s="0" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="B104" s="0" t="s">
-        <v>38</v>
+        <v>36</v>
       </c>
       <c r="C104" s="0" t="s">
-        <v>10</v>
+        <v>5</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" s="0" t="s">
-        <v>39</v>
+        <v>37</v>
       </c>
       <c r="B105" s="0" t="s">
         <v>38</v>
       </c>
       <c r="C105" s="0" t="s">
-        <v>10</v>
+        <v>5</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" s="0" t="s">
+        <v>39</v>
+      </c>
+      <c r="B106" s="0" t="s">
         <v>40</v>
-      </c>
-[...1 lines deleted...]
-        <v>41</v>
       </c>
       <c r="C106" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" s="0" t="s">
+        <v>41</v>
+      </c>
+      <c r="B107" s="0" t="s">
         <v>42</v>
-      </c>
-[...1 lines deleted...]
-        <v>43</v>
       </c>
       <c r="C107" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" s="0" t="s">
+        <v>43</v>
+      </c>
+      <c r="B108" s="0" t="s">
         <v>44</v>
-      </c>
-[...1 lines deleted...]
-        <v>45</v>
       </c>
       <c r="C108" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" s="0" t="s">
+        <v>45</v>
+      </c>
+      <c r="B109" s="0" t="s">
         <v>46</v>
-      </c>
-[...1 lines deleted...]
-        <v>43</v>
       </c>
       <c r="C109" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" s="0" t="s">
         <v>47</v>
       </c>
       <c r="B110" s="0" t="s">
         <v>48</v>
       </c>
       <c r="C110" s="0" t="s">
-        <v>10</v>
+        <v>5</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" s="0" t="s">
         <v>49</v>
       </c>
       <c r="B111" s="0" t="s">
         <v>50</v>
       </c>
       <c r="C111" s="0" t="s">
-        <v>10</v>
+        <v>5</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" s="0" t="s">
         <v>51</v>
       </c>
       <c r="B112" s="0" t="s">
         <v>52</v>
       </c>
       <c r="C112" s="0" t="s">
-        <v>10</v>
+        <v>5</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" s="0" t="s">
         <v>53</v>
       </c>
       <c r="B113" s="0" t="s">
         <v>54</v>
       </c>
       <c r="C113" s="0" t="s">
-        <v>10</v>
+        <v>5</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" s="0" t="s">
         <v>55</v>
       </c>
       <c r="B114" s="0" t="s">
         <v>56</v>
       </c>
       <c r="C114" s="0" t="s">
-        <v>10</v>
+        <v>5</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" s="0" t="s">
         <v>57</v>
       </c>
       <c r="B115" s="0" t="s">
         <v>58</v>
       </c>
       <c r="C115" s="0" t="s">
-        <v>10</v>
+        <v>5</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" s="0" t="s">
         <v>59</v>
       </c>
       <c r="B116" s="0" t="s">
         <v>60</v>
       </c>
       <c r="C116" s="0" t="s">
-        <v>10</v>
+        <v>5</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" s="0" t="s">
         <v>61</v>
       </c>
       <c r="B117" s="0" t="s">
         <v>62</v>
       </c>
       <c r="C117" s="0" t="s">
-        <v>10</v>
+        <v>5</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" s="0" t="s">
         <v>63</v>
       </c>
       <c r="B118" s="0" t="s">
-        <v>64</v>
+        <v>60</v>
       </c>
       <c r="C118" s="0" t="s">
-        <v>10</v>
+        <v>5</v>
       </c>
     </row>
     <row r="119">
       <c r="A119" s="0" t="s">
-        <v>3</v>
+        <v>10</v>
       </c>
       <c r="B119" s="0" t="s">
-        <v>4</v>
+        <v>11</v>
       </c>
       <c r="C119" s="0" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
     </row>
     <row r="120">
       <c r="A120" s="0" t="s">
-        <v>15</v>
+        <v>41</v>
       </c>
       <c r="B120" s="0" t="s">
-        <v>16</v>
+        <v>42</v>
       </c>
       <c r="C120" s="0" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
     </row>
     <row r="121">
       <c r="A121" s="0" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
       <c r="B121" s="0" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C121" s="0" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
     </row>
     <row r="122">
       <c r="A122" s="0" t="s">
-        <v>55</v>
+        <v>47</v>
       </c>
       <c r="B122" s="0" t="s">
-        <v>56</v>
+        <v>48</v>
       </c>
       <c r="C122" s="0" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
     </row>
     <row r="123">
       <c r="A123" s="0" t="s">
-        <v>8</v>
+        <v>3</v>
       </c>
       <c r="B123" s="0" t="s">
-        <v>9</v>
+        <v>4</v>
       </c>
       <c r="C123" s="0" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
     </row>
     <row r="124">
       <c r="A124" s="0" t="s">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="B124" s="0" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
       <c r="C124" s="0" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
     </row>
     <row r="125">
       <c r="A125" s="0" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
       <c r="B125" s="0" t="s">
-        <v>12</v>
+        <v>7</v>
       </c>
       <c r="C125" s="0" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
     </row>
     <row r="126">
       <c r="A126" s="0" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="B126" s="0" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="C126" s="0" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
     </row>
     <row r="127">
       <c r="A127" s="0" t="s">
-        <v>13</v>
+        <v>8</v>
       </c>
       <c r="B127" s="0" t="s">
-        <v>9</v>
+        <v>4</v>
       </c>
       <c r="C127" s="0" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
     </row>
     <row r="128">
       <c r="A128" s="0" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="B128" s="0" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
       <c r="C128" s="0" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
     </row>
     <row r="129">
       <c r="A129" s="0" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="B129" s="0" t="s">
-        <v>9</v>
+        <v>4</v>
       </c>
       <c r="C129" s="0" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
     </row>
     <row r="130">
       <c r="A130" s="0" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="B130" s="0" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
       <c r="C130" s="0" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
     </row>
     <row r="131">
       <c r="A131" s="0" t="s">
-        <v>37</v>
+        <v>20</v>
       </c>
       <c r="B131" s="0" t="s">
-        <v>38</v>
+        <v>21</v>
       </c>
       <c r="C131" s="0" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
     </row>
     <row r="132">
       <c r="A132" s="0" t="s">
-        <v>39</v>
+        <v>22</v>
       </c>
       <c r="B132" s="0" t="s">
-        <v>38</v>
+        <v>21</v>
       </c>
       <c r="C132" s="0" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
     </row>
     <row r="133">
       <c r="A133" s="0" t="s">
-        <v>40</v>
+        <v>23</v>
       </c>
       <c r="B133" s="0" t="s">
-        <v>41</v>
+        <v>24</v>
       </c>
       <c r="C133" s="0" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
     </row>
     <row r="134">
       <c r="A134" s="0" t="s">
-        <v>47</v>
+        <v>57</v>
       </c>
       <c r="B134" s="0" t="s">
-        <v>48</v>
+        <v>58</v>
       </c>
       <c r="C134" s="0" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
     </row>
     <row r="135">
       <c r="A135" s="0" t="s">
-        <v>42</v>
+        <v>25</v>
       </c>
       <c r="B135" s="0" t="s">
-        <v>43</v>
+        <v>26</v>
       </c>
       <c r="C135" s="0" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
     </row>
     <row r="136">
       <c r="A136" s="0" t="s">
-        <v>49</v>
+        <v>59</v>
       </c>
       <c r="B136" s="0" t="s">
-        <v>50</v>
+        <v>60</v>
       </c>
       <c r="C136" s="0" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
     </row>
     <row r="137">
       <c r="A137" s="0" t="s">
-        <v>44</v>
+        <v>27</v>
       </c>
       <c r="B137" s="0" t="s">
-        <v>45</v>
+        <v>28</v>
       </c>
       <c r="C137" s="0" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
     </row>
     <row r="138">
       <c r="A138" s="0" t="s">
-        <v>51</v>
+        <v>61</v>
       </c>
       <c r="B138" s="0" t="s">
-        <v>52</v>
+        <v>62</v>
       </c>
       <c r="C138" s="0" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
     </row>
     <row r="139">
       <c r="A139" s="0" t="s">
-        <v>46</v>
+        <v>63</v>
       </c>
       <c r="B139" s="0" t="s">
-        <v>43</v>
+        <v>60</v>
       </c>
       <c r="C139" s="0" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
     </row>
     <row r="140">
       <c r="A140" s="0" t="s">
-        <v>6</v>
+        <v>12</v>
       </c>
       <c r="B140" s="0" t="s">
-        <v>7</v>
+        <v>13</v>
       </c>
       <c r="C140" s="0" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
     </row>
     <row r="141">
       <c r="A141" s="0" t="s">
-        <v>17</v>
+        <v>43</v>
       </c>
       <c r="B141" s="0" t="s">
-        <v>18</v>
+        <v>44</v>
       </c>
       <c r="C141" s="0" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
     </row>
     <row r="142">
       <c r="A142" s="0" t="s">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="B142" s="0" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="C142" s="0" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
     </row>
     <row r="143">
       <c r="A143" s="0" t="s">
-        <v>53</v>
+        <v>45</v>
       </c>
       <c r="B143" s="0" t="s">
-        <v>54</v>
+        <v>46</v>
       </c>
       <c r="C143" s="0" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
     </row>
     <row r="144">
       <c r="A144" s="0" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="B144" s="0" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="C144" s="0" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
     </row>
     <row r="145">
       <c r="A145" s="0" t="s">
-        <v>57</v>
+        <v>49</v>
       </c>
       <c r="B145" s="0" t="s">
-        <v>58</v>
+        <v>50</v>
       </c>
       <c r="C145" s="0" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
     </row>
     <row r="146">
       <c r="A146" s="0" t="s">
-        <v>31</v>
+        <v>35</v>
       </c>
       <c r="B146" s="0" t="s">
-        <v>32</v>
+        <v>36</v>
       </c>
       <c r="C146" s="0" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
     </row>
     <row r="147">
       <c r="A147" s="0" t="s">
-        <v>59</v>
+        <v>51</v>
       </c>
       <c r="B147" s="0" t="s">
-        <v>60</v>
+        <v>52</v>
       </c>
       <c r="C147" s="0" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
     </row>
     <row r="148">
       <c r="A148" s="0" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="B148" s="0" t="s">
-        <v>34</v>
+        <v>38</v>
       </c>
       <c r="C148" s="0" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
     </row>
     <row r="149">
       <c r="A149" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
       <c r="B149" s="0" t="s">
-        <v>62</v>
+        <v>54</v>
       </c>
       <c r="C149" s="0" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
     </row>
     <row r="150">
       <c r="A150" s="0" t="s">
-        <v>35</v>
+        <v>39</v>
       </c>
       <c r="B150" s="0" t="s">
-        <v>36</v>
+        <v>40</v>
       </c>
       <c r="C150" s="0" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
     </row>
     <row r="151">
       <c r="A151" s="0" t="s">
-        <v>63</v>
+        <v>55</v>
       </c>
       <c r="B151" s="0" t="s">
-        <v>64</v>
+        <v>56</v>
       </c>
       <c r="C151" s="0" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
     </row>
     <row r="152">
       <c r="C152" s="0" t="s">
-        <v>10</v>
+        <v>5</v>
       </c>
     </row>
     <row r="153">
       <c r="C153" s="0" t="s">
-        <v>10</v>
+        <v>5</v>
       </c>
     </row>
     <row r="154">
       <c r="C154" s="0" t="s">
-        <v>10</v>
+        <v>5</v>
       </c>
     </row>
     <row r="155">
       <c r="C155" s="0" t="s">
-        <v>10</v>
+        <v>5</v>
       </c>
     </row>
     <row r="156">
       <c r="C156" s="0" t="s">
-        <v>10</v>
+        <v>5</v>
       </c>
     </row>
     <row r="157">
       <c r="C157" s="0" t="s">
-        <v>10</v>
+        <v>5</v>
       </c>
     </row>
     <row r="158">
       <c r="C158" s="0" t="s">
-        <v>10</v>
+        <v>5</v>
       </c>
     </row>
     <row r="159">
       <c r="C159" s="0" t="s">
-        <v>10</v>
+        <v>5</v>
       </c>
     </row>
     <row r="160">
       <c r="C160" s="0" t="s">
-        <v>10</v>
+        <v>5</v>
       </c>
     </row>
     <row r="161">
       <c r="C161" s="0" t="s">
-        <v>10</v>
+        <v>5</v>
       </c>
     </row>
     <row r="162">
       <c r="C162" s="0" t="s">
-        <v>10</v>
+        <v>5</v>
       </c>
     </row>
     <row r="163">
       <c r="C163" s="0" t="s">
-        <v>10</v>
+        <v>5</v>
       </c>
     </row>
     <row r="164">
       <c r="C164" s="0" t="s">
-        <v>10</v>
+        <v>5</v>
       </c>
     </row>
     <row r="165">
       <c r="C165" s="0" t="s">
-        <v>10</v>
+        <v>5</v>
       </c>
     </row>
     <row r="166">
       <c r="C166" s="0" t="s">
-        <v>10</v>
+        <v>5</v>
       </c>
     </row>
     <row r="167">
       <c r="C167" s="0" t="s">
-        <v>10</v>
+        <v>5</v>
       </c>
     </row>
     <row r="168">
       <c r="C168" s="0" t="s">
-        <v>10</v>
+        <v>5</v>
       </c>
     </row>
     <row r="169">
       <c r="C169" s="0" t="s">
-        <v>10</v>
+        <v>5</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>