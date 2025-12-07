--- v0 (2025-10-21)
+++ v1 (2025-12-07)
@@ -15,66 +15,66 @@
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Part" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="9" uniqueCount="9">
   <si>
     <t>Product No</t>
   </si>
   <si>
     <t>Product name</t>
   </si>
   <si>
     <t>Path</t>
   </si>
   <si>
+    <t>2514T8</t>
+  </si>
+  <si>
+    <t>+1.0P DM</t>
+  </si>
+  <si>
+    <t>Hydraulics/2514_2 Hydraulics</t>
+  </si>
+  <si>
     <t>2514Q8</t>
   </si>
   <si>
     <t>Q25 DM</t>
   </si>
   <si>
     <t xml:space="preserve">Hydraulics/ </t>
-  </si>
-[...7 lines deleted...]
-    <t>Hydraulics/2514_2 Hydraulics</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>