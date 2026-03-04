--- v0 (2025-10-20)
+++ v1 (2026-03-04)
@@ -66,51 +66,51 @@
   <si>
     <t>Q</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>5213531-10</t>
   </si>
   <si>
     <t>Parallel rod w. bushings</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>5218004-7</t>
   </si>
   <si>
     <t>Support leg</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>5214831-1</t>
+    <t>60052805</t>
   </si>
   <si>
     <t>Link w. bushings</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>5214111-7</t>
   </si>
   <si>
     <t>Link</t>
   </si>
   <si>
     <t>Quicke Grey</t>
   </si>
   <si>
     <t>2.15</t>
   </si>
   <si>
     <t>Grey</t>
   </si>
   <si>
     <t>6</t>
   </si>
@@ -385,51 +385,51 @@
   <si>
     <t>28</t>
   </si>
   <si>
     <t>5215121-1</t>
   </si>
   <si>
     <t>Plastic cover</t>
   </si>
   <si>
     <t>Glossy Black</t>
   </si>
   <si>
     <t>0.013</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
     <t>5215181</t>
   </si>
   <si>
     <t>Box</t>
   </si>
   <si>
-    <t>.3</t>
+    <t>0.300</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>