--- v0 (2025-10-16)
+++ v1 (2025-12-07)
@@ -30,128 +30,128 @@
   <si>
     <t>Product No</t>
   </si>
   <si>
     <t>Product name</t>
   </si>
   <si>
     <t>Path</t>
   </si>
   <si>
     <t>2011Q8</t>
   </si>
   <si>
     <t>Q20 US</t>
   </si>
   <si>
     <t xml:space="preserve">/ </t>
   </si>
   <si>
     <t>2013Q8</t>
   </si>
   <si>
     <t>Q20 DS</t>
   </si>
   <si>
+    <t>2513Q8</t>
+  </si>
+  <si>
+    <t>Q25 DS</t>
+  </si>
+  <si>
+    <t>3011Q8</t>
+  </si>
+  <si>
+    <t>Q30 US</t>
+  </si>
+  <si>
+    <t>3013Q8</t>
+  </si>
+  <si>
+    <t>Q30 DS</t>
+  </si>
+  <si>
+    <t>3511Q8</t>
+  </si>
+  <si>
+    <t>Q35 US</t>
+  </si>
+  <si>
+    <t>3513Q8</t>
+  </si>
+  <si>
+    <t>Q35 DS</t>
+  </si>
+  <si>
+    <t>4011Q8</t>
+  </si>
+  <si>
+    <t>Q40 US</t>
+  </si>
+  <si>
+    <t>5011Q8</t>
+  </si>
+  <si>
+    <t>Q50 US</t>
+  </si>
+  <si>
+    <t>5511Q8</t>
+  </si>
+  <si>
+    <t>Q55 US</t>
+  </si>
+  <si>
     <t>2511Q8</t>
   </si>
   <si>
     <t>Q25 US</t>
   </si>
   <si>
-    <t>2513Q8</t>
-[...40 lines deleted...]
-  <si>
     <t>4511Q8</t>
   </si>
   <si>
     <t>Q45 US</t>
   </si>
   <si>
-    <t>5511Q8</t>
-[...2 lines deleted...]
-    <t>Q55 US</t>
+    <t>8753Q8</t>
+  </si>
+  <si>
+    <t>Q85x DL</t>
+  </si>
+  <si>
+    <t>8513Q8</t>
+  </si>
+  <si>
+    <t>Q85 DL</t>
+  </si>
+  <si>
+    <t>8523Q8</t>
   </si>
   <si>
     <t>8713Q8</t>
   </si>
   <si>
-    <t>Q85x DL</t>
-[...13 lines deleted...]
-  <si>
     <t>2111Q8</t>
   </si>
   <si>
     <t>Q21 US</t>
   </si>
   <si>
     <t>2113Q8</t>
   </si>
   <si>
     <t>Q21 DS</t>
   </si>
   <si>
     <t>2611Q8</t>
   </si>
   <si>
     <t>Q26 US</t>
   </si>
   <si>
     <t>2613Q8</t>
   </si>
   <si>
     <t>Q26 DS</t>
   </si>
   <si>
     <t>3111Q8</t>
@@ -174,68 +174,68 @@
   <si>
     <t>3611Q8</t>
   </si>
   <si>
     <t>Q36 US</t>
   </si>
   <si>
     <t>3613Q8</t>
   </si>
   <si>
     <t>Q36 DS</t>
   </si>
   <si>
     <t>3813Q8</t>
   </si>
   <si>
     <t>Q38 DS</t>
   </si>
   <si>
     <t>4111Q8</t>
   </si>
   <si>
     <t>Q41 US</t>
   </si>
   <si>
+    <t>4611Q8</t>
+  </si>
+  <si>
+    <t>Q46 US</t>
+  </si>
+  <si>
+    <t>5611Q8</t>
+  </si>
+  <si>
+    <t>Q56 US</t>
+  </si>
+  <si>
     <t>5111Q8</t>
   </si>
   <si>
     <t>Q51 US</t>
   </si>
   <si>
-    <t>4611Q8</t>
-[...10 lines deleted...]
-  <si>
     <t>2114Q8</t>
   </si>
   <si>
     <t>Q21 DM</t>
   </si>
   <si>
     <t>2614Q8</t>
   </si>
   <si>
     <t>Q26 DM</t>
   </si>
   <si>
     <t>3114Q8</t>
   </si>
   <si>
     <t>Q31 DM</t>
   </si>
   <si>
     <t>3116Q8</t>
   </si>
   <si>
     <t>Q31 DM ext.</t>
   </si>
   <si>
     <t>3314Q8</t>
@@ -279,261 +279,261 @@
   <si>
     <t>Q39 DM</t>
   </si>
   <si>
     <t>3916Q8</t>
   </si>
   <si>
     <t>Q39 DM ext.</t>
   </si>
   <si>
     <t>4114Q8</t>
   </si>
   <si>
     <t>Q41 DM</t>
   </si>
   <si>
     <t>4154Q8</t>
   </si>
   <si>
     <t>4916Q8</t>
   </si>
   <si>
     <t>Q49 DM ext.</t>
   </si>
   <si>
+    <t>5116Q8</t>
+  </si>
+  <si>
+    <t>Q51 DM ext.</t>
+  </si>
+  <si>
+    <t>4614Q8</t>
+  </si>
+  <si>
+    <t>Q46 DM</t>
+  </si>
+  <si>
+    <t>4616Q8</t>
+  </si>
+  <si>
+    <t>Q46 DM ext.</t>
+  </si>
+  <si>
+    <t>4654Q8</t>
+  </si>
+  <si>
+    <t>5616Q8</t>
+  </si>
+  <si>
+    <t>Q56 DM ext.</t>
+  </si>
+  <si>
+    <t>4816Q8</t>
+  </si>
+  <si>
+    <t>Q48 DM ext.</t>
+  </si>
+  <si>
+    <t>4814Q8</t>
+  </si>
+  <si>
+    <t>Q48 DM</t>
+  </si>
+  <si>
+    <t>4912Q8</t>
+  </si>
+  <si>
+    <t>Q49 UM</t>
+  </si>
+  <si>
+    <t>4914Q8</t>
+  </si>
+  <si>
+    <t>Q49 DM</t>
+  </si>
+  <si>
     <t>5114Q8</t>
   </si>
   <si>
     <t>Q51 DM</t>
   </si>
   <si>
-    <t>5116Q8</t>
-[...4 lines deleted...]
-  <si>
     <t>5154Q8</t>
   </si>
   <si>
-    <t>4614Q8</t>
-[...37 lines deleted...]
-  <si>
     <t>5612Q8</t>
   </si>
   <si>
     <t>Q56 UM</t>
   </si>
   <si>
     <t>5614Q8</t>
   </si>
   <si>
     <t>Q56 DM</t>
   </si>
   <si>
-    <t>5616Q8</t>
-[...4 lines deleted...]
-  <si>
     <t>5654Q8</t>
   </si>
   <si>
+    <t>5856Q8</t>
+  </si>
+  <si>
+    <t>Q58 DM ext.</t>
+  </si>
+  <si>
+    <t>5854Q8</t>
+  </si>
+  <si>
+    <t>Q58 DM</t>
+  </si>
+  <si>
+    <t>5816Q8</t>
+  </si>
+  <si>
     <t>5814Q8</t>
   </si>
   <si>
-    <t>Q58 DM</t>
-[...13 lines deleted...]
-  <si>
     <t>2014Q8</t>
   </si>
   <si>
     <t>Q20 DM</t>
   </si>
   <si>
+    <t>3014Q8</t>
+  </si>
+  <si>
+    <t>Q30 DM</t>
+  </si>
+  <si>
+    <t>3016Q8</t>
+  </si>
+  <si>
+    <t>Q30 DM ext.</t>
+  </si>
+  <si>
+    <t>3514Q8</t>
+  </si>
+  <si>
+    <t>Q35 DM</t>
+  </si>
+  <si>
+    <t>3516Q8</t>
+  </si>
+  <si>
+    <t>Q35 DM ext.</t>
+  </si>
+  <si>
+    <t>3564Q8</t>
+  </si>
+  <si>
+    <t>4014Q8</t>
+  </si>
+  <si>
+    <t>Q40 DM</t>
+  </si>
+  <si>
+    <t>4016Q8</t>
+  </si>
+  <si>
+    <t>Q40 DM ext.</t>
+  </si>
+  <si>
+    <t>4054Q8</t>
+  </si>
+  <si>
+    <t>5512Q8</t>
+  </si>
+  <si>
+    <t>Q55 UM</t>
+  </si>
+  <si>
+    <t>5514Q8</t>
+  </si>
+  <si>
+    <t>Q55 DM</t>
+  </si>
+  <si>
+    <t>5516Q8</t>
+  </si>
+  <si>
+    <t>Q55 DM ext.</t>
+  </si>
+  <si>
+    <t>5534Q8</t>
+  </si>
+  <si>
+    <t>Q55 DM, DM ext</t>
+  </si>
+  <si>
+    <t>5544Q, 5546Q</t>
+  </si>
+  <si>
+    <t>5554Q8</t>
+  </si>
+  <si>
+    <t>5564Q8</t>
+  </si>
+  <si>
     <t>2514Q8</t>
   </si>
   <si>
     <t>Q25 DM</t>
   </si>
   <si>
-    <t>3014Q8</t>
-[...38 lines deleted...]
-    <t>4054Q8</t>
+    <t>4514Q8</t>
+  </si>
+  <si>
+    <t>Q45 DM</t>
+  </si>
+  <si>
+    <t>4516Q8</t>
+  </si>
+  <si>
+    <t>Q45 DM ext.</t>
+  </si>
+  <si>
+    <t>4554Q8</t>
+  </si>
+  <si>
+    <t>4564Q8</t>
   </si>
   <si>
     <t>5014Q8</t>
   </si>
   <si>
     <t>Q50 DM</t>
   </si>
   <si>
     <t>5016Q8</t>
   </si>
   <si>
     <t>Q50 DM ext.</t>
   </si>
   <si>
     <t>5054Q8</t>
-  </si>
-[...49 lines deleted...]
-    <t>5564Q8</t>
   </si>
   <si>
     <t>6014Q8</t>
   </si>
   <si>
     <t>Q60 DM</t>
   </si>
   <si>
     <t>6016Q8</t>
   </si>
   <si>
     <t>Q60 DM ext.</t>
   </si>
   <si>
     <t>6044Q8</t>
   </si>
   <si>
     <t>6046Q8</t>
   </si>
   <si>
     <t>6512Q8</t>
   </si>
   <si>
     <t>Q65 UM</t>
   </si>
@@ -1518,73 +1518,73 @@
         <v>26</v>
       </c>
       <c r="B13" s="0" t="s">
         <v>27</v>
       </c>
       <c r="C13" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="0" t="s">
         <v>28</v>
       </c>
       <c r="B14" s="0" t="s">
         <v>29</v>
       </c>
       <c r="C14" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="0" t="s">
         <v>30</v>
       </c>
       <c r="B15" s="0" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="C15" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="0" t="s">
+        <v>32</v>
+      </c>
+      <c r="B16" s="0" t="s">
         <v>31</v>
-      </c>
-[...1 lines deleted...]
-        <v>32</v>
       </c>
       <c r="C16" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="0" t="s">
         <v>33</v>
       </c>
       <c r="B17" s="0" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="C17" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="0" t="s">
         <v>34</v>
       </c>
       <c r="B18" s="0" t="s">
         <v>35</v>
       </c>
       <c r="C18" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="0" t="s">
         <v>36</v>
       </c>
       <c r="B19" s="0" t="s">
         <v>37</v>
       </c>
       <c r="C19" s="0" t="s">
         <v>5</v>
@@ -1892,172 +1892,172 @@
         <v>91</v>
       </c>
       <c r="B47" s="0" t="s">
         <v>92</v>
       </c>
       <c r="C47" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="0" t="s">
         <v>93</v>
       </c>
       <c r="B48" s="0" t="s">
         <v>94</v>
       </c>
       <c r="C48" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="0" t="s">
         <v>95</v>
       </c>
       <c r="B49" s="0" t="s">
-        <v>92</v>
+        <v>96</v>
       </c>
       <c r="C49" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="0" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="B50" s="0" t="s">
-        <v>97</v>
+        <v>94</v>
       </c>
       <c r="C50" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="0" t="s">
         <v>98</v>
       </c>
       <c r="B51" s="0" t="s">
         <v>99</v>
       </c>
       <c r="C51" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="0" t="s">
         <v>100</v>
       </c>
       <c r="B52" s="0" t="s">
-        <v>97</v>
+        <v>101</v>
       </c>
       <c r="C52" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="0" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="B53" s="0" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="C53" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="0" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="B54" s="0" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="C54" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="0" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="B55" s="0" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="C55" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="0" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="B56" s="0" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="C56" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="0" t="s">
+        <v>110</v>
+      </c>
+      <c r="B57" s="0" t="s">
         <v>109</v>
-      </c>
-[...1 lines deleted...]
-        <v>110</v>
       </c>
       <c r="C57" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="0" t="s">
         <v>111</v>
       </c>
       <c r="B58" s="0" t="s">
         <v>112</v>
       </c>
       <c r="C58" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="0" t="s">
         <v>113</v>
       </c>
       <c r="B59" s="0" t="s">
         <v>114</v>
       </c>
       <c r="C59" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="0" t="s">
         <v>115</v>
       </c>
       <c r="B60" s="0" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="C60" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="0" t="s">
         <v>116</v>
       </c>
       <c r="B61" s="0" t="s">
         <v>117</v>
       </c>
       <c r="C61" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="0" t="s">
         <v>118</v>
       </c>
       <c r="B62" s="0" t="s">
         <v>119</v>
       </c>
       <c r="C62" s="0" t="s">
         <v>5</v>
@@ -2123,95 +2123,95 @@
         <v>128</v>
       </c>
       <c r="B68" s="0" t="s">
         <v>129</v>
       </c>
       <c r="C68" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" s="0" t="s">
         <v>130</v>
       </c>
       <c r="B69" s="0" t="s">
         <v>131</v>
       </c>
       <c r="C69" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="0" t="s">
         <v>132</v>
       </c>
       <c r="B70" s="0" t="s">
-        <v>133</v>
+        <v>129</v>
       </c>
       <c r="C70" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="0" t="s">
+        <v>133</v>
+      </c>
+      <c r="B71" s="0" t="s">
         <v>134</v>
-      </c>
-[...1 lines deleted...]
-        <v>131</v>
       </c>
       <c r="C71" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="0" t="s">
         <v>135</v>
       </c>
       <c r="B72" s="0" t="s">
         <v>136</v>
       </c>
       <c r="C72" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" s="0" t="s">
         <v>137</v>
       </c>
       <c r="B73" s="0" t="s">
-        <v>138</v>
+        <v>134</v>
       </c>
       <c r="C73" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" s="0" t="s">
+        <v>138</v>
+      </c>
+      <c r="B74" s="0" t="s">
         <v>139</v>
-      </c>
-[...1 lines deleted...]
-        <v>136</v>
       </c>
       <c r="C74" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" s="0" t="s">
         <v>140</v>
       </c>
       <c r="B75" s="0" t="s">
         <v>141</v>
       </c>
       <c r="C75" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" s="0" t="s">
         <v>142</v>
       </c>
       <c r="B76" s="0" t="s">
         <v>143</v>
       </c>
       <c r="C76" s="0" t="s">
         <v>5</v>
@@ -2222,150 +2222,150 @@
         <v>144</v>
       </c>
       <c r="B77" s="0" t="s">
         <v>141</v>
       </c>
       <c r="C77" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" s="0" t="s">
         <v>145</v>
       </c>
       <c r="B78" s="0" t="s">
         <v>146</v>
       </c>
       <c r="C78" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" s="0" t="s">
         <v>147</v>
       </c>
       <c r="B79" s="0" t="s">
-        <v>148</v>
+        <v>141</v>
       </c>
       <c r="C79" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" s="0" t="s">
-        <v>149</v>
+        <v>148</v>
       </c>
       <c r="B80" s="0" t="s">
-        <v>146</v>
+        <v>141</v>
       </c>
       <c r="C80" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" s="0" t="s">
+        <v>149</v>
+      </c>
+      <c r="B81" s="0" t="s">
         <v>150</v>
-      </c>
-[...1 lines deleted...]
-        <v>146</v>
       </c>
       <c r="C81" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" s="0" t="s">
         <v>151</v>
       </c>
       <c r="B82" s="0" t="s">
         <v>152</v>
       </c>
       <c r="C82" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" s="0" t="s">
         <v>153</v>
       </c>
       <c r="B83" s="0" t="s">
         <v>154</v>
       </c>
       <c r="C83" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" s="0" t="s">
         <v>155</v>
       </c>
       <c r="B84" s="0" t="s">
-        <v>156</v>
+        <v>152</v>
       </c>
       <c r="C84" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" s="0" t="s">
-        <v>157</v>
+        <v>156</v>
       </c>
       <c r="B85" s="0" t="s">
-        <v>154</v>
+        <v>152</v>
       </c>
       <c r="C85" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" s="0" t="s">
+        <v>157</v>
+      </c>
+      <c r="B86" s="0" t="s">
         <v>158</v>
-      </c>
-[...1 lines deleted...]
-        <v>159</v>
       </c>
       <c r="C86" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" s="0" t="s">
+        <v>159</v>
+      </c>
+      <c r="B87" s="0" t="s">
         <v>160</v>
-      </c>
-[...1 lines deleted...]
-        <v>154</v>
       </c>
       <c r="C87" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" s="0" t="s">
         <v>161</v>
       </c>
       <c r="B88" s="0" t="s">
-        <v>154</v>
+        <v>158</v>
       </c>
       <c r="C88" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" s="0" t="s">
         <v>162</v>
       </c>
       <c r="B89" s="0" t="s">
         <v>163</v>
       </c>
       <c r="C89" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" s="0" t="s">
         <v>164</v>
       </c>
       <c r="B90" s="0" t="s">
         <v>165</v>
       </c>
       <c r="C90" s="0" t="s">
         <v>5</v>
@@ -4257,73 +4257,73 @@
         <v>60</v>
       </c>
       <c r="B262" s="0" t="s">
         <v>61</v>
       </c>
       <c r="C262" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="263">
       <c r="A263" s="0" t="s">
         <v>28</v>
       </c>
       <c r="B263" s="0" t="s">
         <v>29</v>
       </c>
       <c r="C263" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="264">
       <c r="A264" s="0" t="s">
         <v>30</v>
       </c>
       <c r="B264" s="0" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="C264" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="265">
       <c r="A265" s="0" t="s">
+        <v>32</v>
+      </c>
+      <c r="B265" s="0" t="s">
         <v>31</v>
-      </c>
-[...1 lines deleted...]
-        <v>32</v>
       </c>
       <c r="C265" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="266">
       <c r="A266" s="0" t="s">
         <v>33</v>
       </c>
       <c r="B266" s="0" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="C266" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="267">
       <c r="A267" s="0" t="s">
         <v>212</v>
       </c>
       <c r="B267" s="0" t="s">
         <v>213</v>
       </c>
       <c r="C267" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="268">
       <c r="A268" s="0" t="s">
         <v>214</v>
       </c>
       <c r="B268" s="0" t="s">
         <v>213</v>
       </c>
       <c r="C268" s="0" t="s">
         <v>5</v>
@@ -4499,172 +4499,172 @@
         <v>91</v>
       </c>
       <c r="B284" s="0" t="s">
         <v>92</v>
       </c>
       <c r="C284" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="285">
       <c r="A285" s="0" t="s">
         <v>93</v>
       </c>
       <c r="B285" s="0" t="s">
         <v>94</v>
       </c>
       <c r="C285" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="286">
       <c r="A286" s="0" t="s">
         <v>95</v>
       </c>
       <c r="B286" s="0" t="s">
-        <v>92</v>
+        <v>96</v>
       </c>
       <c r="C286" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="287">
       <c r="A287" s="0" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="B287" s="0" t="s">
-        <v>97</v>
+        <v>94</v>
       </c>
       <c r="C287" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="288">
       <c r="A288" s="0" t="s">
         <v>98</v>
       </c>
       <c r="B288" s="0" t="s">
         <v>99</v>
       </c>
       <c r="C288" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="289">
       <c r="A289" s="0" t="s">
         <v>100</v>
       </c>
       <c r="B289" s="0" t="s">
-        <v>97</v>
+        <v>101</v>
       </c>
       <c r="C289" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="290">
       <c r="A290" s="0" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="B290" s="0" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="C290" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="291">
       <c r="A291" s="0" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="B291" s="0" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="C291" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="292">
       <c r="A292" s="0" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="B292" s="0" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="C292" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="293">
       <c r="A293" s="0" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="B293" s="0" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="C293" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="294">
       <c r="A294" s="0" t="s">
+        <v>110</v>
+      </c>
+      <c r="B294" s="0" t="s">
         <v>109</v>
-      </c>
-[...1 lines deleted...]
-        <v>110</v>
       </c>
       <c r="C294" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="295">
       <c r="A295" s="0" t="s">
         <v>111</v>
       </c>
       <c r="B295" s="0" t="s">
         <v>112</v>
       </c>
       <c r="C295" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="296">
       <c r="A296" s="0" t="s">
         <v>113</v>
       </c>
       <c r="B296" s="0" t="s">
         <v>114</v>
       </c>
       <c r="C296" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="297">
       <c r="A297" s="0" t="s">
         <v>115</v>
       </c>
       <c r="B297" s="0" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="C297" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="298">
       <c r="A298" s="0" t="s">
         <v>116</v>
       </c>
       <c r="B298" s="0" t="s">
         <v>117</v>
       </c>
       <c r="C298" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="299">
       <c r="A299" s="0" t="s">
         <v>118</v>
       </c>
       <c r="B299" s="0" t="s">
         <v>119</v>
       </c>
       <c r="C299" s="0" t="s">
         <v>5</v>
@@ -4730,95 +4730,95 @@
         <v>128</v>
       </c>
       <c r="B305" s="0" t="s">
         <v>129</v>
       </c>
       <c r="C305" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="306">
       <c r="A306" s="0" t="s">
         <v>130</v>
       </c>
       <c r="B306" s="0" t="s">
         <v>131</v>
       </c>
       <c r="C306" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="307">
       <c r="A307" s="0" t="s">
         <v>132</v>
       </c>
       <c r="B307" s="0" t="s">
-        <v>133</v>
+        <v>129</v>
       </c>
       <c r="C307" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="308">
       <c r="A308" s="0" t="s">
+        <v>133</v>
+      </c>
+      <c r="B308" s="0" t="s">
         <v>134</v>
-      </c>
-[...1 lines deleted...]
-        <v>131</v>
       </c>
       <c r="C308" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="309">
       <c r="A309" s="0" t="s">
         <v>135</v>
       </c>
       <c r="B309" s="0" t="s">
         <v>136</v>
       </c>
       <c r="C309" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="310">
       <c r="A310" s="0" t="s">
         <v>137</v>
       </c>
       <c r="B310" s="0" t="s">
-        <v>138</v>
+        <v>134</v>
       </c>
       <c r="C310" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="311">
       <c r="A311" s="0" t="s">
+        <v>138</v>
+      </c>
+      <c r="B311" s="0" t="s">
         <v>139</v>
-      </c>
-[...1 lines deleted...]
-        <v>136</v>
       </c>
       <c r="C311" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="312">
       <c r="A312" s="0" t="s">
         <v>140</v>
       </c>
       <c r="B312" s="0" t="s">
         <v>141</v>
       </c>
       <c r="C312" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="313">
       <c r="A313" s="0" t="s">
         <v>142</v>
       </c>
       <c r="B313" s="0" t="s">
         <v>143</v>
       </c>
       <c r="C313" s="0" t="s">
         <v>5</v>
@@ -4829,150 +4829,150 @@
         <v>144</v>
       </c>
       <c r="B314" s="0" t="s">
         <v>141</v>
       </c>
       <c r="C314" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="315">
       <c r="A315" s="0" t="s">
         <v>145</v>
       </c>
       <c r="B315" s="0" t="s">
         <v>146</v>
       </c>
       <c r="C315" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="316">
       <c r="A316" s="0" t="s">
         <v>147</v>
       </c>
       <c r="B316" s="0" t="s">
-        <v>148</v>
+        <v>141</v>
       </c>
       <c r="C316" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="317">
       <c r="A317" s="0" t="s">
-        <v>149</v>
+        <v>148</v>
       </c>
       <c r="B317" s="0" t="s">
-        <v>146</v>
+        <v>141</v>
       </c>
       <c r="C317" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="318">
       <c r="A318" s="0" t="s">
+        <v>149</v>
+      </c>
+      <c r="B318" s="0" t="s">
         <v>150</v>
-      </c>
-[...1 lines deleted...]
-        <v>146</v>
       </c>
       <c r="C318" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="319">
       <c r="A319" s="0" t="s">
         <v>151</v>
       </c>
       <c r="B319" s="0" t="s">
         <v>152</v>
       </c>
       <c r="C319" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="320">
       <c r="A320" s="0" t="s">
         <v>153</v>
       </c>
       <c r="B320" s="0" t="s">
         <v>154</v>
       </c>
       <c r="C320" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="321">
       <c r="A321" s="0" t="s">
         <v>155</v>
       </c>
       <c r="B321" s="0" t="s">
-        <v>156</v>
+        <v>152</v>
       </c>
       <c r="C321" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="322">
       <c r="A322" s="0" t="s">
-        <v>157</v>
+        <v>156</v>
       </c>
       <c r="B322" s="0" t="s">
-        <v>154</v>
+        <v>152</v>
       </c>
       <c r="C322" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="323">
       <c r="A323" s="0" t="s">
+        <v>157</v>
+      </c>
+      <c r="B323" s="0" t="s">
         <v>158</v>
-      </c>
-[...1 lines deleted...]
-        <v>159</v>
       </c>
       <c r="C323" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="324">
       <c r="A324" s="0" t="s">
+        <v>159</v>
+      </c>
+      <c r="B324" s="0" t="s">
         <v>160</v>
-      </c>
-[...1 lines deleted...]
-        <v>154</v>
       </c>
       <c r="C324" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="325">
       <c r="A325" s="0" t="s">
         <v>161</v>
       </c>
       <c r="B325" s="0" t="s">
-        <v>154</v>
+        <v>158</v>
       </c>
       <c r="C325" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="326">
       <c r="A326" s="0" t="s">
         <v>307</v>
       </c>
       <c r="B326" s="0" t="s">
         <v>308</v>
       </c>
       <c r="C326" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="327">
       <c r="A327" s="0" t="s">
         <v>309</v>
       </c>
       <c r="B327" s="0" t="s">
         <v>310</v>
       </c>
       <c r="C327" s="0" t="s">
         <v>5</v>