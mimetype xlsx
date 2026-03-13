--- v0 (2026-01-08)
+++ v1 (2026-03-13)
@@ -597,108 +597,108 @@
   <si>
     <t>Q6 DM</t>
   </si>
   <si>
     <t>101159</t>
   </si>
   <si>
     <t>101158</t>
   </si>
   <si>
     <t>101156</t>
   </si>
   <si>
     <t>101751</t>
   </si>
   <si>
     <t>Q5 DM</t>
   </si>
   <si>
     <t>101149</t>
   </si>
   <si>
     <t>101148</t>
   </si>
   <si>
+    <t>101733</t>
+  </si>
+  <si>
+    <t>Q3 DM</t>
+  </si>
+  <si>
+    <t>101136</t>
+  </si>
+  <si>
+    <t>101138</t>
+  </si>
+  <si>
+    <t>101139</t>
+  </si>
+  <si>
+    <t>101741</t>
+  </si>
+  <si>
+    <t>Q4 DM</t>
+  </si>
+  <si>
     <t>101146</t>
   </si>
   <si>
-    <t>101741</t>
-[...17 lines deleted...]
-    <t>Q3 DM</t>
+    <t>501741</t>
+  </si>
+  <si>
+    <t>N4 DM</t>
   </si>
   <si>
     <t>501146</t>
   </si>
   <si>
     <t>N4S DM</t>
   </si>
   <si>
+    <t>501751</t>
+  </si>
+  <si>
+    <t>N5 DM</t>
+  </si>
+  <si>
     <t>501156</t>
   </si>
   <si>
     <t>N5S DM</t>
   </si>
   <si>
     <t>501158</t>
   </si>
   <si>
     <t>N5M DM</t>
   </si>
   <si>
     <t>501166</t>
   </si>
   <si>
     <t>N6S DM</t>
-  </si>
-[...10 lines deleted...]
-    <t>N5 DM</t>
   </si>
   <si>
     <t>501761</t>
   </si>
   <si>
     <t>N6 DM</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
@@ -2397,106 +2397,106 @@
         <v>195</v>
       </c>
       <c r="B151" s="0" t="s">
         <v>170</v>
       </c>
       <c r="C151" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="152">
       <c r="A152" s="0" t="s">
         <v>196</v>
       </c>
       <c r="B152" s="0" t="s">
         <v>172</v>
       </c>
       <c r="C152" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="153">
       <c r="A153" s="0" t="s">
         <v>197</v>
       </c>
       <c r="B153" s="0" t="s">
-        <v>174</v>
+        <v>198</v>
       </c>
       <c r="C153" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="154">
       <c r="A154" s="0" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="B154" s="0" t="s">
-        <v>199</v>
+        <v>180</v>
       </c>
       <c r="C154" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="155">
       <c r="A155" s="0" t="s">
         <v>200</v>
       </c>
       <c r="B155" s="0" t="s">
-        <v>176</v>
+        <v>178</v>
       </c>
       <c r="C155" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="156">
       <c r="A156" s="0" t="s">
         <v>201</v>
       </c>
       <c r="B156" s="0" t="s">
-        <v>178</v>
+        <v>176</v>
       </c>
       <c r="C156" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="157">
       <c r="A157" s="0" t="s">
         <v>202</v>
       </c>
       <c r="B157" s="0" t="s">
-        <v>180</v>
+        <v>203</v>
       </c>
       <c r="C157" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="158">
       <c r="A158" s="0" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="B158" s="0" t="s">
-        <v>204</v>
+        <v>174</v>
       </c>
       <c r="C158" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="159">
       <c r="A159" s="0" t="s">
         <v>91</v>
       </c>
       <c r="B159" s="0" t="s">
         <v>92</v>
       </c>
       <c r="C159" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="160">
       <c r="A160" s="0" t="s">
         <v>93</v>
       </c>
       <c r="B160" s="0" t="s">
         <v>94</v>
       </c>
       <c r="C160" s="0" t="s">
         <v>5</v>