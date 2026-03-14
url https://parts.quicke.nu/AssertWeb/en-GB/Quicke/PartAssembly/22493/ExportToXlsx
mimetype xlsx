--- v0 (2025-10-15)
+++ v1 (2026-03-14)
@@ -4,51 +4,51 @@
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Part" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="47">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="46">
   <si>
     <t>Id</t>
   </si>
   <si>
     <t>Quantity</t>
   </si>
   <si>
     <t>Number</t>
   </si>
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Market information</t>
   </si>
   <si>
     <t>Net Weight</t>
   </si>
   <si>
     <t>Specification</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
@@ -118,53 +118,50 @@
     <t>6</t>
   </si>
   <si>
     <t>5024365</t>
   </si>
   <si>
     <t>Switch</t>
   </si>
   <si>
     <t>Original parts from Alo with the best fit and high quality, extends the life of your front loader. Make it easy with the right part for Quicke or Trima loader</t>
   </si>
   <si>
     <t>0.015</t>
   </si>
   <si>
     <t>A 294813</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>5024366</t>
   </si>
   <si>
     <t>Boot</t>
-  </si>
-[...1 lines deleted...]
-    <t>0.005</t>
   </si>
   <si>
     <t>A 294814</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>4500354</t>
   </si>
   <si>
     <t>0.014</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>4500355</t>
   </si>
   <si>
     <t>Gaitor</t>
   </si>
   <si>
     <t>0.003</t>
   </si>
@@ -362,75 +359,75 @@
       </c>
       <c r="F7" s="0" t="s">
         <v>33</v>
       </c>
       <c r="G7" s="0" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="0" t="s">
         <v>35</v>
       </c>
       <c r="B8" s="0" t="s">
         <v>11</v>
       </c>
       <c r="C8" s="0" t="s">
         <v>36</v>
       </c>
       <c r="D8" s="0" t="s">
         <v>37</v>
       </c>
       <c r="E8" s="0" t="s">
         <v>32</v>
       </c>
       <c r="F8" s="0" t="s">
+        <v>27</v>
+      </c>
+      <c r="G8" s="0" t="s">
         <v>38</v>
-      </c>
-[...1 lines deleted...]
-        <v>39</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="0" t="s">
+        <v>39</v>
+      </c>
+      <c r="B9" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="C9" s="0" t="s">
         <v>40</v>
-      </c>
-[...4 lines deleted...]
-        <v>41</v>
       </c>
       <c r="D9" s="0" t="s">
         <v>31</v>
       </c>
       <c r="E9" s="0" t="s">
         <v>32</v>
       </c>
       <c r="F9" s="0" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="0" t="s">
+        <v>42</v>
+      </c>
+      <c r="B10" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="C10" s="0" t="s">
         <v>43</v>
       </c>
-      <c r="B10" s="0" t="s">
-[...2 lines deleted...]
-      <c r="C10" s="0" t="s">
+      <c r="D10" s="0" t="s">
         <v>44</v>
-      </c>
-[...1 lines deleted...]
-        <v>45</v>
       </c>
       <c r="E10" s="0" t="s">
         <v>32</v>
       </c>
       <c r="F10" s="0" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>