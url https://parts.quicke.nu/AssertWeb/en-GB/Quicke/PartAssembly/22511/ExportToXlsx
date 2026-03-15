--- v0 (2025-10-27)
+++ v1 (2026-03-15)
@@ -63,51 +63,51 @@
   <si>
     <t>4</t>
   </si>
   <si>
     <t>10301569</t>
   </si>
   <si>
     <t>Coupler (M)</t>
   </si>
   <si>
     <t>0.225</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>10301554</t>
   </si>
   <si>
     <t>Dowel kit</t>
   </si>
   <si>
     <t>0.175</t>
   </si>
   <si>
-    <t>Kit with 2 parts</t>
+    <t>Kit, 2 pcs</t>
   </si>
   <si>
     <t>10301547</t>
   </si>
   <si>
     <t>Screw kit</t>
   </si>
   <si>
     <t>0.065</t>
   </si>
   <si>
     <t>VP4</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>5045407</t>
   </si>
   <si>
     <t>Seal kit</t>
   </si>
   <si>
     <t>.015</t>
   </si>