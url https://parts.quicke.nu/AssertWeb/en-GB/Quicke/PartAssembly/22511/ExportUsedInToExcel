--- v0 (2025-10-27)
+++ v1 (2025-12-27)
@@ -822,537 +822,537 @@
   <si>
     <t>Q39 DM ext.</t>
   </si>
   <si>
     <t>4111Q8</t>
   </si>
   <si>
     <t>Q41 US</t>
   </si>
   <si>
     <t>4114Q8</t>
   </si>
   <si>
     <t>Q41 DM</t>
   </si>
   <si>
     <t>4154Q8</t>
   </si>
   <si>
     <t>4916Q8</t>
   </si>
   <si>
     <t>Q49 DM ext.</t>
   </si>
   <si>
+    <t>5116Q8</t>
+  </si>
+  <si>
+    <t>Q51 DM ext.</t>
+  </si>
+  <si>
+    <t>9810Q8</t>
+  </si>
+  <si>
+    <t>Q98 DXL</t>
+  </si>
+  <si>
+    <t>2011Q8</t>
+  </si>
+  <si>
+    <t>Q20 US</t>
+  </si>
+  <si>
+    <t>2013Q8</t>
+  </si>
+  <si>
+    <t>Q20 DS</t>
+  </si>
+  <si>
+    <t>2014Q8</t>
+  </si>
+  <si>
+    <t>Q20 DM</t>
+  </si>
+  <si>
+    <t>2513Q8</t>
+  </si>
+  <si>
+    <t>Q25 DS</t>
+  </si>
+  <si>
+    <t>3011Q8</t>
+  </si>
+  <si>
+    <t>Q30 US</t>
+  </si>
+  <si>
+    <t>3013Q8</t>
+  </si>
+  <si>
+    <t>Q30 DS</t>
+  </si>
+  <si>
+    <t>3014Q8</t>
+  </si>
+  <si>
+    <t>Q30 DM</t>
+  </si>
+  <si>
+    <t>3016Q8</t>
+  </si>
+  <si>
+    <t>Q30 DM ext.</t>
+  </si>
+  <si>
+    <t>3511Q8</t>
+  </si>
+  <si>
+    <t>Q35 US</t>
+  </si>
+  <si>
+    <t>3513Q8</t>
+  </si>
+  <si>
+    <t>Q35 DS</t>
+  </si>
+  <si>
+    <t>3514Q8</t>
+  </si>
+  <si>
+    <t>Q35 DM</t>
+  </si>
+  <si>
+    <t>3516Q8</t>
+  </si>
+  <si>
+    <t>Q35 DM ext.</t>
+  </si>
+  <si>
+    <t>3564Q8</t>
+  </si>
+  <si>
+    <t>4011Q8</t>
+  </si>
+  <si>
+    <t>Q40 US</t>
+  </si>
+  <si>
+    <t>4014Q8</t>
+  </si>
+  <si>
+    <t>Q40 DM</t>
+  </si>
+  <si>
+    <t>4016Q8</t>
+  </si>
+  <si>
+    <t>Q40 DM ext.</t>
+  </si>
+  <si>
+    <t>4054Q8</t>
+  </si>
+  <si>
+    <t>5011Q8</t>
+  </si>
+  <si>
+    <t>Q50 US</t>
+  </si>
+  <si>
+    <t>6014Q8</t>
+  </si>
+  <si>
+    <t>Q60 DM</t>
+  </si>
+  <si>
+    <t>6016Q8</t>
+  </si>
+  <si>
+    <t>Q60 DM ext.</t>
+  </si>
+  <si>
+    <t>6044Q8</t>
+  </si>
+  <si>
+    <t>6046Q8</t>
+  </si>
+  <si>
+    <t>5116T8</t>
+  </si>
+  <si>
+    <t>+4.1 DM ext.</t>
+  </si>
+  <si>
+    <t>4611Q8</t>
+  </si>
+  <si>
+    <t>Q46 US</t>
+  </si>
+  <si>
+    <t>4614Q8</t>
+  </si>
+  <si>
+    <t>Q46 DM</t>
+  </si>
+  <si>
+    <t>4616Q8</t>
+  </si>
+  <si>
+    <t>Q46 DM ext.</t>
+  </si>
+  <si>
+    <t>4654Q8</t>
+  </si>
+  <si>
+    <t>5611Q8</t>
+  </si>
+  <si>
+    <t>Q56 US</t>
+  </si>
+  <si>
+    <t>5616Q8</t>
+  </si>
+  <si>
+    <t>Q56 DM ext.</t>
+  </si>
+  <si>
+    <t>5511Q8</t>
+  </si>
+  <si>
+    <t>Q55 US</t>
+  </si>
+  <si>
+    <t>5512Q8</t>
+  </si>
+  <si>
+    <t>Q55 UM</t>
+  </si>
+  <si>
+    <t>5514Q8</t>
+  </si>
+  <si>
+    <t>Q55 DM</t>
+  </si>
+  <si>
+    <t>5516Q8</t>
+  </si>
+  <si>
+    <t>Q55 DM ext.</t>
+  </si>
+  <si>
+    <t>5534Q8</t>
+  </si>
+  <si>
+    <t>Q55 DM, DM ext</t>
+  </si>
+  <si>
+    <t>5544Q, 5546Q</t>
+  </si>
+  <si>
+    <t>5554Q8</t>
+  </si>
+  <si>
+    <t>5564Q8</t>
+  </si>
+  <si>
+    <t>6512Q8</t>
+  </si>
+  <si>
+    <t>Q65 UM</t>
+  </si>
+  <si>
+    <t>6514Q8</t>
+  </si>
+  <si>
+    <t>Q65 DM</t>
+  </si>
+  <si>
+    <t>6516Q8</t>
+  </si>
+  <si>
+    <t>Q65 DM ext.</t>
+  </si>
+  <si>
+    <t>6534Q8</t>
+  </si>
+  <si>
+    <t>6544Q8</t>
+  </si>
+  <si>
+    <t>6546Q8</t>
+  </si>
+  <si>
+    <t>6564Q8</t>
+  </si>
+  <si>
+    <t>4816Q8</t>
+  </si>
+  <si>
+    <t>Q48 DM ext.</t>
+  </si>
+  <si>
+    <t>4814Q8</t>
+  </si>
+  <si>
+    <t>Q48 DM</t>
+  </si>
+  <si>
+    <t>4912Q8</t>
+  </si>
+  <si>
+    <t>Q49 UM</t>
+  </si>
+  <si>
+    <t>4914Q8</t>
+  </si>
+  <si>
+    <t>Q49 DM</t>
+  </si>
+  <si>
     <t>5111Q8</t>
   </si>
   <si>
     <t>Q51 US</t>
   </si>
   <si>
     <t>5114Q8</t>
   </si>
   <si>
     <t>Q51 DM</t>
   </si>
   <si>
-    <t>5116Q8</t>
-[...4 lines deleted...]
-  <si>
     <t>5154Q8</t>
   </si>
   <si>
+    <t>5612Q8</t>
+  </si>
+  <si>
+    <t>Q56 UM</t>
+  </si>
+  <si>
+    <t>5614Q8</t>
+  </si>
+  <si>
+    <t>Q56 DM</t>
+  </si>
+  <si>
+    <t>5654Q8</t>
+  </si>
+  <si>
+    <t>5856Q8</t>
+  </si>
+  <si>
+    <t>Q58 DM ext.</t>
+  </si>
+  <si>
+    <t>5854Q8</t>
+  </si>
+  <si>
+    <t>Q58 DM</t>
+  </si>
+  <si>
+    <t>5816Q8</t>
+  </si>
+  <si>
+    <t>5814Q8</t>
+  </si>
+  <si>
     <t>6114Q8</t>
   </si>
   <si>
     <t>Q61 DM</t>
   </si>
   <si>
     <t>6116Q8</t>
   </si>
   <si>
     <t>Q61 DM ext.</t>
   </si>
   <si>
+    <t>6612Q8</t>
+  </si>
+  <si>
+    <t>Q66 UM</t>
+  </si>
+  <si>
+    <t>6614Q8</t>
+  </si>
+  <si>
+    <t>Q66 DM</t>
+  </si>
+  <si>
+    <t>6616Q8</t>
+  </si>
+  <si>
+    <t>Q66 DM ext.</t>
+  </si>
+  <si>
+    <t>6814Q8</t>
+  </si>
+  <si>
+    <t>Q68 DM</t>
+  </si>
+  <si>
+    <t>6816Q8</t>
+  </si>
+  <si>
+    <t>Q68 DM ext.</t>
+  </si>
+  <si>
+    <t>6854Q8</t>
+  </si>
+  <si>
+    <t>6856Q8</t>
+  </si>
+  <si>
+    <t>7612Q8</t>
+  </si>
+  <si>
+    <t>Q76 UM</t>
+  </si>
+  <si>
+    <t>7614Q8</t>
+  </si>
+  <si>
+    <t>Q76 DM</t>
+  </si>
+  <si>
+    <t>7616Q8</t>
+  </si>
+  <si>
+    <t>Q76 DM ext.</t>
+  </si>
+  <si>
+    <t>7814Q8</t>
+  </si>
+  <si>
+    <t>Q78 DM</t>
+  </si>
+  <si>
+    <t>7816Q8</t>
+  </si>
+  <si>
+    <t>Q78 DM Ext.</t>
+  </si>
+  <si>
+    <t>7854Q8</t>
+  </si>
+  <si>
     <t>8813Q8</t>
   </si>
   <si>
     <t>Q88 DL</t>
   </si>
   <si>
     <t>8853Q8</t>
   </si>
   <si>
-    <t>9810Q8</t>
-[...22 lines deleted...]
-  <si>
     <t>2511Q8</t>
   </si>
   <si>
     <t>Q25 US</t>
   </si>
   <si>
-    <t>2513Q8</t>
-[...4 lines deleted...]
-  <si>
     <t>2514Q8</t>
   </si>
   <si>
     <t>Q25 DM</t>
   </si>
   <si>
-    <t>3011Q8</t>
-[...74 lines deleted...]
-    <t>Q50 US</t>
+    <t>4511Q8</t>
+  </si>
+  <si>
+    <t>Q45 US</t>
+  </si>
+  <si>
+    <t>4514Q8</t>
+  </si>
+  <si>
+    <t>Q45 DM</t>
+  </si>
+  <si>
+    <t>4516Q8</t>
+  </si>
+  <si>
+    <t>Q45 DM ext.</t>
+  </si>
+  <si>
+    <t>4554Q8</t>
+  </si>
+  <si>
+    <t>4564Q8</t>
   </si>
   <si>
     <t>5014Q8</t>
   </si>
   <si>
     <t>Q50 DM</t>
   </si>
   <si>
     <t>5016Q8</t>
   </si>
   <si>
     <t>Q50 DM ext.</t>
   </si>
   <si>
     <t>5054Q8</t>
   </si>
   <si>
-    <t>6014Q8</t>
-[...14 lines deleted...]
-    <t>6046Q8</t>
+    <t>7512Q8</t>
+  </si>
+  <si>
+    <t>Q75 UM</t>
+  </si>
+  <si>
+    <t>7514Q8</t>
+  </si>
+  <si>
+    <t>Q75 DM</t>
+  </si>
+  <si>
+    <t>7516Q8</t>
+  </si>
+  <si>
+    <t>Q75 DM ext.</t>
+  </si>
+  <si>
+    <t>7524Q8</t>
+  </si>
+  <si>
+    <t>8513Q8</t>
+  </si>
+  <si>
+    <t>Q85 DL</t>
+  </si>
+  <si>
+    <t>8523Q8</t>
   </si>
   <si>
     <t>8713Q8</t>
   </si>
   <si>
     <t>Q85x DL</t>
-  </si>
-[...286 lines deleted...]
-    <t>8523Q8</t>
   </si>
   <si>
     <t>8753Q8</t>
   </si>
   <si>
     <t>101286</t>
   </si>
   <si>
     <t>Q8S DL</t>
   </si>
   <si>
     <t xml:space="preserve">HQ-4/ </t>
   </si>
   <si>
     <t>101288</t>
   </si>
   <si>
     <t>Q8M DL</t>
   </si>
   <si>
     <t>101D96</t>
   </si>
   <si>
     <t>Q9S DXL</t>
   </si>
@@ -4459,117 +4459,117 @@
         <v>274</v>
       </c>
       <c r="B261" s="0" t="s">
         <v>275</v>
       </c>
       <c r="C261" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="262">
       <c r="A262" s="0" t="s">
         <v>276</v>
       </c>
       <c r="B262" s="0" t="s">
         <v>277</v>
       </c>
       <c r="C262" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="263">
       <c r="A263" s="0" t="s">
         <v>278</v>
       </c>
       <c r="B263" s="0" t="s">
-        <v>275</v>
+        <v>279</v>
       </c>
       <c r="C263" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="264">
       <c r="A264" s="0" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="B264" s="0" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="C264" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="265">
       <c r="A265" s="0" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="B265" s="0" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="C265" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="266">
       <c r="A266" s="0" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="B266" s="0" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="C266" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="267">
       <c r="A267" s="0" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="B267" s="0" t="s">
-        <v>284</v>
+        <v>287</v>
       </c>
       <c r="C267" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="268">
       <c r="A268" s="0" t="s">
-        <v>286</v>
+        <v>288</v>
       </c>
       <c r="B268" s="0" t="s">
-        <v>287</v>
+        <v>289</v>
       </c>
       <c r="C268" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="269">
       <c r="A269" s="0" t="s">
-        <v>288</v>
+        <v>290</v>
       </c>
       <c r="B269" s="0" t="s">
-        <v>289</v>
+        <v>291</v>
       </c>
       <c r="C269" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="270">
       <c r="A270" s="0" t="s">
         <v>290</v>
       </c>
       <c r="B270" s="0" t="s">
         <v>291</v>
       </c>
       <c r="C270" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="271">
       <c r="A271" s="0" t="s">
         <v>292</v>
       </c>
       <c r="B271" s="0" t="s">
         <v>293</v>
       </c>
       <c r="C271" s="0" t="s">
         <v>5</v>
@@ -4591,931 +4591,931 @@
         <v>296</v>
       </c>
       <c r="B273" s="0" t="s">
         <v>297</v>
       </c>
       <c r="C273" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="274">
       <c r="A274" s="0" t="s">
         <v>298</v>
       </c>
       <c r="B274" s="0" t="s">
         <v>299</v>
       </c>
       <c r="C274" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="275">
       <c r="A275" s="0" t="s">
         <v>300</v>
       </c>
       <c r="B275" s="0" t="s">
-        <v>301</v>
+        <v>297</v>
       </c>
       <c r="C275" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="276">
       <c r="A276" s="0" t="s">
+        <v>301</v>
+      </c>
+      <c r="B276" s="0" t="s">
         <v>302</v>
-      </c>
-[...1 lines deleted...]
-        <v>303</v>
       </c>
       <c r="C276" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="277">
       <c r="A277" s="0" t="s">
+        <v>303</v>
+      </c>
+      <c r="B277" s="0" t="s">
         <v>304</v>
-      </c>
-[...1 lines deleted...]
-        <v>305</v>
       </c>
       <c r="C277" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="278">
       <c r="A278" s="0" t="s">
+        <v>305</v>
+      </c>
+      <c r="B278" s="0" t="s">
         <v>306</v>
-      </c>
-[...1 lines deleted...]
-        <v>307</v>
       </c>
       <c r="C278" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="279">
       <c r="A279" s="0" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
       <c r="B279" s="0" t="s">
-        <v>307</v>
+        <v>304</v>
       </c>
       <c r="C279" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="280">
       <c r="A280" s="0" t="s">
         <v>308</v>
       </c>
       <c r="B280" s="0" t="s">
         <v>309</v>
       </c>
       <c r="C280" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="281">
       <c r="A281" s="0" t="s">
         <v>310</v>
       </c>
       <c r="B281" s="0" t="s">
         <v>311</v>
       </c>
       <c r="C281" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="282">
       <c r="A282" s="0" t="s">
         <v>312</v>
       </c>
       <c r="B282" s="0" t="s">
         <v>313</v>
       </c>
       <c r="C282" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="283">
       <c r="A283" s="0" t="s">
         <v>314</v>
       </c>
       <c r="B283" s="0" t="s">
-        <v>315</v>
+        <v>311</v>
       </c>
       <c r="C283" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="284">
       <c r="A284" s="0" t="s">
-        <v>316</v>
+        <v>315</v>
       </c>
       <c r="B284" s="0" t="s">
-        <v>313</v>
+        <v>311</v>
       </c>
       <c r="C284" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="285">
       <c r="A285" s="0" t="s">
+        <v>316</v>
+      </c>
+      <c r="B285" s="0" t="s">
         <v>317</v>
-      </c>
-[...1 lines deleted...]
-        <v>318</v>
       </c>
       <c r="C285" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="286">
       <c r="A286" s="0" t="s">
+        <v>318</v>
+      </c>
+      <c r="B286" s="0" t="s">
         <v>319</v>
-      </c>
-[...1 lines deleted...]
-        <v>320</v>
       </c>
       <c r="C286" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="287">
       <c r="A287" s="0" t="s">
+        <v>320</v>
+      </c>
+      <c r="B287" s="0" t="s">
         <v>321</v>
-      </c>
-[...1 lines deleted...]
-        <v>322</v>
       </c>
       <c r="C287" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="288">
       <c r="A288" s="0" t="s">
+        <v>322</v>
+      </c>
+      <c r="B288" s="0" t="s">
         <v>323</v>
-      </c>
-[...1 lines deleted...]
-        <v>320</v>
       </c>
       <c r="C288" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="289">
       <c r="A289" s="0" t="s">
         <v>324</v>
       </c>
       <c r="B289" s="0" t="s">
-        <v>325</v>
+        <v>321</v>
       </c>
       <c r="C289" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="290">
       <c r="A290" s="0" t="s">
+        <v>325</v>
+      </c>
+      <c r="B290" s="0" t="s">
         <v>326</v>
-      </c>
-[...1 lines deleted...]
-        <v>327</v>
       </c>
       <c r="C290" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="291">
       <c r="A291" s="0" t="s">
+        <v>327</v>
+      </c>
+      <c r="B291" s="0" t="s">
         <v>328</v>
-      </c>
-[...1 lines deleted...]
-        <v>329</v>
       </c>
       <c r="C291" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="292">
       <c r="A292" s="0" t="s">
+        <v>329</v>
+      </c>
+      <c r="B292" s="0" t="s">
         <v>330</v>
-      </c>
-[...1 lines deleted...]
-        <v>327</v>
       </c>
       <c r="C292" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="293">
       <c r="A293" s="0" t="s">
         <v>331</v>
       </c>
       <c r="B293" s="0" t="s">
         <v>332</v>
       </c>
       <c r="C293" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="294">
       <c r="A294" s="0" t="s">
         <v>333</v>
       </c>
       <c r="B294" s="0" t="s">
         <v>334</v>
       </c>
       <c r="C294" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="295">
       <c r="A295" s="0" t="s">
         <v>335</v>
       </c>
       <c r="B295" s="0" t="s">
-        <v>332</v>
+        <v>336</v>
       </c>
       <c r="C295" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="296">
       <c r="A296" s="0" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="B296" s="0" t="s">
-        <v>332</v>
+        <v>334</v>
       </c>
       <c r="C296" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="297">
       <c r="A297" s="0" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="B297" s="0" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
       <c r="C297" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="298">
       <c r="A298" s="0" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
       <c r="B298" s="0" t="s">
-        <v>340</v>
+        <v>334</v>
       </c>
       <c r="C298" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="299">
       <c r="A299" s="0" t="s">
         <v>341</v>
       </c>
       <c r="B299" s="0" t="s">
-        <v>342</v>
+        <v>334</v>
       </c>
       <c r="C299" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="300">
       <c r="A300" s="0" t="s">
+        <v>342</v>
+      </c>
+      <c r="B300" s="0" t="s">
         <v>343</v>
-      </c>
-[...1 lines deleted...]
-        <v>344</v>
       </c>
       <c r="C300" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="301">
       <c r="A301" s="0" t="s">
+        <v>344</v>
+      </c>
+      <c r="B301" s="0" t="s">
         <v>345</v>
-      </c>
-[...1 lines deleted...]
-        <v>346</v>
       </c>
       <c r="C301" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="302">
       <c r="A302" s="0" t="s">
+        <v>346</v>
+      </c>
+      <c r="B302" s="0" t="s">
         <v>347</v>
-      </c>
-[...1 lines deleted...]
-        <v>344</v>
       </c>
       <c r="C302" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="303">
       <c r="A303" s="0" t="s">
         <v>348</v>
       </c>
       <c r="B303" s="0" t="s">
-        <v>349</v>
+        <v>345</v>
       </c>
       <c r="C303" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="304">
       <c r="A304" s="0" t="s">
-        <v>350</v>
+        <v>349</v>
       </c>
       <c r="B304" s="0" t="s">
-        <v>351</v>
+        <v>345</v>
       </c>
       <c r="C304" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="305">
       <c r="A305" s="0" t="s">
         <v>350</v>
       </c>
       <c r="B305" s="0" t="s">
-        <v>351</v>
+        <v>347</v>
       </c>
       <c r="C305" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="306">
       <c r="A306" s="0" t="s">
-        <v>352</v>
+        <v>351</v>
       </c>
       <c r="B306" s="0" t="s">
-        <v>353</v>
+        <v>345</v>
       </c>
       <c r="C306" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="307">
       <c r="A307" s="0" t="s">
-        <v>354</v>
+        <v>352</v>
       </c>
       <c r="B307" s="0" t="s">
-        <v>355</v>
+        <v>353</v>
       </c>
       <c r="C307" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="308">
       <c r="A308" s="0" t="s">
-        <v>356</v>
+        <v>352</v>
       </c>
       <c r="B308" s="0" t="s">
-        <v>357</v>
+        <v>353</v>
       </c>
       <c r="C308" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="309">
       <c r="A309" s="0" t="s">
-        <v>358</v>
+        <v>354</v>
       </c>
       <c r="B309" s="0" t="s">
-        <v>359</v>
+        <v>355</v>
       </c>
       <c r="C309" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="310">
       <c r="A310" s="0" t="s">
-        <v>360</v>
+        <v>356</v>
       </c>
       <c r="B310" s="0" t="s">
-        <v>361</v>
+        <v>357</v>
       </c>
       <c r="C310" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="311">
       <c r="A311" s="0" t="s">
-        <v>362</v>
+        <v>358</v>
       </c>
       <c r="B311" s="0" t="s">
-        <v>363</v>
+        <v>359</v>
       </c>
       <c r="C311" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="312">
       <c r="A312" s="0" t="s">
-        <v>364</v>
+        <v>360</v>
       </c>
       <c r="B312" s="0" t="s">
         <v>361</v>
       </c>
       <c r="C312" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="313">
       <c r="A313" s="0" t="s">
-        <v>365</v>
+        <v>362</v>
       </c>
       <c r="B313" s="0" t="s">
-        <v>366</v>
+        <v>363</v>
       </c>
       <c r="C313" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="314">
       <c r="A314" s="0" t="s">
-        <v>367</v>
+        <v>364</v>
       </c>
       <c r="B314" s="0" t="s">
-        <v>368</v>
+        <v>363</v>
       </c>
       <c r="C314" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="315">
       <c r="A315" s="0" t="s">
-        <v>369</v>
+        <v>365</v>
       </c>
       <c r="B315" s="0" t="s">
         <v>366</v>
       </c>
       <c r="C315" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="316">
       <c r="A316" s="0" t="s">
-        <v>370</v>
+        <v>367</v>
       </c>
       <c r="B316" s="0" t="s">
         <v>368</v>
       </c>
       <c r="C316" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="317">
       <c r="A317" s="0" t="s">
-        <v>371</v>
+        <v>369</v>
       </c>
       <c r="B317" s="0" t="s">
-        <v>372</v>
+        <v>368</v>
       </c>
       <c r="C317" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="318">
       <c r="A318" s="0" t="s">
-        <v>373</v>
+        <v>370</v>
       </c>
       <c r="B318" s="0" t="s">
-        <v>374</v>
+        <v>371</v>
       </c>
       <c r="C318" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="319">
       <c r="A319" s="0" t="s">
-        <v>375</v>
+        <v>372</v>
       </c>
       <c r="B319" s="0" t="s">
-        <v>376</v>
+        <v>373</v>
       </c>
       <c r="C319" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="320">
       <c r="A320" s="0" t="s">
-        <v>377</v>
+        <v>374</v>
       </c>
       <c r="B320" s="0" t="s">
-        <v>378</v>
+        <v>371</v>
       </c>
       <c r="C320" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="321">
       <c r="A321" s="0" t="s">
-        <v>379</v>
+        <v>375</v>
       </c>
       <c r="B321" s="0" t="s">
-        <v>380</v>
+        <v>373</v>
       </c>
       <c r="C321" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="322">
       <c r="A322" s="0" t="s">
-        <v>381</v>
+        <v>376</v>
       </c>
       <c r="B322" s="0" t="s">
-        <v>378</v>
+        <v>377</v>
       </c>
       <c r="C322" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="323">
       <c r="A323" s="0" t="s">
-        <v>382</v>
+        <v>378</v>
       </c>
       <c r="B323" s="0" t="s">
-        <v>380</v>
+        <v>379</v>
       </c>
       <c r="C323" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="324">
       <c r="A324" s="0" t="s">
-        <v>383</v>
+        <v>380</v>
       </c>
       <c r="B324" s="0" t="s">
-        <v>384</v>
+        <v>381</v>
       </c>
       <c r="C324" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="325">
       <c r="A325" s="0" t="s">
-        <v>385</v>
+        <v>382</v>
       </c>
       <c r="B325" s="0" t="s">
-        <v>386</v>
+        <v>383</v>
       </c>
       <c r="C325" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="326">
       <c r="A326" s="0" t="s">
-        <v>387</v>
+        <v>384</v>
       </c>
       <c r="B326" s="0" t="s">
-        <v>388</v>
+        <v>385</v>
       </c>
       <c r="C326" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="327">
       <c r="A327" s="0" t="s">
-        <v>389</v>
+        <v>386</v>
       </c>
       <c r="B327" s="0" t="s">
-        <v>390</v>
+        <v>387</v>
       </c>
       <c r="C327" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="328">
       <c r="A328" s="0" t="s">
-        <v>391</v>
+        <v>388</v>
       </c>
       <c r="B328" s="0" t="s">
-        <v>392</v>
+        <v>389</v>
       </c>
       <c r="C328" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="329">
       <c r="A329" s="0" t="s">
-        <v>393</v>
+        <v>390</v>
       </c>
       <c r="B329" s="0" t="s">
-        <v>390</v>
+        <v>387</v>
       </c>
       <c r="C329" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="330">
       <c r="A330" s="0" t="s">
-        <v>394</v>
+        <v>391</v>
       </c>
       <c r="B330" s="0" t="s">
-        <v>395</v>
+        <v>389</v>
       </c>
       <c r="C330" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="331">
       <c r="A331" s="0" t="s">
-        <v>396</v>
+        <v>392</v>
       </c>
       <c r="B331" s="0" t="s">
-        <v>397</v>
+        <v>393</v>
       </c>
       <c r="C331" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="332">
       <c r="A332" s="0" t="s">
-        <v>398</v>
+        <v>394</v>
       </c>
       <c r="B332" s="0" t="s">
-        <v>399</v>
+        <v>395</v>
       </c>
       <c r="C332" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="333">
       <c r="A333" s="0" t="s">
-        <v>400</v>
+        <v>396</v>
       </c>
       <c r="B333" s="0" t="s">
         <v>397</v>
       </c>
       <c r="C333" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="334">
       <c r="A334" s="0" t="s">
-        <v>401</v>
+        <v>398</v>
       </c>
       <c r="B334" s="0" t="s">
-        <v>397</v>
+        <v>399</v>
       </c>
       <c r="C334" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="335">
       <c r="A335" s="0" t="s">
-        <v>402</v>
+        <v>400</v>
       </c>
       <c r="B335" s="0" t="s">
-        <v>403</v>
+        <v>401</v>
       </c>
       <c r="C335" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="336">
       <c r="A336" s="0" t="s">
-        <v>404</v>
+        <v>402</v>
       </c>
       <c r="B336" s="0" t="s">
-        <v>405</v>
+        <v>399</v>
       </c>
       <c r="C336" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="337">
       <c r="A337" s="0" t="s">
-        <v>406</v>
+        <v>403</v>
       </c>
       <c r="B337" s="0" t="s">
-        <v>407</v>
+        <v>404</v>
       </c>
       <c r="C337" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="338">
       <c r="A338" s="0" t="s">
-        <v>408</v>
+        <v>405</v>
       </c>
       <c r="B338" s="0" t="s">
-        <v>409</v>
+        <v>404</v>
       </c>
       <c r="C338" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="339">
       <c r="A339" s="0" t="s">
-        <v>410</v>
+        <v>406</v>
       </c>
       <c r="B339" s="0" t="s">
         <v>407</v>
       </c>
       <c r="C339" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="340">
       <c r="A340" s="0" t="s">
-        <v>411</v>
+        <v>408</v>
       </c>
       <c r="B340" s="0" t="s">
-        <v>412</v>
+        <v>409</v>
       </c>
       <c r="C340" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="341">
       <c r="A341" s="0" t="s">
-        <v>413</v>
+        <v>410</v>
       </c>
       <c r="B341" s="0" t="s">
-        <v>407</v>
+        <v>411</v>
       </c>
       <c r="C341" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="342">
       <c r="A342" s="0" t="s">
-        <v>414</v>
+        <v>412</v>
       </c>
       <c r="B342" s="0" t="s">
-        <v>407</v>
+        <v>413</v>
       </c>
       <c r="C342" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="343">
       <c r="A343" s="0" t="s">
+        <v>414</v>
+      </c>
+      <c r="B343" s="0" t="s">
         <v>415</v>
-      </c>
-[...1 lines deleted...]
-        <v>416</v>
       </c>
       <c r="C343" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="344">
       <c r="A344" s="0" t="s">
-        <v>417</v>
+        <v>416</v>
       </c>
       <c r="B344" s="0" t="s">
-        <v>418</v>
+        <v>413</v>
       </c>
       <c r="C344" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="345">
       <c r="A345" s="0" t="s">
-        <v>419</v>
+        <v>417</v>
       </c>
       <c r="B345" s="0" t="s">
-        <v>420</v>
+        <v>413</v>
       </c>
       <c r="C345" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="346">
       <c r="A346" s="0" t="s">
-        <v>421</v>
+        <v>418</v>
       </c>
       <c r="B346" s="0" t="s">
-        <v>418</v>
+        <v>419</v>
       </c>
       <c r="C346" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="347">
       <c r="A347" s="0" t="s">
-        <v>422</v>
+        <v>420</v>
       </c>
       <c r="B347" s="0" t="s">
-        <v>418</v>
+        <v>421</v>
       </c>
       <c r="C347" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="348">
       <c r="A348" s="0" t="s">
-        <v>423</v>
+        <v>422</v>
       </c>
       <c r="B348" s="0" t="s">
-        <v>420</v>
+        <v>419</v>
       </c>
       <c r="C348" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="349">
       <c r="A349" s="0" t="s">
+        <v>423</v>
+      </c>
+      <c r="B349" s="0" t="s">
         <v>424</v>
-      </c>
-[...1 lines deleted...]
-        <v>418</v>
       </c>
       <c r="C349" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="350">
       <c r="A350" s="0" t="s">
         <v>425</v>
       </c>
       <c r="B350" s="0" t="s">
         <v>426</v>
       </c>
       <c r="C350" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="351">
       <c r="A351" s="0" t="s">
         <v>427</v>
       </c>
       <c r="B351" s="0" t="s">
         <v>428</v>
       </c>
       <c r="C351" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="352">
       <c r="A352" s="0" t="s">
         <v>429</v>
       </c>
       <c r="B352" s="0" t="s">
-        <v>430</v>
+        <v>426</v>
       </c>
       <c r="C352" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="353">
       <c r="A353" s="0" t="s">
+        <v>430</v>
+      </c>
+      <c r="B353" s="0" t="s">
         <v>431</v>
-      </c>
-[...1 lines deleted...]
-        <v>428</v>
       </c>
       <c r="C353" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="354">
       <c r="A354" s="0" t="s">
         <v>432</v>
       </c>
       <c r="B354" s="0" t="s">
-        <v>433</v>
+        <v>431</v>
       </c>
       <c r="C354" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="355">
       <c r="A355" s="0" t="s">
+        <v>433</v>
+      </c>
+      <c r="B355" s="0" t="s">
         <v>434</v>
-      </c>
-[...1 lines deleted...]
-        <v>433</v>
       </c>
       <c r="C355" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="356">
       <c r="A356" s="0" t="s">
         <v>221</v>
       </c>
       <c r="B356" s="0" t="s">
         <v>222</v>
       </c>
       <c r="C356" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="357">
       <c r="A357" s="0" t="s">
         <v>223</v>
       </c>
       <c r="B357" s="0" t="s">
         <v>224</v>
       </c>
       <c r="C357" s="0" t="s">
         <v>5</v>
@@ -5801,117 +5801,117 @@
         <v>274</v>
       </c>
       <c r="B383" s="0" t="s">
         <v>275</v>
       </c>
       <c r="C383" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="384">
       <c r="A384" s="0" t="s">
         <v>276</v>
       </c>
       <c r="B384" s="0" t="s">
         <v>277</v>
       </c>
       <c r="C384" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="385">
       <c r="A385" s="0" t="s">
         <v>278</v>
       </c>
       <c r="B385" s="0" t="s">
-        <v>275</v>
+        <v>279</v>
       </c>
       <c r="C385" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="386">
       <c r="A386" s="0" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="B386" s="0" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="C386" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="387">
       <c r="A387" s="0" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="B387" s="0" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="C387" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="388">
       <c r="A388" s="0" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="B388" s="0" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="C388" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="389">
       <c r="A389" s="0" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="B389" s="0" t="s">
-        <v>284</v>
+        <v>287</v>
       </c>
       <c r="C389" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="390">
       <c r="A390" s="0" t="s">
-        <v>286</v>
+        <v>288</v>
       </c>
       <c r="B390" s="0" t="s">
-        <v>287</v>
+        <v>289</v>
       </c>
       <c r="C390" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="391">
       <c r="A391" s="0" t="s">
-        <v>288</v>
+        <v>290</v>
       </c>
       <c r="B391" s="0" t="s">
-        <v>289</v>
+        <v>291</v>
       </c>
       <c r="C391" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="392">
       <c r="A392" s="0" t="s">
         <v>290</v>
       </c>
       <c r="B392" s="0" t="s">
         <v>291</v>
       </c>
       <c r="C392" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="393">
       <c r="A393" s="0" t="s">
         <v>292</v>
       </c>
       <c r="B393" s="0" t="s">
         <v>293</v>
       </c>
       <c r="C393" s="0" t="s">
         <v>5</v>
@@ -5933,953 +5933,953 @@
         <v>296</v>
       </c>
       <c r="B395" s="0" t="s">
         <v>297</v>
       </c>
       <c r="C395" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="396">
       <c r="A396" s="0" t="s">
         <v>298</v>
       </c>
       <c r="B396" s="0" t="s">
         <v>299</v>
       </c>
       <c r="C396" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="397">
       <c r="A397" s="0" t="s">
         <v>300</v>
       </c>
       <c r="B397" s="0" t="s">
-        <v>301</v>
+        <v>297</v>
       </c>
       <c r="C397" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="398">
       <c r="A398" s="0" t="s">
+        <v>301</v>
+      </c>
+      <c r="B398" s="0" t="s">
         <v>302</v>
-      </c>
-[...1 lines deleted...]
-        <v>303</v>
       </c>
       <c r="C398" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="399">
       <c r="A399" s="0" t="s">
+        <v>303</v>
+      </c>
+      <c r="B399" s="0" t="s">
         <v>304</v>
-      </c>
-[...1 lines deleted...]
-        <v>305</v>
       </c>
       <c r="C399" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="400">
       <c r="A400" s="0" t="s">
+        <v>305</v>
+      </c>
+      <c r="B400" s="0" t="s">
         <v>306</v>
-      </c>
-[...1 lines deleted...]
-        <v>307</v>
       </c>
       <c r="C400" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="401">
       <c r="A401" s="0" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
       <c r="B401" s="0" t="s">
-        <v>307</v>
+        <v>304</v>
       </c>
       <c r="C401" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="402">
       <c r="A402" s="0" t="s">
         <v>308</v>
       </c>
       <c r="B402" s="0" t="s">
         <v>309</v>
       </c>
       <c r="C402" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="403">
       <c r="A403" s="0" t="s">
         <v>310</v>
       </c>
       <c r="B403" s="0" t="s">
         <v>311</v>
       </c>
       <c r="C403" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="404">
       <c r="A404" s="0" t="s">
         <v>312</v>
       </c>
       <c r="B404" s="0" t="s">
         <v>313</v>
       </c>
       <c r="C404" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="405">
       <c r="A405" s="0" t="s">
         <v>314</v>
       </c>
       <c r="B405" s="0" t="s">
-        <v>315</v>
+        <v>311</v>
       </c>
       <c r="C405" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="406">
       <c r="A406" s="0" t="s">
-        <v>316</v>
+        <v>315</v>
       </c>
       <c r="B406" s="0" t="s">
-        <v>313</v>
+        <v>311</v>
       </c>
       <c r="C406" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="407">
       <c r="A407" s="0" t="s">
+        <v>316</v>
+      </c>
+      <c r="B407" s="0" t="s">
         <v>317</v>
-      </c>
-[...1 lines deleted...]
-        <v>318</v>
       </c>
       <c r="C407" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="408">
       <c r="A408" s="0" t="s">
+        <v>318</v>
+      </c>
+      <c r="B408" s="0" t="s">
         <v>319</v>
-      </c>
-[...1 lines deleted...]
-        <v>320</v>
       </c>
       <c r="C408" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="409">
       <c r="A409" s="0" t="s">
+        <v>320</v>
+      </c>
+      <c r="B409" s="0" t="s">
         <v>321</v>
-      </c>
-[...1 lines deleted...]
-        <v>322</v>
       </c>
       <c r="C409" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="410">
       <c r="A410" s="0" t="s">
+        <v>322</v>
+      </c>
+      <c r="B410" s="0" t="s">
         <v>323</v>
-      </c>
-[...1 lines deleted...]
-        <v>320</v>
       </c>
       <c r="C410" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="411">
       <c r="A411" s="0" t="s">
         <v>324</v>
       </c>
       <c r="B411" s="0" t="s">
-        <v>325</v>
+        <v>321</v>
       </c>
       <c r="C411" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="412">
       <c r="A412" s="0" t="s">
+        <v>325</v>
+      </c>
+      <c r="B412" s="0" t="s">
         <v>326</v>
-      </c>
-[...1 lines deleted...]
-        <v>327</v>
       </c>
       <c r="C412" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="413">
       <c r="A413" s="0" t="s">
+        <v>327</v>
+      </c>
+      <c r="B413" s="0" t="s">
         <v>328</v>
-      </c>
-[...1 lines deleted...]
-        <v>329</v>
       </c>
       <c r="C413" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="414">
       <c r="A414" s="0" t="s">
+        <v>329</v>
+      </c>
+      <c r="B414" s="0" t="s">
         <v>330</v>
-      </c>
-[...1 lines deleted...]
-        <v>327</v>
       </c>
       <c r="C414" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="415">
       <c r="A415" s="0" t="s">
         <v>331</v>
       </c>
       <c r="B415" s="0" t="s">
         <v>332</v>
       </c>
       <c r="C415" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="416">
       <c r="A416" s="0" t="s">
         <v>333</v>
       </c>
       <c r="B416" s="0" t="s">
         <v>334</v>
       </c>
       <c r="C416" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="417">
       <c r="A417" s="0" t="s">
         <v>335</v>
       </c>
       <c r="B417" s="0" t="s">
-        <v>332</v>
+        <v>336</v>
       </c>
       <c r="C417" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="418">
       <c r="A418" s="0" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="B418" s="0" t="s">
-        <v>332</v>
+        <v>334</v>
       </c>
       <c r="C418" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="419">
       <c r="A419" s="0" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="B419" s="0" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
       <c r="C419" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="420">
       <c r="A420" s="0" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
       <c r="B420" s="0" t="s">
-        <v>340</v>
+        <v>334</v>
       </c>
       <c r="C420" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="421">
       <c r="A421" s="0" t="s">
         <v>341</v>
       </c>
       <c r="B421" s="0" t="s">
-        <v>342</v>
+        <v>334</v>
       </c>
       <c r="C421" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="422">
       <c r="A422" s="0" t="s">
+        <v>342</v>
+      </c>
+      <c r="B422" s="0" t="s">
         <v>343</v>
-      </c>
-[...1 lines deleted...]
-        <v>344</v>
       </c>
       <c r="C422" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="423">
       <c r="A423" s="0" t="s">
+        <v>344</v>
+      </c>
+      <c r="B423" s="0" t="s">
         <v>345</v>
-      </c>
-[...1 lines deleted...]
-        <v>346</v>
       </c>
       <c r="C423" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="424">
       <c r="A424" s="0" t="s">
+        <v>346</v>
+      </c>
+      <c r="B424" s="0" t="s">
         <v>347</v>
-      </c>
-[...1 lines deleted...]
-        <v>344</v>
       </c>
       <c r="C424" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="425">
       <c r="A425" s="0" t="s">
         <v>348</v>
       </c>
       <c r="B425" s="0" t="s">
-        <v>349</v>
+        <v>345</v>
       </c>
       <c r="C425" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="426">
       <c r="A426" s="0" t="s">
-        <v>350</v>
+        <v>349</v>
       </c>
       <c r="B426" s="0" t="s">
-        <v>351</v>
+        <v>345</v>
       </c>
       <c r="C426" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="427">
       <c r="A427" s="0" t="s">
         <v>350</v>
       </c>
       <c r="B427" s="0" t="s">
-        <v>351</v>
+        <v>347</v>
       </c>
       <c r="C427" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="428">
       <c r="A428" s="0" t="s">
-        <v>352</v>
+        <v>351</v>
       </c>
       <c r="B428" s="0" t="s">
-        <v>353</v>
+        <v>345</v>
       </c>
       <c r="C428" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="429">
       <c r="A429" s="0" t="s">
-        <v>354</v>
+        <v>352</v>
       </c>
       <c r="B429" s="0" t="s">
-        <v>355</v>
+        <v>353</v>
       </c>
       <c r="C429" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="430">
       <c r="A430" s="0" t="s">
-        <v>356</v>
+        <v>352</v>
       </c>
       <c r="B430" s="0" t="s">
-        <v>357</v>
+        <v>353</v>
       </c>
       <c r="C430" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="431">
       <c r="A431" s="0" t="s">
-        <v>358</v>
+        <v>354</v>
       </c>
       <c r="B431" s="0" t="s">
-        <v>359</v>
+        <v>355</v>
       </c>
       <c r="C431" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="432">
       <c r="A432" s="0" t="s">
-        <v>360</v>
+        <v>356</v>
       </c>
       <c r="B432" s="0" t="s">
-        <v>361</v>
+        <v>357</v>
       </c>
       <c r="C432" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="433">
       <c r="A433" s="0" t="s">
-        <v>362</v>
+        <v>358</v>
       </c>
       <c r="B433" s="0" t="s">
-        <v>363</v>
+        <v>359</v>
       </c>
       <c r="C433" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="434">
       <c r="A434" s="0" t="s">
-        <v>364</v>
+        <v>360</v>
       </c>
       <c r="B434" s="0" t="s">
         <v>361</v>
       </c>
       <c r="C434" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="435">
       <c r="A435" s="0" t="s">
-        <v>365</v>
+        <v>362</v>
       </c>
       <c r="B435" s="0" t="s">
-        <v>366</v>
+        <v>363</v>
       </c>
       <c r="C435" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="436">
       <c r="A436" s="0" t="s">
-        <v>367</v>
+        <v>364</v>
       </c>
       <c r="B436" s="0" t="s">
-        <v>368</v>
+        <v>363</v>
       </c>
       <c r="C436" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="437">
       <c r="A437" s="0" t="s">
-        <v>369</v>
+        <v>365</v>
       </c>
       <c r="B437" s="0" t="s">
         <v>366</v>
       </c>
       <c r="C437" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="438">
       <c r="A438" s="0" t="s">
-        <v>370</v>
+        <v>367</v>
       </c>
       <c r="B438" s="0" t="s">
         <v>368</v>
       </c>
       <c r="C438" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="439">
       <c r="A439" s="0" t="s">
-        <v>371</v>
+        <v>369</v>
       </c>
       <c r="B439" s="0" t="s">
-        <v>372</v>
+        <v>368</v>
       </c>
       <c r="C439" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="440">
       <c r="A440" s="0" t="s">
-        <v>373</v>
+        <v>370</v>
       </c>
       <c r="B440" s="0" t="s">
-        <v>374</v>
+        <v>371</v>
       </c>
       <c r="C440" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="441">
       <c r="A441" s="0" t="s">
-        <v>375</v>
+        <v>372</v>
       </c>
       <c r="B441" s="0" t="s">
-        <v>376</v>
+        <v>373</v>
       </c>
       <c r="C441" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="442">
       <c r="A442" s="0" t="s">
-        <v>377</v>
+        <v>374</v>
       </c>
       <c r="B442" s="0" t="s">
-        <v>378</v>
+        <v>371</v>
       </c>
       <c r="C442" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="443">
       <c r="A443" s="0" t="s">
-        <v>379</v>
+        <v>375</v>
       </c>
       <c r="B443" s="0" t="s">
-        <v>380</v>
+        <v>373</v>
       </c>
       <c r="C443" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="444">
       <c r="A444" s="0" t="s">
-        <v>381</v>
+        <v>376</v>
       </c>
       <c r="B444" s="0" t="s">
-        <v>378</v>
+        <v>377</v>
       </c>
       <c r="C444" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="445">
       <c r="A445" s="0" t="s">
-        <v>382</v>
+        <v>378</v>
       </c>
       <c r="B445" s="0" t="s">
-        <v>380</v>
+        <v>379</v>
       </c>
       <c r="C445" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="446">
       <c r="A446" s="0" t="s">
-        <v>383</v>
+        <v>380</v>
       </c>
       <c r="B446" s="0" t="s">
-        <v>384</v>
+        <v>381</v>
       </c>
       <c r="C446" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="447">
       <c r="A447" s="0" t="s">
-        <v>385</v>
+        <v>382</v>
       </c>
       <c r="B447" s="0" t="s">
-        <v>386</v>
+        <v>383</v>
       </c>
       <c r="C447" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="448">
       <c r="A448" s="0" t="s">
-        <v>387</v>
+        <v>384</v>
       </c>
       <c r="B448" s="0" t="s">
-        <v>388</v>
+        <v>385</v>
       </c>
       <c r="C448" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="449">
       <c r="A449" s="0" t="s">
-        <v>389</v>
+        <v>386</v>
       </c>
       <c r="B449" s="0" t="s">
-        <v>390</v>
+        <v>387</v>
       </c>
       <c r="C449" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="450">
       <c r="A450" s="0" t="s">
-        <v>391</v>
+        <v>388</v>
       </c>
       <c r="B450" s="0" t="s">
-        <v>392</v>
+        <v>389</v>
       </c>
       <c r="C450" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="451">
       <c r="A451" s="0" t="s">
-        <v>393</v>
+        <v>390</v>
       </c>
       <c r="B451" s="0" t="s">
-        <v>390</v>
+        <v>387</v>
       </c>
       <c r="C451" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="452">
       <c r="A452" s="0" t="s">
-        <v>394</v>
+        <v>391</v>
       </c>
       <c r="B452" s="0" t="s">
-        <v>395</v>
+        <v>389</v>
       </c>
       <c r="C452" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="453">
       <c r="A453" s="0" t="s">
-        <v>396</v>
+        <v>392</v>
       </c>
       <c r="B453" s="0" t="s">
-        <v>397</v>
+        <v>393</v>
       </c>
       <c r="C453" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="454">
       <c r="A454" s="0" t="s">
-        <v>398</v>
+        <v>394</v>
       </c>
       <c r="B454" s="0" t="s">
-        <v>399</v>
+        <v>395</v>
       </c>
       <c r="C454" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="455">
       <c r="A455" s="0" t="s">
-        <v>400</v>
+        <v>396</v>
       </c>
       <c r="B455" s="0" t="s">
         <v>397</v>
       </c>
       <c r="C455" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="456">
       <c r="A456" s="0" t="s">
-        <v>401</v>
+        <v>398</v>
       </c>
       <c r="B456" s="0" t="s">
-        <v>397</v>
+        <v>399</v>
       </c>
       <c r="C456" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="457">
       <c r="A457" s="0" t="s">
-        <v>402</v>
+        <v>400</v>
       </c>
       <c r="B457" s="0" t="s">
-        <v>403</v>
+        <v>401</v>
       </c>
       <c r="C457" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="458">
       <c r="A458" s="0" t="s">
-        <v>404</v>
+        <v>402</v>
       </c>
       <c r="B458" s="0" t="s">
-        <v>405</v>
+        <v>399</v>
       </c>
       <c r="C458" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="459">
       <c r="A459" s="0" t="s">
-        <v>406</v>
+        <v>403</v>
       </c>
       <c r="B459" s="0" t="s">
-        <v>407</v>
+        <v>404</v>
       </c>
       <c r="C459" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="460">
       <c r="A460" s="0" t="s">
-        <v>408</v>
+        <v>405</v>
       </c>
       <c r="B460" s="0" t="s">
-        <v>409</v>
+        <v>404</v>
       </c>
       <c r="C460" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="461">
       <c r="A461" s="0" t="s">
-        <v>410</v>
+        <v>406</v>
       </c>
       <c r="B461" s="0" t="s">
         <v>407</v>
       </c>
       <c r="C461" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="462">
       <c r="A462" s="0" t="s">
-        <v>411</v>
+        <v>408</v>
       </c>
       <c r="B462" s="0" t="s">
-        <v>412</v>
+        <v>409</v>
       </c>
       <c r="C462" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="463">
       <c r="A463" s="0" t="s">
-        <v>413</v>
+        <v>410</v>
       </c>
       <c r="B463" s="0" t="s">
-        <v>407</v>
+        <v>411</v>
       </c>
       <c r="C463" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="464">
       <c r="A464" s="0" t="s">
-        <v>414</v>
+        <v>412</v>
       </c>
       <c r="B464" s="0" t="s">
-        <v>407</v>
+        <v>413</v>
       </c>
       <c r="C464" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="465">
       <c r="A465" s="0" t="s">
+        <v>414</v>
+      </c>
+      <c r="B465" s="0" t="s">
         <v>415</v>
-      </c>
-[...1 lines deleted...]
-        <v>416</v>
       </c>
       <c r="C465" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="466">
       <c r="A466" s="0" t="s">
-        <v>417</v>
+        <v>416</v>
       </c>
       <c r="B466" s="0" t="s">
-        <v>418</v>
+        <v>413</v>
       </c>
       <c r="C466" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="467">
       <c r="A467" s="0" t="s">
-        <v>419</v>
+        <v>417</v>
       </c>
       <c r="B467" s="0" t="s">
-        <v>420</v>
+        <v>413</v>
       </c>
       <c r="C467" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="468">
       <c r="A468" s="0" t="s">
-        <v>421</v>
+        <v>418</v>
       </c>
       <c r="B468" s="0" t="s">
-        <v>418</v>
+        <v>419</v>
       </c>
       <c r="C468" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="469">
       <c r="A469" s="0" t="s">
-        <v>422</v>
+        <v>420</v>
       </c>
       <c r="B469" s="0" t="s">
-        <v>418</v>
+        <v>421</v>
       </c>
       <c r="C469" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="470">
       <c r="A470" s="0" t="s">
-        <v>423</v>
+        <v>422</v>
       </c>
       <c r="B470" s="0" t="s">
-        <v>420</v>
+        <v>419</v>
       </c>
       <c r="C470" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="471">
       <c r="A471" s="0" t="s">
+        <v>423</v>
+      </c>
+      <c r="B471" s="0" t="s">
         <v>424</v>
-      </c>
-[...1 lines deleted...]
-        <v>418</v>
       </c>
       <c r="C471" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="472">
       <c r="A472" s="0" t="s">
         <v>425</v>
       </c>
       <c r="B472" s="0" t="s">
         <v>426</v>
       </c>
       <c r="C472" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="473">
       <c r="A473" s="0" t="s">
         <v>427</v>
       </c>
       <c r="B473" s="0" t="s">
         <v>428</v>
       </c>
       <c r="C473" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="474">
       <c r="A474" s="0" t="s">
         <v>429</v>
       </c>
       <c r="B474" s="0" t="s">
-        <v>430</v>
+        <v>426</v>
       </c>
       <c r="C474" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="475">
       <c r="A475" s="0" t="s">
+        <v>430</v>
+      </c>
+      <c r="B475" s="0" t="s">
         <v>431</v>
-      </c>
-[...1 lines deleted...]
-        <v>428</v>
       </c>
       <c r="C475" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="476">
       <c r="A476" s="0" t="s">
         <v>432</v>
       </c>
       <c r="B476" s="0" t="s">
-        <v>433</v>
+        <v>431</v>
       </c>
       <c r="C476" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="477">
       <c r="A477" s="0" t="s">
+        <v>433</v>
+      </c>
+      <c r="B477" s="0" t="s">
         <v>434</v>
-      </c>
-[...1 lines deleted...]
-        <v>433</v>
       </c>
       <c r="C477" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="478">
       <c r="A478" s="0" t="s">
         <v>435</v>
       </c>
       <c r="B478" s="0" t="s">
-        <v>338</v>
+        <v>434</v>
       </c>
       <c r="C478" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="479">
       <c r="A479" s="0" t="s">
         <v>435</v>
       </c>
       <c r="B479" s="0" t="s">
-        <v>338</v>
+        <v>434</v>
       </c>
       <c r="C479" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="480">
       <c r="A480" s="0" t="s">
         <v>436</v>
       </c>
       <c r="B480" s="0" t="s">
         <v>437</v>
       </c>
       <c r="C480" s="0" t="s">
         <v>438</v>
       </c>
     </row>
     <row r="481">
       <c r="A481" s="0" t="s">
         <v>439</v>
       </c>
       <c r="B481" s="0" t="s">
         <v>440</v>
       </c>
       <c r="C481" s="0" t="s">
         <v>438</v>
@@ -9194,117 +9194,117 @@
         <v>274</v>
       </c>
       <c r="B692" s="0" t="s">
         <v>275</v>
       </c>
       <c r="C692" s="0" t="s">
         <v>502</v>
       </c>
     </row>
     <row r="693">
       <c r="A693" s="0" t="s">
         <v>276</v>
       </c>
       <c r="B693" s="0" t="s">
         <v>277</v>
       </c>
       <c r="C693" s="0" t="s">
         <v>502</v>
       </c>
     </row>
     <row r="694">
       <c r="A694" s="0" t="s">
         <v>278</v>
       </c>
       <c r="B694" s="0" t="s">
-        <v>275</v>
+        <v>279</v>
       </c>
       <c r="C694" s="0" t="s">
         <v>502</v>
       </c>
     </row>
     <row r="695">
       <c r="A695" s="0" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="B695" s="0" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="C695" s="0" t="s">
         <v>502</v>
       </c>
     </row>
     <row r="696">
       <c r="A696" s="0" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="B696" s="0" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="C696" s="0" t="s">
         <v>502</v>
       </c>
     </row>
     <row r="697">
       <c r="A697" s="0" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="B697" s="0" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="C697" s="0" t="s">
         <v>502</v>
       </c>
     </row>
     <row r="698">
       <c r="A698" s="0" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="B698" s="0" t="s">
-        <v>284</v>
+        <v>287</v>
       </c>
       <c r="C698" s="0" t="s">
         <v>502</v>
       </c>
     </row>
     <row r="699">
       <c r="A699" s="0" t="s">
-        <v>286</v>
+        <v>288</v>
       </c>
       <c r="B699" s="0" t="s">
-        <v>287</v>
+        <v>289</v>
       </c>
       <c r="C699" s="0" t="s">
         <v>502</v>
       </c>
     </row>
     <row r="700">
       <c r="A700" s="0" t="s">
-        <v>288</v>
+        <v>290</v>
       </c>
       <c r="B700" s="0" t="s">
-        <v>289</v>
+        <v>291</v>
       </c>
       <c r="C700" s="0" t="s">
         <v>502</v>
       </c>
     </row>
     <row r="701">
       <c r="A701" s="0" t="s">
         <v>290</v>
       </c>
       <c r="B701" s="0" t="s">
         <v>291</v>
       </c>
       <c r="C701" s="0" t="s">
         <v>502</v>
       </c>
     </row>
     <row r="702">
       <c r="A702" s="0" t="s">
         <v>292</v>
       </c>
       <c r="B702" s="0" t="s">
         <v>293</v>
       </c>
       <c r="C702" s="0" t="s">
         <v>502</v>
@@ -9326,942 +9326,942 @@
         <v>296</v>
       </c>
       <c r="B704" s="0" t="s">
         <v>297</v>
       </c>
       <c r="C704" s="0" t="s">
         <v>502</v>
       </c>
     </row>
     <row r="705">
       <c r="A705" s="0" t="s">
         <v>298</v>
       </c>
       <c r="B705" s="0" t="s">
         <v>299</v>
       </c>
       <c r="C705" s="0" t="s">
         <v>502</v>
       </c>
     </row>
     <row r="706">
       <c r="A706" s="0" t="s">
         <v>300</v>
       </c>
       <c r="B706" s="0" t="s">
-        <v>301</v>
+        <v>297</v>
       </c>
       <c r="C706" s="0" t="s">
         <v>502</v>
       </c>
     </row>
     <row r="707">
       <c r="A707" s="0" t="s">
+        <v>301</v>
+      </c>
+      <c r="B707" s="0" t="s">
         <v>302</v>
-      </c>
-[...1 lines deleted...]
-        <v>303</v>
       </c>
       <c r="C707" s="0" t="s">
         <v>502</v>
       </c>
     </row>
     <row r="708">
       <c r="A708" s="0" t="s">
+        <v>303</v>
+      </c>
+      <c r="B708" s="0" t="s">
         <v>304</v>
-      </c>
-[...1 lines deleted...]
-        <v>305</v>
       </c>
       <c r="C708" s="0" t="s">
         <v>502</v>
       </c>
     </row>
     <row r="709">
       <c r="A709" s="0" t="s">
+        <v>305</v>
+      </c>
+      <c r="B709" s="0" t="s">
         <v>306</v>
-      </c>
-[...1 lines deleted...]
-        <v>307</v>
       </c>
       <c r="C709" s="0" t="s">
         <v>502</v>
       </c>
     </row>
     <row r="710">
       <c r="A710" s="0" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
       <c r="B710" s="0" t="s">
-        <v>307</v>
+        <v>304</v>
       </c>
       <c r="C710" s="0" t="s">
         <v>502</v>
       </c>
     </row>
     <row r="711">
       <c r="A711" s="0" t="s">
         <v>308</v>
       </c>
       <c r="B711" s="0" t="s">
         <v>309</v>
       </c>
       <c r="C711" s="0" t="s">
         <v>502</v>
       </c>
     </row>
     <row r="712">
       <c r="A712" s="0" t="s">
         <v>310</v>
       </c>
       <c r="B712" s="0" t="s">
         <v>311</v>
       </c>
       <c r="C712" s="0" t="s">
         <v>502</v>
       </c>
     </row>
     <row r="713">
       <c r="A713" s="0" t="s">
         <v>312</v>
       </c>
       <c r="B713" s="0" t="s">
         <v>313</v>
       </c>
       <c r="C713" s="0" t="s">
         <v>502</v>
       </c>
     </row>
     <row r="714">
       <c r="A714" s="0" t="s">
         <v>314</v>
       </c>
       <c r="B714" s="0" t="s">
-        <v>315</v>
+        <v>311</v>
       </c>
       <c r="C714" s="0" t="s">
         <v>502</v>
       </c>
     </row>
     <row r="715">
       <c r="A715" s="0" t="s">
-        <v>316</v>
+        <v>315</v>
       </c>
       <c r="B715" s="0" t="s">
-        <v>313</v>
+        <v>311</v>
       </c>
       <c r="C715" s="0" t="s">
         <v>502</v>
       </c>
     </row>
     <row r="716">
       <c r="A716" s="0" t="s">
+        <v>316</v>
+      </c>
+      <c r="B716" s="0" t="s">
         <v>317</v>
-      </c>
-[...1 lines deleted...]
-        <v>318</v>
       </c>
       <c r="C716" s="0" t="s">
         <v>502</v>
       </c>
     </row>
     <row r="717">
       <c r="A717" s="0" t="s">
+        <v>318</v>
+      </c>
+      <c r="B717" s="0" t="s">
         <v>319</v>
-      </c>
-[...1 lines deleted...]
-        <v>320</v>
       </c>
       <c r="C717" s="0" t="s">
         <v>502</v>
       </c>
     </row>
     <row r="718">
       <c r="A718" s="0" t="s">
+        <v>320</v>
+      </c>
+      <c r="B718" s="0" t="s">
         <v>321</v>
-      </c>
-[...1 lines deleted...]
-        <v>322</v>
       </c>
       <c r="C718" s="0" t="s">
         <v>502</v>
       </c>
     </row>
     <row r="719">
       <c r="A719" s="0" t="s">
+        <v>322</v>
+      </c>
+      <c r="B719" s="0" t="s">
         <v>323</v>
-      </c>
-[...1 lines deleted...]
-        <v>320</v>
       </c>
       <c r="C719" s="0" t="s">
         <v>502</v>
       </c>
     </row>
     <row r="720">
       <c r="A720" s="0" t="s">
         <v>324</v>
       </c>
       <c r="B720" s="0" t="s">
-        <v>325</v>
+        <v>321</v>
       </c>
       <c r="C720" s="0" t="s">
         <v>502</v>
       </c>
     </row>
     <row r="721">
       <c r="A721" s="0" t="s">
+        <v>325</v>
+      </c>
+      <c r="B721" s="0" t="s">
         <v>326</v>
-      </c>
-[...1 lines deleted...]
-        <v>327</v>
       </c>
       <c r="C721" s="0" t="s">
         <v>502</v>
       </c>
     </row>
     <row r="722">
       <c r="A722" s="0" t="s">
+        <v>327</v>
+      </c>
+      <c r="B722" s="0" t="s">
         <v>328</v>
-      </c>
-[...1 lines deleted...]
-        <v>329</v>
       </c>
       <c r="C722" s="0" t="s">
         <v>502</v>
       </c>
     </row>
     <row r="723">
       <c r="A723" s="0" t="s">
+        <v>329</v>
+      </c>
+      <c r="B723" s="0" t="s">
         <v>330</v>
-      </c>
-[...1 lines deleted...]
-        <v>327</v>
       </c>
       <c r="C723" s="0" t="s">
         <v>502</v>
       </c>
     </row>
     <row r="724">
       <c r="A724" s="0" t="s">
         <v>331</v>
       </c>
       <c r="B724" s="0" t="s">
         <v>332</v>
       </c>
       <c r="C724" s="0" t="s">
         <v>502</v>
       </c>
     </row>
     <row r="725">
       <c r="A725" s="0" t="s">
         <v>333</v>
       </c>
       <c r="B725" s="0" t="s">
         <v>334</v>
       </c>
       <c r="C725" s="0" t="s">
         <v>502</v>
       </c>
     </row>
     <row r="726">
       <c r="A726" s="0" t="s">
         <v>335</v>
       </c>
       <c r="B726" s="0" t="s">
-        <v>332</v>
+        <v>336</v>
       </c>
       <c r="C726" s="0" t="s">
         <v>502</v>
       </c>
     </row>
     <row r="727">
       <c r="A727" s="0" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="B727" s="0" t="s">
-        <v>332</v>
+        <v>334</v>
       </c>
       <c r="C727" s="0" t="s">
         <v>502</v>
       </c>
     </row>
     <row r="728">
       <c r="A728" s="0" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="B728" s="0" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
       <c r="C728" s="0" t="s">
         <v>502</v>
       </c>
     </row>
     <row r="729">
       <c r="A729" s="0" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
       <c r="B729" s="0" t="s">
-        <v>340</v>
+        <v>334</v>
       </c>
       <c r="C729" s="0" t="s">
         <v>502</v>
       </c>
     </row>
     <row r="730">
       <c r="A730" s="0" t="s">
         <v>341</v>
       </c>
       <c r="B730" s="0" t="s">
-        <v>342</v>
+        <v>334</v>
       </c>
       <c r="C730" s="0" t="s">
         <v>502</v>
       </c>
     </row>
     <row r="731">
       <c r="A731" s="0" t="s">
+        <v>342</v>
+      </c>
+      <c r="B731" s="0" t="s">
         <v>343</v>
-      </c>
-[...1 lines deleted...]
-        <v>344</v>
       </c>
       <c r="C731" s="0" t="s">
         <v>502</v>
       </c>
     </row>
     <row r="732">
       <c r="A732" s="0" t="s">
+        <v>344</v>
+      </c>
+      <c r="B732" s="0" t="s">
         <v>345</v>
-      </c>
-[...1 lines deleted...]
-        <v>346</v>
       </c>
       <c r="C732" s="0" t="s">
         <v>502</v>
       </c>
     </row>
     <row r="733">
       <c r="A733" s="0" t="s">
+        <v>346</v>
+      </c>
+      <c r="B733" s="0" t="s">
         <v>347</v>
-      </c>
-[...1 lines deleted...]
-        <v>344</v>
       </c>
       <c r="C733" s="0" t="s">
         <v>502</v>
       </c>
     </row>
     <row r="734">
       <c r="A734" s="0" t="s">
         <v>348</v>
       </c>
       <c r="B734" s="0" t="s">
-        <v>349</v>
+        <v>345</v>
       </c>
       <c r="C734" s="0" t="s">
         <v>502</v>
       </c>
     </row>
     <row r="735">
       <c r="A735" s="0" t="s">
-        <v>350</v>
+        <v>349</v>
       </c>
       <c r="B735" s="0" t="s">
-        <v>351</v>
+        <v>345</v>
       </c>
       <c r="C735" s="0" t="s">
         <v>502</v>
       </c>
     </row>
     <row r="736">
       <c r="A736" s="0" t="s">
         <v>350</v>
       </c>
       <c r="B736" s="0" t="s">
-        <v>351</v>
+        <v>347</v>
       </c>
       <c r="C736" s="0" t="s">
         <v>502</v>
       </c>
     </row>
     <row r="737">
       <c r="A737" s="0" t="s">
-        <v>352</v>
+        <v>351</v>
       </c>
       <c r="B737" s="0" t="s">
-        <v>353</v>
+        <v>345</v>
       </c>
       <c r="C737" s="0" t="s">
         <v>502</v>
       </c>
     </row>
     <row r="738">
       <c r="A738" s="0" t="s">
-        <v>354</v>
+        <v>352</v>
       </c>
       <c r="B738" s="0" t="s">
-        <v>355</v>
+        <v>353</v>
       </c>
       <c r="C738" s="0" t="s">
         <v>502</v>
       </c>
     </row>
     <row r="739">
       <c r="A739" s="0" t="s">
-        <v>356</v>
+        <v>352</v>
       </c>
       <c r="B739" s="0" t="s">
-        <v>357</v>
+        <v>353</v>
       </c>
       <c r="C739" s="0" t="s">
         <v>502</v>
       </c>
     </row>
     <row r="740">
       <c r="A740" s="0" t="s">
-        <v>358</v>
+        <v>354</v>
       </c>
       <c r="B740" s="0" t="s">
-        <v>359</v>
+        <v>355</v>
       </c>
       <c r="C740" s="0" t="s">
         <v>502</v>
       </c>
     </row>
     <row r="741">
       <c r="A741" s="0" t="s">
-        <v>360</v>
+        <v>356</v>
       </c>
       <c r="B741" s="0" t="s">
-        <v>361</v>
+        <v>357</v>
       </c>
       <c r="C741" s="0" t="s">
         <v>502</v>
       </c>
     </row>
     <row r="742">
       <c r="A742" s="0" t="s">
-        <v>362</v>
+        <v>358</v>
       </c>
       <c r="B742" s="0" t="s">
-        <v>363</v>
+        <v>359</v>
       </c>
       <c r="C742" s="0" t="s">
         <v>502</v>
       </c>
     </row>
     <row r="743">
       <c r="A743" s="0" t="s">
-        <v>364</v>
+        <v>360</v>
       </c>
       <c r="B743" s="0" t="s">
         <v>361</v>
       </c>
       <c r="C743" s="0" t="s">
         <v>502</v>
       </c>
     </row>
     <row r="744">
       <c r="A744" s="0" t="s">
-        <v>365</v>
+        <v>362</v>
       </c>
       <c r="B744" s="0" t="s">
-        <v>366</v>
+        <v>363</v>
       </c>
       <c r="C744" s="0" t="s">
         <v>502</v>
       </c>
     </row>
     <row r="745">
       <c r="A745" s="0" t="s">
-        <v>367</v>
+        <v>364</v>
       </c>
       <c r="B745" s="0" t="s">
-        <v>368</v>
+        <v>363</v>
       </c>
       <c r="C745" s="0" t="s">
         <v>502</v>
       </c>
     </row>
     <row r="746">
       <c r="A746" s="0" t="s">
-        <v>369</v>
+        <v>365</v>
       </c>
       <c r="B746" s="0" t="s">
         <v>366</v>
       </c>
       <c r="C746" s="0" t="s">
         <v>502</v>
       </c>
     </row>
     <row r="747">
       <c r="A747" s="0" t="s">
-        <v>370</v>
+        <v>367</v>
       </c>
       <c r="B747" s="0" t="s">
         <v>368</v>
       </c>
       <c r="C747" s="0" t="s">
         <v>502</v>
       </c>
     </row>
     <row r="748">
       <c r="A748" s="0" t="s">
-        <v>371</v>
+        <v>369</v>
       </c>
       <c r="B748" s="0" t="s">
-        <v>372</v>
+        <v>368</v>
       </c>
       <c r="C748" s="0" t="s">
         <v>502</v>
       </c>
     </row>
     <row r="749">
       <c r="A749" s="0" t="s">
-        <v>373</v>
+        <v>370</v>
       </c>
       <c r="B749" s="0" t="s">
-        <v>374</v>
+        <v>371</v>
       </c>
       <c r="C749" s="0" t="s">
         <v>502</v>
       </c>
     </row>
     <row r="750">
       <c r="A750" s="0" t="s">
-        <v>375</v>
+        <v>372</v>
       </c>
       <c r="B750" s="0" t="s">
-        <v>376</v>
+        <v>373</v>
       </c>
       <c r="C750" s="0" t="s">
         <v>502</v>
       </c>
     </row>
     <row r="751">
       <c r="A751" s="0" t="s">
-        <v>377</v>
+        <v>374</v>
       </c>
       <c r="B751" s="0" t="s">
-        <v>378</v>
+        <v>371</v>
       </c>
       <c r="C751" s="0" t="s">
         <v>502</v>
       </c>
     </row>
     <row r="752">
       <c r="A752" s="0" t="s">
-        <v>379</v>
+        <v>375</v>
       </c>
       <c r="B752" s="0" t="s">
-        <v>380</v>
+        <v>373</v>
       </c>
       <c r="C752" s="0" t="s">
         <v>502</v>
       </c>
     </row>
     <row r="753">
       <c r="A753" s="0" t="s">
-        <v>381</v>
+        <v>376</v>
       </c>
       <c r="B753" s="0" t="s">
-        <v>378</v>
+        <v>377</v>
       </c>
       <c r="C753" s="0" t="s">
         <v>502</v>
       </c>
     </row>
     <row r="754">
       <c r="A754" s="0" t="s">
-        <v>382</v>
+        <v>378</v>
       </c>
       <c r="B754" s="0" t="s">
-        <v>380</v>
+        <v>379</v>
       </c>
       <c r="C754" s="0" t="s">
         <v>502</v>
       </c>
     </row>
     <row r="755">
       <c r="A755" s="0" t="s">
-        <v>383</v>
+        <v>380</v>
       </c>
       <c r="B755" s="0" t="s">
-        <v>384</v>
+        <v>381</v>
       </c>
       <c r="C755" s="0" t="s">
         <v>502</v>
       </c>
     </row>
     <row r="756">
       <c r="A756" s="0" t="s">
-        <v>385</v>
+        <v>382</v>
       </c>
       <c r="B756" s="0" t="s">
-        <v>386</v>
+        <v>383</v>
       </c>
       <c r="C756" s="0" t="s">
         <v>502</v>
       </c>
     </row>
     <row r="757">
       <c r="A757" s="0" t="s">
-        <v>387</v>
+        <v>384</v>
       </c>
       <c r="B757" s="0" t="s">
-        <v>388</v>
+        <v>385</v>
       </c>
       <c r="C757" s="0" t="s">
         <v>502</v>
       </c>
     </row>
     <row r="758">
       <c r="A758" s="0" t="s">
-        <v>389</v>
+        <v>386</v>
       </c>
       <c r="B758" s="0" t="s">
-        <v>390</v>
+        <v>387</v>
       </c>
       <c r="C758" s="0" t="s">
         <v>502</v>
       </c>
     </row>
     <row r="759">
       <c r="A759" s="0" t="s">
-        <v>391</v>
+        <v>388</v>
       </c>
       <c r="B759" s="0" t="s">
-        <v>392</v>
+        <v>389</v>
       </c>
       <c r="C759" s="0" t="s">
         <v>502</v>
       </c>
     </row>
     <row r="760">
       <c r="A760" s="0" t="s">
-        <v>393</v>
+        <v>390</v>
       </c>
       <c r="B760" s="0" t="s">
-        <v>390</v>
+        <v>387</v>
       </c>
       <c r="C760" s="0" t="s">
         <v>502</v>
       </c>
     </row>
     <row r="761">
       <c r="A761" s="0" t="s">
-        <v>394</v>
+        <v>391</v>
       </c>
       <c r="B761" s="0" t="s">
-        <v>395</v>
+        <v>389</v>
       </c>
       <c r="C761" s="0" t="s">
         <v>502</v>
       </c>
     </row>
     <row r="762">
       <c r="A762" s="0" t="s">
-        <v>396</v>
+        <v>392</v>
       </c>
       <c r="B762" s="0" t="s">
-        <v>397</v>
+        <v>393</v>
       </c>
       <c r="C762" s="0" t="s">
         <v>502</v>
       </c>
     </row>
     <row r="763">
       <c r="A763" s="0" t="s">
-        <v>398</v>
+        <v>394</v>
       </c>
       <c r="B763" s="0" t="s">
-        <v>399</v>
+        <v>395</v>
       </c>
       <c r="C763" s="0" t="s">
         <v>502</v>
       </c>
     </row>
     <row r="764">
       <c r="A764" s="0" t="s">
-        <v>400</v>
+        <v>396</v>
       </c>
       <c r="B764" s="0" t="s">
         <v>397</v>
       </c>
       <c r="C764" s="0" t="s">
         <v>502</v>
       </c>
     </row>
     <row r="765">
       <c r="A765" s="0" t="s">
-        <v>401</v>
+        <v>398</v>
       </c>
       <c r="B765" s="0" t="s">
-        <v>397</v>
+        <v>399</v>
       </c>
       <c r="C765" s="0" t="s">
         <v>502</v>
       </c>
     </row>
     <row r="766">
       <c r="A766" s="0" t="s">
-        <v>402</v>
+        <v>400</v>
       </c>
       <c r="B766" s="0" t="s">
-        <v>403</v>
+        <v>401</v>
       </c>
       <c r="C766" s="0" t="s">
         <v>502</v>
       </c>
     </row>
     <row r="767">
       <c r="A767" s="0" t="s">
-        <v>404</v>
+        <v>402</v>
       </c>
       <c r="B767" s="0" t="s">
-        <v>405</v>
+        <v>399</v>
       </c>
       <c r="C767" s="0" t="s">
         <v>502</v>
       </c>
     </row>
     <row r="768">
       <c r="A768" s="0" t="s">
-        <v>406</v>
+        <v>403</v>
       </c>
       <c r="B768" s="0" t="s">
-        <v>407</v>
+        <v>404</v>
       </c>
       <c r="C768" s="0" t="s">
         <v>502</v>
       </c>
     </row>
     <row r="769">
       <c r="A769" s="0" t="s">
-        <v>408</v>
+        <v>405</v>
       </c>
       <c r="B769" s="0" t="s">
-        <v>409</v>
+        <v>404</v>
       </c>
       <c r="C769" s="0" t="s">
         <v>502</v>
       </c>
     </row>
     <row r="770">
       <c r="A770" s="0" t="s">
-        <v>410</v>
+        <v>406</v>
       </c>
       <c r="B770" s="0" t="s">
         <v>407</v>
       </c>
       <c r="C770" s="0" t="s">
         <v>502</v>
       </c>
     </row>
     <row r="771">
       <c r="A771" s="0" t="s">
-        <v>411</v>
+        <v>408</v>
       </c>
       <c r="B771" s="0" t="s">
-        <v>412</v>
+        <v>409</v>
       </c>
       <c r="C771" s="0" t="s">
         <v>502</v>
       </c>
     </row>
     <row r="772">
       <c r="A772" s="0" t="s">
-        <v>413</v>
+        <v>410</v>
       </c>
       <c r="B772" s="0" t="s">
-        <v>407</v>
+        <v>411</v>
       </c>
       <c r="C772" s="0" t="s">
         <v>502</v>
       </c>
     </row>
     <row r="773">
       <c r="A773" s="0" t="s">
-        <v>414</v>
+        <v>412</v>
       </c>
       <c r="B773" s="0" t="s">
-        <v>407</v>
+        <v>413</v>
       </c>
       <c r="C773" s="0" t="s">
         <v>502</v>
       </c>
     </row>
     <row r="774">
       <c r="A774" s="0" t="s">
+        <v>414</v>
+      </c>
+      <c r="B774" s="0" t="s">
         <v>415</v>
-      </c>
-[...1 lines deleted...]
-        <v>416</v>
       </c>
       <c r="C774" s="0" t="s">
         <v>502</v>
       </c>
     </row>
     <row r="775">
       <c r="A775" s="0" t="s">
-        <v>417</v>
+        <v>416</v>
       </c>
       <c r="B775" s="0" t="s">
-        <v>418</v>
+        <v>413</v>
       </c>
       <c r="C775" s="0" t="s">
         <v>502</v>
       </c>
     </row>
     <row r="776">
       <c r="A776" s="0" t="s">
-        <v>419</v>
+        <v>417</v>
       </c>
       <c r="B776" s="0" t="s">
-        <v>420</v>
+        <v>413</v>
       </c>
       <c r="C776" s="0" t="s">
         <v>502</v>
       </c>
     </row>
     <row r="777">
       <c r="A777" s="0" t="s">
-        <v>421</v>
+        <v>418</v>
       </c>
       <c r="B777" s="0" t="s">
-        <v>418</v>
+        <v>419</v>
       </c>
       <c r="C777" s="0" t="s">
         <v>502</v>
       </c>
     </row>
     <row r="778">
       <c r="A778" s="0" t="s">
-        <v>422</v>
+        <v>420</v>
       </c>
       <c r="B778" s="0" t="s">
-        <v>418</v>
+        <v>421</v>
       </c>
       <c r="C778" s="0" t="s">
         <v>502</v>
       </c>
     </row>
     <row r="779">
       <c r="A779" s="0" t="s">
-        <v>423</v>
+        <v>422</v>
       </c>
       <c r="B779" s="0" t="s">
-        <v>420</v>
+        <v>419</v>
       </c>
       <c r="C779" s="0" t="s">
         <v>502</v>
       </c>
     </row>
     <row r="780">
       <c r="A780" s="0" t="s">
+        <v>423</v>
+      </c>
+      <c r="B780" s="0" t="s">
         <v>424</v>
-      </c>
-[...1 lines deleted...]
-        <v>418</v>
       </c>
       <c r="C780" s="0" t="s">
         <v>502</v>
       </c>
     </row>
     <row r="781">
       <c r="A781" s="0" t="s">
         <v>425</v>
       </c>
       <c r="B781" s="0" t="s">
         <v>426</v>
       </c>
       <c r="C781" s="0" t="s">
         <v>502</v>
       </c>
     </row>
     <row r="782">
       <c r="A782" s="0" t="s">
         <v>427</v>
       </c>
       <c r="B782" s="0" t="s">
         <v>428</v>
       </c>
       <c r="C782" s="0" t="s">
         <v>502</v>
       </c>
     </row>
     <row r="783">
       <c r="A783" s="0" t="s">
         <v>429</v>
       </c>
       <c r="B783" s="0" t="s">
-        <v>430</v>
+        <v>426</v>
       </c>
       <c r="C783" s="0" t="s">
         <v>502</v>
       </c>
     </row>
     <row r="784">
       <c r="A784" s="0" t="s">
+        <v>430</v>
+      </c>
+      <c r="B784" s="0" t="s">
         <v>431</v>
-      </c>
-[...1 lines deleted...]
-        <v>428</v>
       </c>
       <c r="C784" s="0" t="s">
         <v>502</v>
       </c>
     </row>
     <row r="785">
       <c r="A785" s="0" t="s">
         <v>432</v>
       </c>
       <c r="B785" s="0" t="s">
-        <v>433</v>
+        <v>431</v>
       </c>
       <c r="C785" s="0" t="s">
         <v>502</v>
       </c>
     </row>
     <row r="786">
       <c r="A786" s="0" t="s">
+        <v>433</v>
+      </c>
+      <c r="B786" s="0" t="s">
         <v>434</v>
-      </c>
-[...1 lines deleted...]
-        <v>433</v>
       </c>
       <c r="C786" s="0" t="s">
         <v>502</v>
       </c>
     </row>
     <row r="787">
       <c r="A787" s="0" t="s">
         <v>435</v>
       </c>
       <c r="B787" s="0" t="s">
-        <v>338</v>
+        <v>434</v>
       </c>
       <c r="C787" s="0" t="s">
         <v>502</v>
       </c>
     </row>
     <row r="788">
       <c r="A788" s="0" t="s">
         <v>3</v>
       </c>
       <c r="B788" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C788" s="0" t="s">
         <v>501</v>
       </c>
     </row>
     <row r="789">
       <c r="A789" s="0" t="s">
         <v>6</v>
       </c>
       <c r="B789" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C789" s="0" t="s">
         <v>501</v>
@@ -11823,117 +11823,117 @@
         <v>274</v>
       </c>
       <c r="B931" s="0" t="s">
         <v>275</v>
       </c>
       <c r="C931" s="0" t="s">
         <v>502</v>
       </c>
     </row>
     <row r="932">
       <c r="A932" s="0" t="s">
         <v>276</v>
       </c>
       <c r="B932" s="0" t="s">
         <v>277</v>
       </c>
       <c r="C932" s="0" t="s">
         <v>502</v>
       </c>
     </row>
     <row r="933">
       <c r="A933" s="0" t="s">
         <v>278</v>
       </c>
       <c r="B933" s="0" t="s">
-        <v>275</v>
+        <v>279</v>
       </c>
       <c r="C933" s="0" t="s">
         <v>502</v>
       </c>
     </row>
     <row r="934">
       <c r="A934" s="0" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="B934" s="0" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="C934" s="0" t="s">
         <v>502</v>
       </c>
     </row>
     <row r="935">
       <c r="A935" s="0" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="B935" s="0" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="C935" s="0" t="s">
         <v>502</v>
       </c>
     </row>
     <row r="936">
       <c r="A936" s="0" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="B936" s="0" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="C936" s="0" t="s">
         <v>502</v>
       </c>
     </row>
     <row r="937">
       <c r="A937" s="0" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="B937" s="0" t="s">
-        <v>284</v>
+        <v>287</v>
       </c>
       <c r="C937" s="0" t="s">
         <v>502</v>
       </c>
     </row>
     <row r="938">
       <c r="A938" s="0" t="s">
-        <v>286</v>
+        <v>288</v>
       </c>
       <c r="B938" s="0" t="s">
-        <v>287</v>
+        <v>289</v>
       </c>
       <c r="C938" s="0" t="s">
         <v>502</v>
       </c>
     </row>
     <row r="939">
       <c r="A939" s="0" t="s">
-        <v>288</v>
+        <v>290</v>
       </c>
       <c r="B939" s="0" t="s">
-        <v>289</v>
+        <v>291</v>
       </c>
       <c r="C939" s="0" t="s">
         <v>502</v>
       </c>
     </row>
     <row r="940">
       <c r="A940" s="0" t="s">
         <v>290</v>
       </c>
       <c r="B940" s="0" t="s">
         <v>291</v>
       </c>
       <c r="C940" s="0" t="s">
         <v>502</v>
       </c>
     </row>
     <row r="941">
       <c r="A941" s="0" t="s">
         <v>292</v>
       </c>
       <c r="B941" s="0" t="s">
         <v>293</v>
       </c>
       <c r="C941" s="0" t="s">
         <v>502</v>
@@ -11955,942 +11955,942 @@
         <v>296</v>
       </c>
       <c r="B943" s="0" t="s">
         <v>297</v>
       </c>
       <c r="C943" s="0" t="s">
         <v>502</v>
       </c>
     </row>
     <row r="944">
       <c r="A944" s="0" t="s">
         <v>298</v>
       </c>
       <c r="B944" s="0" t="s">
         <v>299</v>
       </c>
       <c r="C944" s="0" t="s">
         <v>502</v>
       </c>
     </row>
     <row r="945">
       <c r="A945" s="0" t="s">
         <v>300</v>
       </c>
       <c r="B945" s="0" t="s">
-        <v>301</v>
+        <v>297</v>
       </c>
       <c r="C945" s="0" t="s">
         <v>502</v>
       </c>
     </row>
     <row r="946">
       <c r="A946" s="0" t="s">
+        <v>301</v>
+      </c>
+      <c r="B946" s="0" t="s">
         <v>302</v>
-      </c>
-[...1 lines deleted...]
-        <v>303</v>
       </c>
       <c r="C946" s="0" t="s">
         <v>502</v>
       </c>
     </row>
     <row r="947">
       <c r="A947" s="0" t="s">
+        <v>303</v>
+      </c>
+      <c r="B947" s="0" t="s">
         <v>304</v>
-      </c>
-[...1 lines deleted...]
-        <v>305</v>
       </c>
       <c r="C947" s="0" t="s">
         <v>502</v>
       </c>
     </row>
     <row r="948">
       <c r="A948" s="0" t="s">
+        <v>305</v>
+      </c>
+      <c r="B948" s="0" t="s">
         <v>306</v>
-      </c>
-[...1 lines deleted...]
-        <v>307</v>
       </c>
       <c r="C948" s="0" t="s">
         <v>502</v>
       </c>
     </row>
     <row r="949">
       <c r="A949" s="0" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
       <c r="B949" s="0" t="s">
-        <v>307</v>
+        <v>304</v>
       </c>
       <c r="C949" s="0" t="s">
         <v>502</v>
       </c>
     </row>
     <row r="950">
       <c r="A950" s="0" t="s">
         <v>308</v>
       </c>
       <c r="B950" s="0" t="s">
         <v>309</v>
       </c>
       <c r="C950" s="0" t="s">
         <v>502</v>
       </c>
     </row>
     <row r="951">
       <c r="A951" s="0" t="s">
         <v>310</v>
       </c>
       <c r="B951" s="0" t="s">
         <v>311</v>
       </c>
       <c r="C951" s="0" t="s">
         <v>502</v>
       </c>
     </row>
     <row r="952">
       <c r="A952" s="0" t="s">
         <v>312</v>
       </c>
       <c r="B952" s="0" t="s">
         <v>313</v>
       </c>
       <c r="C952" s="0" t="s">
         <v>502</v>
       </c>
     </row>
     <row r="953">
       <c r="A953" s="0" t="s">
         <v>314</v>
       </c>
       <c r="B953" s="0" t="s">
-        <v>315</v>
+        <v>311</v>
       </c>
       <c r="C953" s="0" t="s">
         <v>502</v>
       </c>
     </row>
     <row r="954">
       <c r="A954" s="0" t="s">
-        <v>316</v>
+        <v>315</v>
       </c>
       <c r="B954" s="0" t="s">
-        <v>313</v>
+        <v>311</v>
       </c>
       <c r="C954" s="0" t="s">
         <v>502</v>
       </c>
     </row>
     <row r="955">
       <c r="A955" s="0" t="s">
+        <v>316</v>
+      </c>
+      <c r="B955" s="0" t="s">
         <v>317</v>
-      </c>
-[...1 lines deleted...]
-        <v>318</v>
       </c>
       <c r="C955" s="0" t="s">
         <v>502</v>
       </c>
     </row>
     <row r="956">
       <c r="A956" s="0" t="s">
+        <v>318</v>
+      </c>
+      <c r="B956" s="0" t="s">
         <v>319</v>
-      </c>
-[...1 lines deleted...]
-        <v>320</v>
       </c>
       <c r="C956" s="0" t="s">
         <v>502</v>
       </c>
     </row>
     <row r="957">
       <c r="A957" s="0" t="s">
+        <v>320</v>
+      </c>
+      <c r="B957" s="0" t="s">
         <v>321</v>
-      </c>
-[...1 lines deleted...]
-        <v>322</v>
       </c>
       <c r="C957" s="0" t="s">
         <v>502</v>
       </c>
     </row>
     <row r="958">
       <c r="A958" s="0" t="s">
+        <v>322</v>
+      </c>
+      <c r="B958" s="0" t="s">
         <v>323</v>
-      </c>
-[...1 lines deleted...]
-        <v>320</v>
       </c>
       <c r="C958" s="0" t="s">
         <v>502</v>
       </c>
     </row>
     <row r="959">
       <c r="A959" s="0" t="s">
         <v>324</v>
       </c>
       <c r="B959" s="0" t="s">
-        <v>325</v>
+        <v>321</v>
       </c>
       <c r="C959" s="0" t="s">
         <v>502</v>
       </c>
     </row>
     <row r="960">
       <c r="A960" s="0" t="s">
+        <v>325</v>
+      </c>
+      <c r="B960" s="0" t="s">
         <v>326</v>
-      </c>
-[...1 lines deleted...]
-        <v>327</v>
       </c>
       <c r="C960" s="0" t="s">
         <v>502</v>
       </c>
     </row>
     <row r="961">
       <c r="A961" s="0" t="s">
+        <v>327</v>
+      </c>
+      <c r="B961" s="0" t="s">
         <v>328</v>
-      </c>
-[...1 lines deleted...]
-        <v>329</v>
       </c>
       <c r="C961" s="0" t="s">
         <v>502</v>
       </c>
     </row>
     <row r="962">
       <c r="A962" s="0" t="s">
+        <v>329</v>
+      </c>
+      <c r="B962" s="0" t="s">
         <v>330</v>
-      </c>
-[...1 lines deleted...]
-        <v>327</v>
       </c>
       <c r="C962" s="0" t="s">
         <v>502</v>
       </c>
     </row>
     <row r="963">
       <c r="A963" s="0" t="s">
         <v>331</v>
       </c>
       <c r="B963" s="0" t="s">
         <v>332</v>
       </c>
       <c r="C963" s="0" t="s">
         <v>502</v>
       </c>
     </row>
     <row r="964">
       <c r="A964" s="0" t="s">
         <v>333</v>
       </c>
       <c r="B964" s="0" t="s">
         <v>334</v>
       </c>
       <c r="C964" s="0" t="s">
         <v>502</v>
       </c>
     </row>
     <row r="965">
       <c r="A965" s="0" t="s">
         <v>335</v>
       </c>
       <c r="B965" s="0" t="s">
-        <v>332</v>
+        <v>336</v>
       </c>
       <c r="C965" s="0" t="s">
         <v>502</v>
       </c>
     </row>
     <row r="966">
       <c r="A966" s="0" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="B966" s="0" t="s">
-        <v>332</v>
+        <v>334</v>
       </c>
       <c r="C966" s="0" t="s">
         <v>502</v>
       </c>
     </row>
     <row r="967">
       <c r="A967" s="0" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="B967" s="0" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
       <c r="C967" s="0" t="s">
         <v>502</v>
       </c>
     </row>
     <row r="968">
       <c r="A968" s="0" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
       <c r="B968" s="0" t="s">
-        <v>340</v>
+        <v>334</v>
       </c>
       <c r="C968" s="0" t="s">
         <v>502</v>
       </c>
     </row>
     <row r="969">
       <c r="A969" s="0" t="s">
         <v>341</v>
       </c>
       <c r="B969" s="0" t="s">
-        <v>342</v>
+        <v>334</v>
       </c>
       <c r="C969" s="0" t="s">
         <v>502</v>
       </c>
     </row>
     <row r="970">
       <c r="A970" s="0" t="s">
+        <v>342</v>
+      </c>
+      <c r="B970" s="0" t="s">
         <v>343</v>
-      </c>
-[...1 lines deleted...]
-        <v>344</v>
       </c>
       <c r="C970" s="0" t="s">
         <v>502</v>
       </c>
     </row>
     <row r="971">
       <c r="A971" s="0" t="s">
+        <v>344</v>
+      </c>
+      <c r="B971" s="0" t="s">
         <v>345</v>
-      </c>
-[...1 lines deleted...]
-        <v>346</v>
       </c>
       <c r="C971" s="0" t="s">
         <v>502</v>
       </c>
     </row>
     <row r="972">
       <c r="A972" s="0" t="s">
+        <v>346</v>
+      </c>
+      <c r="B972" s="0" t="s">
         <v>347</v>
-      </c>
-[...1 lines deleted...]
-        <v>344</v>
       </c>
       <c r="C972" s="0" t="s">
         <v>502</v>
       </c>
     </row>
     <row r="973">
       <c r="A973" s="0" t="s">
         <v>348</v>
       </c>
       <c r="B973" s="0" t="s">
-        <v>349</v>
+        <v>345</v>
       </c>
       <c r="C973" s="0" t="s">
         <v>502</v>
       </c>
     </row>
     <row r="974">
       <c r="A974" s="0" t="s">
-        <v>350</v>
+        <v>349</v>
       </c>
       <c r="B974" s="0" t="s">
-        <v>351</v>
+        <v>345</v>
       </c>
       <c r="C974" s="0" t="s">
         <v>502</v>
       </c>
     </row>
     <row r="975">
       <c r="A975" s="0" t="s">
         <v>350</v>
       </c>
       <c r="B975" s="0" t="s">
-        <v>351</v>
+        <v>347</v>
       </c>
       <c r="C975" s="0" t="s">
         <v>502</v>
       </c>
     </row>
     <row r="976">
       <c r="A976" s="0" t="s">
-        <v>352</v>
+        <v>351</v>
       </c>
       <c r="B976" s="0" t="s">
-        <v>353</v>
+        <v>345</v>
       </c>
       <c r="C976" s="0" t="s">
         <v>502</v>
       </c>
     </row>
     <row r="977">
       <c r="A977" s="0" t="s">
-        <v>354</v>
+        <v>352</v>
       </c>
       <c r="B977" s="0" t="s">
-        <v>355</v>
+        <v>353</v>
       </c>
       <c r="C977" s="0" t="s">
         <v>502</v>
       </c>
     </row>
     <row r="978">
       <c r="A978" s="0" t="s">
-        <v>356</v>
+        <v>352</v>
       </c>
       <c r="B978" s="0" t="s">
-        <v>357</v>
+        <v>353</v>
       </c>
       <c r="C978" s="0" t="s">
         <v>502</v>
       </c>
     </row>
     <row r="979">
       <c r="A979" s="0" t="s">
-        <v>358</v>
+        <v>354</v>
       </c>
       <c r="B979" s="0" t="s">
-        <v>359</v>
+        <v>355</v>
       </c>
       <c r="C979" s="0" t="s">
         <v>502</v>
       </c>
     </row>
     <row r="980">
       <c r="A980" s="0" t="s">
-        <v>360</v>
+        <v>356</v>
       </c>
       <c r="B980" s="0" t="s">
-        <v>361</v>
+        <v>357</v>
       </c>
       <c r="C980" s="0" t="s">
         <v>502</v>
       </c>
     </row>
     <row r="981">
       <c r="A981" s="0" t="s">
-        <v>362</v>
+        <v>358</v>
       </c>
       <c r="B981" s="0" t="s">
-        <v>363</v>
+        <v>359</v>
       </c>
       <c r="C981" s="0" t="s">
         <v>502</v>
       </c>
     </row>
     <row r="982">
       <c r="A982" s="0" t="s">
-        <v>364</v>
+        <v>360</v>
       </c>
       <c r="B982" s="0" t="s">
         <v>361</v>
       </c>
       <c r="C982" s="0" t="s">
         <v>502</v>
       </c>
     </row>
     <row r="983">
       <c r="A983" s="0" t="s">
-        <v>365</v>
+        <v>362</v>
       </c>
       <c r="B983" s="0" t="s">
-        <v>366</v>
+        <v>363</v>
       </c>
       <c r="C983" s="0" t="s">
         <v>502</v>
       </c>
     </row>
     <row r="984">
       <c r="A984" s="0" t="s">
-        <v>367</v>
+        <v>364</v>
       </c>
       <c r="B984" s="0" t="s">
-        <v>368</v>
+        <v>363</v>
       </c>
       <c r="C984" s="0" t="s">
         <v>502</v>
       </c>
     </row>
     <row r="985">
       <c r="A985" s="0" t="s">
-        <v>369</v>
+        <v>365</v>
       </c>
       <c r="B985" s="0" t="s">
         <v>366</v>
       </c>
       <c r="C985" s="0" t="s">
         <v>502</v>
       </c>
     </row>
     <row r="986">
       <c r="A986" s="0" t="s">
-        <v>370</v>
+        <v>367</v>
       </c>
       <c r="B986" s="0" t="s">
         <v>368</v>
       </c>
       <c r="C986" s="0" t="s">
         <v>502</v>
       </c>
     </row>
     <row r="987">
       <c r="A987" s="0" t="s">
-        <v>371</v>
+        <v>369</v>
       </c>
       <c r="B987" s="0" t="s">
-        <v>372</v>
+        <v>368</v>
       </c>
       <c r="C987" s="0" t="s">
         <v>502</v>
       </c>
     </row>
     <row r="988">
       <c r="A988" s="0" t="s">
-        <v>373</v>
+        <v>370</v>
       </c>
       <c r="B988" s="0" t="s">
-        <v>374</v>
+        <v>371</v>
       </c>
       <c r="C988" s="0" t="s">
         <v>502</v>
       </c>
     </row>
     <row r="989">
       <c r="A989" s="0" t="s">
-        <v>375</v>
+        <v>372</v>
       </c>
       <c r="B989" s="0" t="s">
-        <v>376</v>
+        <v>373</v>
       </c>
       <c r="C989" s="0" t="s">
         <v>502</v>
       </c>
     </row>
     <row r="990">
       <c r="A990" s="0" t="s">
-        <v>377</v>
+        <v>374</v>
       </c>
       <c r="B990" s="0" t="s">
-        <v>378</v>
+        <v>371</v>
       </c>
       <c r="C990" s="0" t="s">
         <v>502</v>
       </c>
     </row>
     <row r="991">
       <c r="A991" s="0" t="s">
-        <v>379</v>
+        <v>375</v>
       </c>
       <c r="B991" s="0" t="s">
-        <v>380</v>
+        <v>373</v>
       </c>
       <c r="C991" s="0" t="s">
         <v>502</v>
       </c>
     </row>
     <row r="992">
       <c r="A992" s="0" t="s">
-        <v>381</v>
+        <v>376</v>
       </c>
       <c r="B992" s="0" t="s">
-        <v>378</v>
+        <v>377</v>
       </c>
       <c r="C992" s="0" t="s">
         <v>502</v>
       </c>
     </row>
     <row r="993">
       <c r="A993" s="0" t="s">
-        <v>382</v>
+        <v>378</v>
       </c>
       <c r="B993" s="0" t="s">
-        <v>380</v>
+        <v>379</v>
       </c>
       <c r="C993" s="0" t="s">
         <v>502</v>
       </c>
     </row>
     <row r="994">
       <c r="A994" s="0" t="s">
-        <v>383</v>
+        <v>380</v>
       </c>
       <c r="B994" s="0" t="s">
-        <v>384</v>
+        <v>381</v>
       </c>
       <c r="C994" s="0" t="s">
         <v>502</v>
       </c>
     </row>
     <row r="995">
       <c r="A995" s="0" t="s">
-        <v>385</v>
+        <v>382</v>
       </c>
       <c r="B995" s="0" t="s">
-        <v>386</v>
+        <v>383</v>
       </c>
       <c r="C995" s="0" t="s">
         <v>502</v>
       </c>
     </row>
     <row r="996">
       <c r="A996" s="0" t="s">
-        <v>387</v>
+        <v>384</v>
       </c>
       <c r="B996" s="0" t="s">
-        <v>388</v>
+        <v>385</v>
       </c>
       <c r="C996" s="0" t="s">
         <v>502</v>
       </c>
     </row>
     <row r="997">
       <c r="A997" s="0" t="s">
-        <v>389</v>
+        <v>386</v>
       </c>
       <c r="B997" s="0" t="s">
-        <v>390</v>
+        <v>387</v>
       </c>
       <c r="C997" s="0" t="s">
         <v>502</v>
       </c>
     </row>
     <row r="998">
       <c r="A998" s="0" t="s">
-        <v>391</v>
+        <v>388</v>
       </c>
       <c r="B998" s="0" t="s">
-        <v>392</v>
+        <v>389</v>
       </c>
       <c r="C998" s="0" t="s">
         <v>502</v>
       </c>
     </row>
     <row r="999">
       <c r="A999" s="0" t="s">
-        <v>393</v>
+        <v>390</v>
       </c>
       <c r="B999" s="0" t="s">
-        <v>390</v>
+        <v>387</v>
       </c>
       <c r="C999" s="0" t="s">
         <v>502</v>
       </c>
     </row>
     <row r="1000">
       <c r="A1000" s="0" t="s">
-        <v>394</v>
+        <v>391</v>
       </c>
       <c r="B1000" s="0" t="s">
-        <v>395</v>
+        <v>389</v>
       </c>
       <c r="C1000" s="0" t="s">
         <v>502</v>
       </c>
     </row>
     <row r="1001">
       <c r="A1001" s="0" t="s">
-        <v>396</v>
+        <v>392</v>
       </c>
       <c r="B1001" s="0" t="s">
-        <v>397</v>
+        <v>393</v>
       </c>
       <c r="C1001" s="0" t="s">
         <v>502</v>
       </c>
     </row>
     <row r="1002">
       <c r="A1002" s="0" t="s">
-        <v>398</v>
+        <v>394</v>
       </c>
       <c r="B1002" s="0" t="s">
-        <v>399</v>
+        <v>395</v>
       </c>
       <c r="C1002" s="0" t="s">
         <v>502</v>
       </c>
     </row>
     <row r="1003">
       <c r="A1003" s="0" t="s">
-        <v>400</v>
+        <v>396</v>
       </c>
       <c r="B1003" s="0" t="s">
         <v>397</v>
       </c>
       <c r="C1003" s="0" t="s">
         <v>502</v>
       </c>
     </row>
     <row r="1004">
       <c r="A1004" s="0" t="s">
-        <v>401</v>
+        <v>398</v>
       </c>
       <c r="B1004" s="0" t="s">
-        <v>397</v>
+        <v>399</v>
       </c>
       <c r="C1004" s="0" t="s">
         <v>502</v>
       </c>
     </row>
     <row r="1005">
       <c r="A1005" s="0" t="s">
-        <v>402</v>
+        <v>400</v>
       </c>
       <c r="B1005" s="0" t="s">
-        <v>403</v>
+        <v>401</v>
       </c>
       <c r="C1005" s="0" t="s">
         <v>502</v>
       </c>
     </row>
     <row r="1006">
       <c r="A1006" s="0" t="s">
-        <v>404</v>
+        <v>402</v>
       </c>
       <c r="B1006" s="0" t="s">
-        <v>405</v>
+        <v>399</v>
       </c>
       <c r="C1006" s="0" t="s">
         <v>502</v>
       </c>
     </row>
     <row r="1007">
       <c r="A1007" s="0" t="s">
-        <v>406</v>
+        <v>403</v>
       </c>
       <c r="B1007" s="0" t="s">
-        <v>407</v>
+        <v>404</v>
       </c>
       <c r="C1007" s="0" t="s">
         <v>502</v>
       </c>
     </row>
     <row r="1008">
       <c r="A1008" s="0" t="s">
-        <v>408</v>
+        <v>405</v>
       </c>
       <c r="B1008" s="0" t="s">
-        <v>409</v>
+        <v>404</v>
       </c>
       <c r="C1008" s="0" t="s">
         <v>502</v>
       </c>
     </row>
     <row r="1009">
       <c r="A1009" s="0" t="s">
-        <v>410</v>
+        <v>406</v>
       </c>
       <c r="B1009" s="0" t="s">
         <v>407</v>
       </c>
       <c r="C1009" s="0" t="s">
         <v>502</v>
       </c>
     </row>
     <row r="1010">
       <c r="A1010" s="0" t="s">
-        <v>411</v>
+        <v>408</v>
       </c>
       <c r="B1010" s="0" t="s">
-        <v>412</v>
+        <v>409</v>
       </c>
       <c r="C1010" s="0" t="s">
         <v>502</v>
       </c>
     </row>
     <row r="1011">
       <c r="A1011" s="0" t="s">
-        <v>413</v>
+        <v>410</v>
       </c>
       <c r="B1011" s="0" t="s">
-        <v>407</v>
+        <v>411</v>
       </c>
       <c r="C1011" s="0" t="s">
         <v>502</v>
       </c>
     </row>
     <row r="1012">
       <c r="A1012" s="0" t="s">
-        <v>414</v>
+        <v>412</v>
       </c>
       <c r="B1012" s="0" t="s">
-        <v>407</v>
+        <v>413</v>
       </c>
       <c r="C1012" s="0" t="s">
         <v>502</v>
       </c>
     </row>
     <row r="1013">
       <c r="A1013" s="0" t="s">
+        <v>414</v>
+      </c>
+      <c r="B1013" s="0" t="s">
         <v>415</v>
-      </c>
-[...1 lines deleted...]
-        <v>416</v>
       </c>
       <c r="C1013" s="0" t="s">
         <v>502</v>
       </c>
     </row>
     <row r="1014">
       <c r="A1014" s="0" t="s">
-        <v>417</v>
+        <v>416</v>
       </c>
       <c r="B1014" s="0" t="s">
-        <v>418</v>
+        <v>413</v>
       </c>
       <c r="C1014" s="0" t="s">
         <v>502</v>
       </c>
     </row>
     <row r="1015">
       <c r="A1015" s="0" t="s">
-        <v>419</v>
+        <v>417</v>
       </c>
       <c r="B1015" s="0" t="s">
-        <v>420</v>
+        <v>413</v>
       </c>
       <c r="C1015" s="0" t="s">
         <v>502</v>
       </c>
     </row>
     <row r="1016">
       <c r="A1016" s="0" t="s">
-        <v>421</v>
+        <v>418</v>
       </c>
       <c r="B1016" s="0" t="s">
-        <v>418</v>
+        <v>419</v>
       </c>
       <c r="C1016" s="0" t="s">
         <v>502</v>
       </c>
     </row>
     <row r="1017">
       <c r="A1017" s="0" t="s">
-        <v>422</v>
+        <v>420</v>
       </c>
       <c r="B1017" s="0" t="s">
-        <v>418</v>
+        <v>421</v>
       </c>
       <c r="C1017" s="0" t="s">
         <v>502</v>
       </c>
     </row>
     <row r="1018">
       <c r="A1018" s="0" t="s">
-        <v>423</v>
+        <v>422</v>
       </c>
       <c r="B1018" s="0" t="s">
-        <v>420</v>
+        <v>419</v>
       </c>
       <c r="C1018" s="0" t="s">
         <v>502</v>
       </c>
     </row>
     <row r="1019">
       <c r="A1019" s="0" t="s">
+        <v>423</v>
+      </c>
+      <c r="B1019" s="0" t="s">
         <v>424</v>
-      </c>
-[...1 lines deleted...]
-        <v>418</v>
       </c>
       <c r="C1019" s="0" t="s">
         <v>502</v>
       </c>
     </row>
     <row r="1020">
       <c r="A1020" s="0" t="s">
         <v>425</v>
       </c>
       <c r="B1020" s="0" t="s">
         <v>426</v>
       </c>
       <c r="C1020" s="0" t="s">
         <v>502</v>
       </c>
     </row>
     <row r="1021">
       <c r="A1021" s="0" t="s">
         <v>427</v>
       </c>
       <c r="B1021" s="0" t="s">
         <v>428</v>
       </c>
       <c r="C1021" s="0" t="s">
         <v>502</v>
       </c>
     </row>
     <row r="1022">
       <c r="A1022" s="0" t="s">
         <v>429</v>
       </c>
       <c r="B1022" s="0" t="s">
-        <v>430</v>
+        <v>426</v>
       </c>
       <c r="C1022" s="0" t="s">
         <v>502</v>
       </c>
     </row>
     <row r="1023">
       <c r="A1023" s="0" t="s">
+        <v>430</v>
+      </c>
+      <c r="B1023" s="0" t="s">
         <v>431</v>
-      </c>
-[...1 lines deleted...]
-        <v>428</v>
       </c>
       <c r="C1023" s="0" t="s">
         <v>502</v>
       </c>
     </row>
     <row r="1024">
       <c r="A1024" s="0" t="s">
         <v>432</v>
       </c>
       <c r="B1024" s="0" t="s">
-        <v>433</v>
+        <v>431</v>
       </c>
       <c r="C1024" s="0" t="s">
         <v>502</v>
       </c>
     </row>
     <row r="1025">
       <c r="A1025" s="0" t="s">
+        <v>433</v>
+      </c>
+      <c r="B1025" s="0" t="s">
         <v>434</v>
-      </c>
-[...1 lines deleted...]
-        <v>433</v>
       </c>
       <c r="C1025" s="0" t="s">
         <v>502</v>
       </c>
     </row>
     <row r="1026">
       <c r="A1026" s="0" t="s">
         <v>435</v>
       </c>
       <c r="B1026" s="0" t="s">
-        <v>338</v>
+        <v>434</v>
       </c>
       <c r="C1026" s="0" t="s">
         <v>502</v>
       </c>
     </row>
     <row r="1027">
       <c r="A1027" s="0" t="s">
         <v>461</v>
       </c>
       <c r="B1027" s="0" t="s">
         <v>462</v>
       </c>
       <c r="C1027" s="0" t="s">
         <v>499</v>
       </c>
     </row>
     <row r="1028">
       <c r="A1028" s="0" t="s">
         <v>489</v>
       </c>
       <c r="B1028" s="0" t="s">
         <v>462</v>
       </c>
       <c r="C1028" s="0" t="s">
         <v>499</v>