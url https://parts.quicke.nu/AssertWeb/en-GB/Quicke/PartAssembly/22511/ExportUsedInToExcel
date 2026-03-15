--- v1 (2025-12-27)
+++ v2 (2026-03-15)
@@ -1314,189 +1314,189 @@
   <si>
     <t>Q75 DM ext.</t>
   </si>
   <si>
     <t>7524Q8</t>
   </si>
   <si>
     <t>8513Q8</t>
   </si>
   <si>
     <t>Q85 DL</t>
   </si>
   <si>
     <t>8523Q8</t>
   </si>
   <si>
     <t>8713Q8</t>
   </si>
   <si>
     <t>Q85x DL</t>
   </si>
   <si>
     <t>8753Q8</t>
   </si>
   <si>
+    <t>101268</t>
+  </si>
+  <si>
+    <t>Q6M DL</t>
+  </si>
+  <si>
+    <t xml:space="preserve">HQ-4/ </t>
+  </si>
+  <si>
     <t>101286</t>
   </si>
   <si>
     <t>Q8S DL</t>
   </si>
   <si>
-    <t xml:space="preserve">HQ-4/ </t>
+    <t>101D96</t>
+  </si>
+  <si>
+    <t>Q9S DXL</t>
   </si>
   <si>
     <t>101288</t>
   </si>
   <si>
     <t>Q8M DL</t>
   </si>
   <si>
-    <t>101D96</t>
-[...4 lines deleted...]
-  <si>
     <t>101179</t>
   </si>
   <si>
     <t>Q7L DM</t>
   </si>
   <si>
     <t>101178</t>
   </si>
   <si>
     <t>Q7M DM</t>
   </si>
   <si>
     <t>101176</t>
   </si>
   <si>
     <t>Q7S DM</t>
   </si>
   <si>
     <t>101169</t>
   </si>
   <si>
     <t>Q6L DM</t>
   </si>
   <si>
     <t>101168</t>
   </si>
   <si>
     <t>Q6M DM</t>
   </si>
   <si>
-    <t>101268</t>
-[...4 lines deleted...]
-  <si>
     <t>101166</t>
   </si>
   <si>
     <t>Q6S DM</t>
   </si>
   <si>
     <t>101761</t>
   </si>
   <si>
     <t>Q6 DM</t>
   </si>
   <si>
     <t>101159</t>
   </si>
   <si>
     <t>Q5L DM</t>
   </si>
   <si>
     <t>101158</t>
   </si>
   <si>
     <t>Q5M DM</t>
   </si>
   <si>
     <t>101156</t>
   </si>
   <si>
     <t>Q5S DM</t>
   </si>
   <si>
     <t>101751</t>
   </si>
   <si>
     <t>Q5 DM</t>
   </si>
   <si>
     <t>101149</t>
   </si>
   <si>
     <t>Q4L DM</t>
   </si>
   <si>
     <t>101148</t>
   </si>
   <si>
     <t>Q4M DM</t>
   </si>
   <si>
+    <t>101733</t>
+  </si>
+  <si>
+    <t>Q3 DM</t>
+  </si>
+  <si>
+    <t>101136</t>
+  </si>
+  <si>
+    <t>Q3S DM</t>
+  </si>
+  <si>
+    <t>101138</t>
+  </si>
+  <si>
+    <t>Q3M DM</t>
+  </si>
+  <si>
+    <t>101139</t>
+  </si>
+  <si>
+    <t>Q3L DM</t>
+  </si>
+  <si>
+    <t>101741</t>
+  </si>
+  <si>
+    <t>Q4 DM</t>
+  </si>
+  <si>
     <t>101146</t>
   </si>
   <si>
     <t>Q4S DM</t>
-  </si>
-[...28 lines deleted...]
-    <t>Q3 DM</t>
   </si>
   <si>
     <t>110178</t>
   </si>
   <si>
     <t>110176</t>
   </si>
   <si>
     <t>110169</t>
   </si>
   <si>
     <t>110168</t>
   </si>
   <si>
     <t>110166</t>
   </si>
   <si>
     <t>110159</t>
   </si>
   <si>
     <t>110158</t>
   </si>
   <si>
     <t>110156</t>
   </si>
@@ -7099,84 +7099,84 @@
         <v>479</v>
       </c>
       <c r="B501" s="0" t="s">
         <v>480</v>
       </c>
       <c r="C501" s="0" t="s">
         <v>438</v>
       </c>
     </row>
     <row r="502">
       <c r="A502" s="0" t="s">
         <v>481</v>
       </c>
       <c r="B502" s="0" t="s">
         <v>482</v>
       </c>
       <c r="C502" s="0" t="s">
         <v>438</v>
       </c>
     </row>
     <row r="503">
       <c r="A503" s="0" t="s">
         <v>483</v>
       </c>
       <c r="B503" s="0" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="C503" s="0" t="s">
         <v>438</v>
       </c>
     </row>
     <row r="504">
       <c r="A504" s="0" t="s">
         <v>484</v>
       </c>
       <c r="B504" s="0" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="C504" s="0" t="s">
         <v>438</v>
       </c>
     </row>
     <row r="505">
       <c r="A505" s="0" t="s">
         <v>485</v>
       </c>
       <c r="B505" s="0" t="s">
-        <v>450</v>
+        <v>452</v>
       </c>
       <c r="C505" s="0" t="s">
         <v>438</v>
       </c>
     </row>
     <row r="506">
       <c r="A506" s="0" t="s">
         <v>486</v>
       </c>
       <c r="B506" s="0" t="s">
-        <v>452</v>
+        <v>454</v>
       </c>
       <c r="C506" s="0" t="s">
         <v>438</v>
       </c>
     </row>
     <row r="507">
       <c r="A507" s="0" t="s">
         <v>487</v>
       </c>
       <c r="B507" s="0" t="s">
         <v>456</v>
       </c>
       <c r="C507" s="0" t="s">
         <v>438</v>
       </c>
     </row>
     <row r="508">
       <c r="A508" s="0" t="s">
         <v>488</v>
       </c>
       <c r="B508" s="0" t="s">
         <v>460</v>
       </c>
       <c r="C508" s="0" t="s">
         <v>438</v>
@@ -7209,419 +7209,419 @@
         <v>491</v>
       </c>
       <c r="B511" s="0" t="s">
         <v>468</v>
       </c>
       <c r="C511" s="0" t="s">
         <v>438</v>
       </c>
     </row>
     <row r="512">
       <c r="A512" s="0" t="s">
         <v>492</v>
       </c>
       <c r="B512" s="0" t="s">
         <v>470</v>
       </c>
       <c r="C512" s="0" t="s">
         <v>438</v>
       </c>
     </row>
     <row r="513">
       <c r="A513" s="0" t="s">
         <v>493</v>
       </c>
       <c r="B513" s="0" t="s">
-        <v>472</v>
+        <v>482</v>
       </c>
       <c r="C513" s="0" t="s">
         <v>438</v>
       </c>
     </row>
     <row r="514">
       <c r="A514" s="0" t="s">
         <v>494</v>
       </c>
       <c r="B514" s="0" t="s">
-        <v>476</v>
+        <v>478</v>
       </c>
       <c r="C514" s="0" t="s">
         <v>438</v>
       </c>
     </row>
     <row r="515">
       <c r="A515" s="0" t="s">
         <v>495</v>
       </c>
       <c r="B515" s="0" t="s">
-        <v>478</v>
+        <v>476</v>
       </c>
       <c r="C515" s="0" t="s">
         <v>438</v>
       </c>
     </row>
     <row r="516">
       <c r="A516" s="0" t="s">
         <v>496</v>
       </c>
       <c r="B516" s="0" t="s">
-        <v>480</v>
+        <v>474</v>
       </c>
       <c r="C516" s="0" t="s">
         <v>438</v>
       </c>
     </row>
     <row r="517">
       <c r="B517" s="0" t="s">
         <v>497</v>
       </c>
       <c r="C517" s="0" t="s">
         <v>498</v>
       </c>
     </row>
     <row r="518">
       <c r="A518" s="0" t="s">
-        <v>443</v>
+        <v>445</v>
       </c>
       <c r="B518" s="0" t="s">
-        <v>444</v>
+        <v>446</v>
       </c>
       <c r="C518" s="0" t="s">
         <v>499</v>
       </c>
     </row>
     <row r="519">
       <c r="A519" s="0" t="s">
-        <v>477</v>
+        <v>495</v>
       </c>
       <c r="B519" s="0" t="s">
-        <v>478</v>
+        <v>476</v>
       </c>
       <c r="C519" s="0" t="s">
         <v>499</v>
       </c>
     </row>
     <row r="520">
       <c r="A520" s="0" t="s">
-        <v>495</v>
+        <v>496</v>
       </c>
       <c r="B520" s="0" t="s">
-        <v>478</v>
+        <v>474</v>
       </c>
       <c r="C520" s="0" t="s">
         <v>499</v>
       </c>
     </row>
     <row r="521">
       <c r="A521" s="0" t="s">
-        <v>479</v>
+        <v>471</v>
       </c>
       <c r="B521" s="0" t="s">
-        <v>480</v>
+        <v>472</v>
       </c>
       <c r="C521" s="0" t="s">
         <v>499</v>
       </c>
     </row>
     <row r="522">
       <c r="A522" s="0" t="s">
-        <v>496</v>
+        <v>473</v>
       </c>
       <c r="B522" s="0" t="s">
-        <v>480</v>
+        <v>474</v>
       </c>
       <c r="C522" s="0" t="s">
         <v>499</v>
       </c>
     </row>
     <row r="523">
       <c r="A523" s="0" t="s">
-        <v>481</v>
+        <v>475</v>
       </c>
       <c r="B523" s="0" t="s">
-        <v>482</v>
+        <v>476</v>
       </c>
       <c r="C523" s="0" t="s">
         <v>499</v>
       </c>
     </row>
     <row r="524">
       <c r="A524" s="0" t="s">
-        <v>469</v>
+        <v>492</v>
       </c>
       <c r="B524" s="0" t="s">
         <v>470</v>
       </c>
       <c r="C524" s="0" t="s">
         <v>499</v>
       </c>
     </row>
     <row r="525">
       <c r="A525" s="0" t="s">
-        <v>492</v>
+        <v>493</v>
       </c>
       <c r="B525" s="0" t="s">
-        <v>470</v>
+        <v>482</v>
       </c>
       <c r="C525" s="0" t="s">
         <v>499</v>
       </c>
     </row>
     <row r="526">
       <c r="A526" s="0" t="s">
-        <v>471</v>
+        <v>494</v>
       </c>
       <c r="B526" s="0" t="s">
-        <v>472</v>
+        <v>478</v>
       </c>
       <c r="C526" s="0" t="s">
         <v>499</v>
       </c>
     </row>
     <row r="527">
       <c r="A527" s="0" t="s">
-        <v>493</v>
+        <v>469</v>
       </c>
       <c r="B527" s="0" t="s">
-        <v>472</v>
+        <v>470</v>
       </c>
       <c r="C527" s="0" t="s">
         <v>499</v>
       </c>
     </row>
     <row r="528">
       <c r="A528" s="0" t="s">
-        <v>473</v>
+        <v>477</v>
       </c>
       <c r="B528" s="0" t="s">
-        <v>474</v>
+        <v>478</v>
       </c>
       <c r="C528" s="0" t="s">
         <v>499</v>
       </c>
     </row>
     <row r="529">
       <c r="A529" s="0" t="s">
-        <v>475</v>
+        <v>479</v>
       </c>
       <c r="B529" s="0" t="s">
-        <v>476</v>
+        <v>480</v>
       </c>
       <c r="C529" s="0" t="s">
         <v>499</v>
       </c>
     </row>
     <row r="530">
       <c r="A530" s="0" t="s">
-        <v>494</v>
+        <v>481</v>
       </c>
       <c r="B530" s="0" t="s">
-        <v>476</v>
+        <v>482</v>
       </c>
       <c r="C530" s="0" t="s">
         <v>499</v>
       </c>
     </row>
     <row r="531">
       <c r="A531" s="0" t="s">
-        <v>451</v>
+        <v>486</v>
       </c>
       <c r="B531" s="0" t="s">
-        <v>452</v>
+        <v>454</v>
       </c>
       <c r="C531" s="0" t="s">
         <v>499</v>
       </c>
     </row>
     <row r="532">
       <c r="A532" s="0" t="s">
-        <v>486</v>
+        <v>487</v>
       </c>
       <c r="B532" s="0" t="s">
-        <v>452</v>
+        <v>456</v>
       </c>
       <c r="C532" s="0" t="s">
         <v>499</v>
       </c>
     </row>
     <row r="533">
       <c r="A533" s="0" t="s">
-        <v>455</v>
+        <v>453</v>
       </c>
       <c r="B533" s="0" t="s">
-        <v>456</v>
+        <v>454</v>
       </c>
       <c r="C533" s="0" t="s">
         <v>499</v>
       </c>
     </row>
     <row r="534">
       <c r="A534" s="0" t="s">
-        <v>487</v>
+        <v>455</v>
       </c>
       <c r="B534" s="0" t="s">
         <v>456</v>
       </c>
       <c r="C534" s="0" t="s">
         <v>499</v>
       </c>
     </row>
     <row r="535">
       <c r="A535" s="0" t="s">
         <v>457</v>
       </c>
       <c r="B535" s="0" t="s">
         <v>458</v>
       </c>
       <c r="C535" s="0" t="s">
         <v>499</v>
       </c>
     </row>
     <row r="536">
       <c r="A536" s="0" t="s">
-        <v>453</v>
+        <v>436</v>
       </c>
       <c r="B536" s="0" t="s">
-        <v>454</v>
+        <v>437</v>
       </c>
       <c r="C536" s="0" t="s">
         <v>499</v>
       </c>
     </row>
     <row r="537">
       <c r="A537" s="0" t="s">
-        <v>445</v>
+        <v>483</v>
       </c>
       <c r="B537" s="0" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="C537" s="0" t="s">
         <v>499</v>
       </c>
     </row>
     <row r="538">
       <c r="A538" s="0" t="s">
-        <v>483</v>
+        <v>484</v>
       </c>
       <c r="B538" s="0" t="s">
-        <v>446</v>
+        <v>450</v>
       </c>
       <c r="C538" s="0" t="s">
         <v>499</v>
       </c>
     </row>
     <row r="539">
       <c r="A539" s="0" t="s">
-        <v>447</v>
+        <v>485</v>
       </c>
       <c r="B539" s="0" t="s">
-        <v>448</v>
+        <v>452</v>
       </c>
       <c r="C539" s="0" t="s">
         <v>499</v>
       </c>
     </row>
     <row r="540">
       <c r="A540" s="0" t="s">
-        <v>484</v>
+        <v>447</v>
       </c>
       <c r="B540" s="0" t="s">
         <v>448</v>
       </c>
       <c r="C540" s="0" t="s">
         <v>499</v>
       </c>
     </row>
     <row r="541">
       <c r="A541" s="0" t="s">
         <v>449</v>
       </c>
       <c r="B541" s="0" t="s">
         <v>450</v>
       </c>
       <c r="C541" s="0" t="s">
         <v>499</v>
       </c>
     </row>
     <row r="542">
       <c r="A542" s="0" t="s">
-        <v>485</v>
+        <v>451</v>
       </c>
       <c r="B542" s="0" t="s">
-        <v>450</v>
+        <v>452</v>
       </c>
       <c r="C542" s="0" t="s">
         <v>499</v>
       </c>
     </row>
     <row r="543">
       <c r="A543" s="0" t="s">
-        <v>436</v>
+        <v>500</v>
       </c>
       <c r="B543" s="0" t="s">
-        <v>437</v>
+        <v>444</v>
       </c>
       <c r="C543" s="0" t="s">
         <v>499</v>
       </c>
     </row>
     <row r="544">
       <c r="A544" s="0" t="s">
         <v>439</v>
       </c>
       <c r="B544" s="0" t="s">
         <v>440</v>
       </c>
       <c r="C544" s="0" t="s">
         <v>499</v>
       </c>
     </row>
     <row r="545">
       <c r="A545" s="0" t="s">
-        <v>500</v>
+        <v>443</v>
       </c>
       <c r="B545" s="0" t="s">
-        <v>440</v>
+        <v>444</v>
       </c>
       <c r="C545" s="0" t="s">
         <v>499</v>
       </c>
     </row>
     <row r="546">
       <c r="A546" s="0" t="s">
-        <v>459</v>
+        <v>488</v>
       </c>
       <c r="B546" s="0" t="s">
         <v>460</v>
       </c>
       <c r="C546" s="0" t="s">
         <v>499</v>
       </c>
     </row>
     <row r="547">
       <c r="A547" s="0" t="s">
-        <v>488</v>
+        <v>459</v>
       </c>
       <c r="B547" s="0" t="s">
         <v>460</v>
       </c>
       <c r="C547" s="0" t="s">
         <v>499</v>
       </c>
     </row>
     <row r="548">
       <c r="B548" s="0" t="s">
         <v>497</v>
       </c>
       <c r="C548" s="0" t="s">
         <v>499</v>
       </c>
     </row>
     <row r="549">
       <c r="A549" s="0" t="s">
         <v>3</v>
       </c>
       <c r="B549" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C549" s="0" t="s">
         <v>501</v>
@@ -12854,117 +12854,117 @@
     </row>
     <row r="1025">
       <c r="A1025" s="0" t="s">
         <v>433</v>
       </c>
       <c r="B1025" s="0" t="s">
         <v>434</v>
       </c>
       <c r="C1025" s="0" t="s">
         <v>502</v>
       </c>
     </row>
     <row r="1026">
       <c r="A1026" s="0" t="s">
         <v>435</v>
       </c>
       <c r="B1026" s="0" t="s">
         <v>434</v>
       </c>
       <c r="C1026" s="0" t="s">
         <v>502</v>
       </c>
     </row>
     <row r="1027">
       <c r="A1027" s="0" t="s">
-        <v>461</v>
+        <v>489</v>
       </c>
       <c r="B1027" s="0" t="s">
         <v>462</v>
       </c>
       <c r="C1027" s="0" t="s">
         <v>499</v>
       </c>
     </row>
     <row r="1028">
       <c r="A1028" s="0" t="s">
-        <v>489</v>
+        <v>490</v>
       </c>
       <c r="B1028" s="0" t="s">
-        <v>462</v>
+        <v>464</v>
       </c>
       <c r="C1028" s="0" t="s">
         <v>499</v>
       </c>
     </row>
     <row r="1029">
       <c r="A1029" s="0" t="s">
-        <v>463</v>
+        <v>491</v>
       </c>
       <c r="B1029" s="0" t="s">
-        <v>464</v>
+        <v>468</v>
       </c>
       <c r="C1029" s="0" t="s">
         <v>499</v>
       </c>
     </row>
     <row r="1030">
       <c r="A1030" s="0" t="s">
-        <v>490</v>
+        <v>461</v>
       </c>
       <c r="B1030" s="0" t="s">
-        <v>464</v>
+        <v>462</v>
       </c>
       <c r="C1030" s="0" t="s">
         <v>499</v>
       </c>
     </row>
     <row r="1031">
       <c r="A1031" s="0" t="s">
-        <v>465</v>
+        <v>463</v>
       </c>
       <c r="B1031" s="0" t="s">
-        <v>466</v>
+        <v>464</v>
       </c>
       <c r="C1031" s="0" t="s">
         <v>499</v>
       </c>
     </row>
     <row r="1032">
       <c r="A1032" s="0" t="s">
-        <v>467</v>
+        <v>465</v>
       </c>
       <c r="B1032" s="0" t="s">
-        <v>468</v>
+        <v>466</v>
       </c>
       <c r="C1032" s="0" t="s">
         <v>499</v>
       </c>
     </row>
     <row r="1033">
       <c r="A1033" s="0" t="s">
-        <v>491</v>
+        <v>467</v>
       </c>
       <c r="B1033" s="0" t="s">
         <v>468</v>
       </c>
       <c r="C1033" s="0" t="s">
         <v>499</v>
       </c>
     </row>
     <row r="1034">
       <c r="C1034" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1035">
       <c r="C1035" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1036">
       <c r="C1036" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1037">
       <c r="C1037" s="0" t="s">