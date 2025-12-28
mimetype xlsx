--- v0 (2025-10-28)
+++ v1 (2025-12-28)
@@ -267,200 +267,200 @@
     </row>
     <row r="7">
       <c r="A7" s="0" t="s">
         <v>14</v>
       </c>
       <c r="B7" s="0" t="s">
         <v>15</v>
       </c>
       <c r="C7" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="0" t="s">
         <v>16</v>
       </c>
       <c r="B8" s="0" t="s">
         <v>13</v>
       </c>
       <c r="C8" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="0" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="B9" s="0" t="s">
         <v>13</v>
       </c>
       <c r="C9" s="0" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="0" t="s">
-        <v>14</v>
+        <v>10</v>
       </c>
       <c r="B10" s="0" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="C10" s="0" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="0" t="s">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="B11" s="0" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="C11" s="0" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="0" t="s">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="B12" s="0" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C12" s="0" t="s">
-        <v>17</v>
+        <v>5</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="0" t="s">
-        <v>10</v>
+        <v>6</v>
       </c>
       <c r="B13" s="0" t="s">
-        <v>11</v>
+        <v>7</v>
       </c>
       <c r="C13" s="0" t="s">
-        <v>17</v>
+        <v>5</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="0" t="s">
-        <v>3</v>
+        <v>8</v>
       </c>
       <c r="B14" s="0" t="s">
-        <v>4</v>
+        <v>9</v>
       </c>
       <c r="C14" s="0" t="s">
-        <v>17</v>
+        <v>5</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="0" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="B15" s="0" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="C15" s="0" t="s">
-        <v>17</v>
+        <v>5</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="0" t="s">
-        <v>3</v>
+        <v>12</v>
       </c>
       <c r="B16" s="0" t="s">
-        <v>4</v>
+        <v>13</v>
       </c>
       <c r="C16" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="0" t="s">
-        <v>6</v>
+        <v>14</v>
       </c>
       <c r="B17" s="0" t="s">
-        <v>7</v>
+        <v>15</v>
       </c>
       <c r="C17" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="0" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="B18" s="0" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="C18" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="0" t="s">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="B19" s="0" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="C19" s="0" t="s">
-        <v>5</v>
+        <v>17</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="0" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="B20" s="0" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="C20" s="0" t="s">
-        <v>5</v>
+        <v>17</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="0" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
       <c r="B21" s="0" t="s">
-        <v>15</v>
+        <v>7</v>
       </c>
       <c r="C21" s="0" t="s">
-        <v>5</v>
+        <v>17</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="0" t="s">
-        <v>16</v>
+        <v>3</v>
       </c>
       <c r="B22" s="0" t="s">
-        <v>13</v>
+        <v>4</v>
       </c>
       <c r="C22" s="0" t="s">
-        <v>5</v>
+        <v>17</v>
       </c>
     </row>
     <row r="23">
       <c r="C23" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="24">
       <c r="C24" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="25">
       <c r="C25" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="26">
       <c r="C26" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="27">
       <c r="C27" s="0" t="s">
         <v>5</v>
@@ -538,200 +538,200 @@
     </row>
     <row r="36">
       <c r="A36" s="0" t="s">
         <v>14</v>
       </c>
       <c r="B36" s="0" t="s">
         <v>15</v>
       </c>
       <c r="C36" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="0" t="s">
         <v>16</v>
       </c>
       <c r="B37" s="0" t="s">
         <v>13</v>
       </c>
       <c r="C37" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="0" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="B38" s="0" t="s">
         <v>13</v>
       </c>
       <c r="C38" s="0" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="0" t="s">
-        <v>14</v>
+        <v>10</v>
       </c>
       <c r="B39" s="0" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="C39" s="0" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="0" t="s">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="B40" s="0" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="C40" s="0" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="0" t="s">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="B41" s="0" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C41" s="0" t="s">
-        <v>17</v>
+        <v>5</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="0" t="s">
-        <v>10</v>
+        <v>6</v>
       </c>
       <c r="B42" s="0" t="s">
-        <v>11</v>
+        <v>7</v>
       </c>
       <c r="C42" s="0" t="s">
-        <v>17</v>
+        <v>5</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="0" t="s">
-        <v>3</v>
+        <v>8</v>
       </c>
       <c r="B43" s="0" t="s">
-        <v>4</v>
+        <v>9</v>
       </c>
       <c r="C43" s="0" t="s">
-        <v>17</v>
+        <v>5</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="0" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="B44" s="0" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="C44" s="0" t="s">
-        <v>17</v>
+        <v>5</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="0" t="s">
-        <v>3</v>
+        <v>12</v>
       </c>
       <c r="B45" s="0" t="s">
-        <v>4</v>
+        <v>13</v>
       </c>
       <c r="C45" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="0" t="s">
-        <v>6</v>
+        <v>14</v>
       </c>
       <c r="B46" s="0" t="s">
-        <v>7</v>
+        <v>15</v>
       </c>
       <c r="C46" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="0" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="B47" s="0" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="C47" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="0" t="s">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="B48" s="0" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="C48" s="0" t="s">
-        <v>5</v>
+        <v>17</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="0" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="B49" s="0" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="C49" s="0" t="s">
-        <v>5</v>
+        <v>17</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="0" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
       <c r="B50" s="0" t="s">
-        <v>15</v>
+        <v>7</v>
       </c>
       <c r="C50" s="0" t="s">
-        <v>5</v>
+        <v>17</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="0" t="s">
-        <v>16</v>
+        <v>3</v>
       </c>
       <c r="B51" s="0" t="s">
-        <v>13</v>
+        <v>4</v>
       </c>
       <c r="C51" s="0" t="s">
-        <v>5</v>
+        <v>17</v>
       </c>
     </row>
     <row r="52">
       <c r="C52" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="53">
       <c r="C53" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="54">
       <c r="C54" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="55">
       <c r="C55" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="56">
       <c r="C56" s="0" t="s">
         <v>5</v>
@@ -916,156 +916,156 @@
     </row>
     <row r="78">
       <c r="A78" s="0" t="s">
         <v>33</v>
       </c>
       <c r="B78" s="0" t="s">
         <v>34</v>
       </c>
       <c r="C78" s="0" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" s="0" t="s">
         <v>29</v>
       </c>
       <c r="B79" s="0" t="s">
         <v>30</v>
       </c>
       <c r="C79" s="0" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" s="0" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="B80" s="0" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="C80" s="0" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" s="0" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="B81" s="0" t="s">
-        <v>32</v>
+        <v>22</v>
       </c>
       <c r="C81" s="0" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" s="0" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="B82" s="0" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="C82" s="0" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" s="0" t="s">
-        <v>21</v>
+        <v>25</v>
       </c>
       <c r="B83" s="0" t="s">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="C83" s="0" t="s">
-        <v>20</v>
+        <v>5</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" s="0" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="B84" s="0" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
       <c r="C84" s="0" t="s">
-        <v>20</v>
+        <v>5</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" s="0" t="s">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="B85" s="0" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="C85" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" s="0" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
       <c r="B86" s="0" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C86" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" s="0" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="B87" s="0" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="C87" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" s="0" t="s">
         <v>31</v>
       </c>
       <c r="B88" s="0" t="s">
         <v>32</v>
       </c>
       <c r="C88" s="0" t="s">
-        <v>5</v>
+        <v>17</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" s="0" t="s">
-        <v>33</v>
+        <v>25</v>
       </c>
       <c r="B89" s="0" t="s">
-        <v>34</v>
+        <v>26</v>
       </c>
       <c r="C89" s="0" t="s">
-        <v>5</v>
+        <v>17</v>
       </c>
     </row>
     <row r="90">
       <c r="C90" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="91">
       <c r="C91" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="92">
       <c r="C92" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="93">
       <c r="C93" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="94">
       <c r="C94" s="0" t="s">
         <v>5</v>