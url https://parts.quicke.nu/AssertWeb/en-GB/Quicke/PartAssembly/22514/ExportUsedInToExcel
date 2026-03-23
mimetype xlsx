--- v0 (2025-10-24)
+++ v1 (2026-03-23)
@@ -33,60 +33,60 @@
   <si>
     <t>Product name</t>
   </si>
   <si>
     <t>Path</t>
   </si>
   <si>
     <t>4614Q8</t>
   </si>
   <si>
     <t>Q46 DM</t>
   </si>
   <si>
     <t xml:space="preserve">/ </t>
   </si>
   <si>
     <t>4616Q8</t>
   </si>
   <si>
     <t>Q46 DM ext.</t>
   </si>
   <si>
     <t>4654Q8</t>
   </si>
   <si>
+    <t>4816Q8</t>
+  </si>
+  <si>
+    <t>Q48 DM ext.</t>
+  </si>
+  <si>
     <t>4814Q8</t>
   </si>
   <si>
     <t>Q48 DM</t>
-  </si>
-[...4 lines deleted...]
-    <t>Q48 DM ext.</t>
   </si>
   <si>
     <t>4514Q8</t>
   </si>
   <si>
     <t>Q45 DM</t>
   </si>
   <si>
     <t>4516Q8</t>
   </si>
   <si>
     <t>Q45 DM ext.</t>
   </si>
   <si>
     <t>4554Q8</t>
   </si>
   <si>
     <t>4564Q8</t>
   </si>
   <si>
     <t xml:space="preserve">Loader beam/ </t>
   </si>
   <si>
     <t>4514T8</t>
   </si>
@@ -163,51 +163,51 @@
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:C121"/>
+  <dimension ref="A1:C122"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="11.3395004272461" customWidth="1"/>
     <col min="2" max="2" width="14.6204710006714" customWidth="1"/>
     <col min="3" max="3" width="13.7375659942627" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="0" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="0" t="s">
         <v>3</v>
       </c>
@@ -286,241 +286,241 @@
     </row>
     <row r="9">
       <c r="A9" s="0" t="s">
         <v>17</v>
       </c>
       <c r="B9" s="0" t="s">
         <v>14</v>
       </c>
       <c r="C9" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="0" t="s">
         <v>18</v>
       </c>
       <c r="B10" s="0" t="s">
         <v>14</v>
       </c>
       <c r="C10" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="0" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="B11" s="0" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="C11" s="0" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="0" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="B12" s="0" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="C12" s="0" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="0" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="B13" s="0" t="s">
         <v>14</v>
       </c>
       <c r="C13" s="0" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="0" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="B14" s="0" t="s">
-        <v>14</v>
+        <v>10</v>
       </c>
       <c r="C14" s="0" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="0" t="s">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="B15" s="0" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C15" s="0" t="s">
-        <v>19</v>
+        <v>5</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="0" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
       <c r="B16" s="0" t="s">
-        <v>12</v>
+        <v>7</v>
       </c>
       <c r="C16" s="0" t="s">
-        <v>19</v>
+        <v>5</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="0" t="s">
-        <v>3</v>
+        <v>8</v>
       </c>
       <c r="B17" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C17" s="0" t="s">
-        <v>19</v>
+        <v>5</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="0" t="s">
-        <v>3</v>
+        <v>9</v>
       </c>
       <c r="B18" s="0" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C18" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="0" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
       <c r="B19" s="0" t="s">
-        <v>7</v>
+        <v>12</v>
       </c>
       <c r="C19" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="0" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="B20" s="0" t="s">
-        <v>4</v>
+        <v>14</v>
       </c>
       <c r="C20" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="0" t="s">
-        <v>9</v>
+        <v>15</v>
       </c>
       <c r="B21" s="0" t="s">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="C21" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="0" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="B22" s="0" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="C22" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="0" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="B23" s="0" t="s">
         <v>14</v>
       </c>
       <c r="C23" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="0" t="s">
-        <v>15</v>
+        <v>8</v>
       </c>
       <c r="B24" s="0" t="s">
-        <v>16</v>
+        <v>4</v>
       </c>
       <c r="C24" s="0" t="s">
-        <v>5</v>
+        <v>19</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="0" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="B25" s="0" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="C25" s="0" t="s">
-        <v>5</v>
+        <v>19</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="0" t="s">
-        <v>18</v>
+        <v>13</v>
       </c>
       <c r="B26" s="0" t="s">
         <v>14</v>
       </c>
       <c r="C26" s="0" t="s">
-        <v>5</v>
+        <v>19</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="0" t="s">
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="B27" s="0" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C27" s="0" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="0" t="s">
-        <v>9</v>
+        <v>3</v>
       </c>
       <c r="B28" s="0" t="s">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="C28" s="0" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="29">
       <c r="C29" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="30">
       <c r="C30" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="31">
       <c r="C31" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="32">
       <c r="C32" s="0" t="s">
         <v>5</v>
       </c>
     </row>
@@ -663,241 +663,241 @@
     </row>
     <row r="52">
       <c r="A52" s="0" t="s">
         <v>17</v>
       </c>
       <c r="B52" s="0" t="s">
         <v>14</v>
       </c>
       <c r="C52" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="0" t="s">
         <v>18</v>
       </c>
       <c r="B53" s="0" t="s">
         <v>14</v>
       </c>
       <c r="C53" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="0" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="B54" s="0" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="C54" s="0" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="0" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="B55" s="0" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="C55" s="0" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="0" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="B56" s="0" t="s">
         <v>14</v>
       </c>
       <c r="C56" s="0" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="0" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="B57" s="0" t="s">
-        <v>14</v>
+        <v>10</v>
       </c>
       <c r="C57" s="0" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="0" t="s">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="B58" s="0" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C58" s="0" t="s">
-        <v>19</v>
+        <v>5</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="0" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
       <c r="B59" s="0" t="s">
-        <v>12</v>
+        <v>7</v>
       </c>
       <c r="C59" s="0" t="s">
-        <v>19</v>
+        <v>5</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="0" t="s">
-        <v>3</v>
+        <v>8</v>
       </c>
       <c r="B60" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C60" s="0" t="s">
-        <v>19</v>
+        <v>5</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="0" t="s">
-        <v>3</v>
+        <v>9</v>
       </c>
       <c r="B61" s="0" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C61" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="0" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
       <c r="B62" s="0" t="s">
-        <v>7</v>
+        <v>12</v>
       </c>
       <c r="C62" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="0" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="B63" s="0" t="s">
-        <v>4</v>
+        <v>14</v>
       </c>
       <c r="C63" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="0" t="s">
-        <v>9</v>
+        <v>15</v>
       </c>
       <c r="B64" s="0" t="s">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="C64" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="0" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="B65" s="0" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="C65" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="0" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="B66" s="0" t="s">
         <v>14</v>
       </c>
       <c r="C66" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="0" t="s">
-        <v>15</v>
+        <v>8</v>
       </c>
       <c r="B67" s="0" t="s">
-        <v>16</v>
+        <v>4</v>
       </c>
       <c r="C67" s="0" t="s">
-        <v>5</v>
+        <v>19</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="0" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="B68" s="0" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="C68" s="0" t="s">
-        <v>5</v>
+        <v>19</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" s="0" t="s">
-        <v>18</v>
+        <v>13</v>
       </c>
       <c r="B69" s="0" t="s">
         <v>14</v>
       </c>
       <c r="C69" s="0" t="s">
-        <v>5</v>
+        <v>19</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="0" t="s">
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="B70" s="0" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C70" s="0" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="0" t="s">
-        <v>9</v>
+        <v>3</v>
       </c>
       <c r="B71" s="0" t="s">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="C71" s="0" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="72">
       <c r="C72" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="73">
       <c r="C73" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="74">
       <c r="C74" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="75">
       <c r="C75" s="0" t="s">
         <v>5</v>
       </c>
     </row>
@@ -1076,161 +1076,161 @@
     </row>
     <row r="95">
       <c r="A95" s="0" t="s">
         <v>35</v>
       </c>
       <c r="B95" s="0" t="s">
         <v>36</v>
       </c>
       <c r="C95" s="0" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" s="0" t="s">
         <v>30</v>
       </c>
       <c r="B96" s="0" t="s">
         <v>31</v>
       </c>
       <c r="C96" s="0" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" s="0" t="s">
-        <v>26</v>
+        <v>20</v>
       </c>
       <c r="B97" s="0" t="s">
-        <v>27</v>
+        <v>21</v>
       </c>
       <c r="C97" s="0" t="s">
-        <v>19</v>
+        <v>5</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" s="0" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="B98" s="0" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="C98" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" s="0" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="B99" s="0" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="C99" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" s="0" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="B100" s="0" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="C100" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" s="0" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="B101" s="0" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="C101" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" s="0" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="B102" s="0" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="C102" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" s="0" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="B103" s="0" t="s">
-        <v>31</v>
+        <v>27</v>
       </c>
       <c r="C103" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" s="0" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B104" s="0" t="s">
-        <v>27</v>
+        <v>34</v>
       </c>
       <c r="C104" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" s="0" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="B105" s="0" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="C105" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" s="0" t="s">
-        <v>35</v>
+        <v>32</v>
       </c>
       <c r="B106" s="0" t="s">
-        <v>36</v>
+        <v>27</v>
       </c>
       <c r="C106" s="0" t="s">
-        <v>5</v>
+        <v>19</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" s="0" t="s">
-        <v>32</v>
+        <v>26</v>
       </c>
       <c r="B107" s="0" t="s">
         <v>27</v>
       </c>
       <c r="C107" s="0" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" s="0" t="s">
         <v>33</v>
       </c>
       <c r="B108" s="0" t="s">
         <v>34</v>
       </c>
       <c r="C108" s="0" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="109">
       <c r="C109" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="110">
@@ -1268,32 +1268,37 @@
         <v>5</v>
       </c>
     </row>
     <row r="117">
       <c r="C117" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="118">
       <c r="C118" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="119">
       <c r="C119" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="120">
       <c r="C120" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="121">
       <c r="C121" s="0" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="122">
+      <c r="C122" s="0" t="s">
         <v>5</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>