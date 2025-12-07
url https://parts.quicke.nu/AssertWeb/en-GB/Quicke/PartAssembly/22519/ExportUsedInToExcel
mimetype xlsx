--- v0 (2025-10-19)
+++ v1 (2025-12-07)
@@ -30,60 +30,60 @@
   <si>
     <t>Product No</t>
   </si>
   <si>
     <t>Product name</t>
   </si>
   <si>
     <t>Path</t>
   </si>
   <si>
     <t>2611Q8</t>
   </si>
   <si>
     <t>Q26 US</t>
   </si>
   <si>
     <t xml:space="preserve">/ </t>
   </si>
   <si>
     <t>2613Q8</t>
   </si>
   <si>
     <t>Q26 DS</t>
   </si>
   <si>
+    <t>2513Q8</t>
+  </si>
+  <si>
+    <t>Q25 DS</t>
+  </si>
+  <si>
     <t>2511Q8</t>
   </si>
   <si>
     <t>Q25 US</t>
-  </si>
-[...4 lines deleted...]
-    <t>Q25 DS</t>
   </si>
   <si>
     <t xml:space="preserve">Loader beam/ </t>
   </si>
   <si>
     <t>2611T8</t>
   </si>
   <si>
     <t>+1.1P US</t>
   </si>
   <si>
     <t>2613T8</t>
   </si>
   <si>
     <t>+1.1P DS</t>
   </si>
   <si>
     <t>2511T8</t>
   </si>
   <si>
     <t>+1.0P US</t>
   </si>
   <si>
     <t>Loader beam/5211770-1 Loader beam w. bushings</t>
   </si>
@@ -192,65 +192,65 @@
     </row>
     <row r="4">
       <c r="A4" s="0" t="s">
         <v>8</v>
       </c>
       <c r="B4" s="0" t="s">
         <v>9</v>
       </c>
       <c r="C4" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="0" t="s">
         <v>10</v>
       </c>
       <c r="B5" s="0" t="s">
         <v>11</v>
       </c>
       <c r="C5" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="0" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="B6" s="0" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="C6" s="0" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="0" t="s">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="B7" s="0" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="C7" s="0" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="0" t="s">
         <v>3</v>
       </c>
       <c r="B8" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C8" s="0" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="0" t="s">
         <v>6</v>
       </c>
       <c r="B9" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C9" s="0" t="s">
         <v>12</v>
@@ -354,65 +354,65 @@
     </row>
     <row r="22">
       <c r="A22" s="0" t="s">
         <v>8</v>
       </c>
       <c r="B22" s="0" t="s">
         <v>9</v>
       </c>
       <c r="C22" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="0" t="s">
         <v>10</v>
       </c>
       <c r="B23" s="0" t="s">
         <v>11</v>
       </c>
       <c r="C23" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="0" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="B24" s="0" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="C24" s="0" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="0" t="s">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="B25" s="0" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="C25" s="0" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="0" t="s">
         <v>3</v>
       </c>
       <c r="B26" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C26" s="0" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="0" t="s">
         <v>6</v>
       </c>
       <c r="B27" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C27" s="0" t="s">
         <v>12</v>