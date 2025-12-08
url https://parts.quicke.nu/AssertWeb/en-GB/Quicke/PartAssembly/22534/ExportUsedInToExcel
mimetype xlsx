--- v0 (2025-10-14)
+++ v1 (2025-12-08)
@@ -165,435 +165,435 @@
   <si>
     <t>3916Q8</t>
   </si>
   <si>
     <t>Q39 DM ext.</t>
   </si>
   <si>
     <t>4114Q8</t>
   </si>
   <si>
     <t>Q41 DM</t>
   </si>
   <si>
     <t>4154Q8</t>
   </si>
   <si>
     <t>Locking kit S/N - 7371332/5212812 Locking kit RH</t>
   </si>
   <si>
     <t>4916Q8</t>
   </si>
   <si>
     <t>Q49 DM ext.</t>
   </si>
   <si>
+    <t>5116Q8</t>
+  </si>
+  <si>
+    <t>Q51 DM ext.</t>
+  </si>
+  <si>
+    <t>9810Q8</t>
+  </si>
+  <si>
+    <t>Q98 DXL</t>
+  </si>
+  <si>
+    <t>2013Q8</t>
+  </si>
+  <si>
+    <t>Q20 DS</t>
+  </si>
+  <si>
+    <t>2014Q8</t>
+  </si>
+  <si>
+    <t>Q20 DM</t>
+  </si>
+  <si>
+    <t>2513Q8</t>
+  </si>
+  <si>
+    <t>Q25 DS</t>
+  </si>
+  <si>
+    <t>3013Q8</t>
+  </si>
+  <si>
+    <t>Q30 DS</t>
+  </si>
+  <si>
+    <t>3014Q8</t>
+  </si>
+  <si>
+    <t>Q30 DM</t>
+  </si>
+  <si>
+    <t>3016Q8</t>
+  </si>
+  <si>
+    <t>Q30 DM ext.</t>
+  </si>
+  <si>
+    <t>3513Q8</t>
+  </si>
+  <si>
+    <t>Q35 DS</t>
+  </si>
+  <si>
+    <t>3514Q8</t>
+  </si>
+  <si>
+    <t>Q35 DM</t>
+  </si>
+  <si>
+    <t>3516Q8</t>
+  </si>
+  <si>
+    <t>Q35 DM ext.</t>
+  </si>
+  <si>
+    <t>3564Q8</t>
+  </si>
+  <si>
+    <t>4014Q8</t>
+  </si>
+  <si>
+    <t>Q40 DM</t>
+  </si>
+  <si>
+    <t>4016Q8</t>
+  </si>
+  <si>
+    <t>Q40 DM ext.</t>
+  </si>
+  <si>
+    <t>4054Q8</t>
+  </si>
+  <si>
+    <t>6014Q8</t>
+  </si>
+  <si>
+    <t>Q60 DM</t>
+  </si>
+  <si>
+    <t>/5212812 Locking kit RH</t>
+  </si>
+  <si>
+    <t>6016Q8</t>
+  </si>
+  <si>
+    <t>Q60 DM ext.</t>
+  </si>
+  <si>
+    <t>6044Q8</t>
+  </si>
+  <si>
+    <t>6046Q8</t>
+  </si>
+  <si>
+    <t>8753Q8</t>
+  </si>
+  <si>
+    <t>Q85x DL</t>
+  </si>
+  <si>
+    <t>9810T8</t>
+  </si>
+  <si>
+    <t>+8.3P DXL</t>
+  </si>
+  <si>
+    <t>4614Q8</t>
+  </si>
+  <si>
+    <t>Q46 DM</t>
+  </si>
+  <si>
+    <t>4616Q8</t>
+  </si>
+  <si>
+    <t>Q46 DM ext.</t>
+  </si>
+  <si>
+    <t>4654Q8</t>
+  </si>
+  <si>
+    <t>5616Q8</t>
+  </si>
+  <si>
+    <t>Q56 DM ext.</t>
+  </si>
+  <si>
+    <t>5514Q8</t>
+  </si>
+  <si>
+    <t>Q55 DM</t>
+  </si>
+  <si>
+    <t>5516Q8</t>
+  </si>
+  <si>
+    <t>Q55 DM ext.</t>
+  </si>
+  <si>
+    <t>5534Q8</t>
+  </si>
+  <si>
+    <t>Q55 DM, DM ext</t>
+  </si>
+  <si>
+    <t>5544Q, 5546Q</t>
+  </si>
+  <si>
+    <t>5554Q8</t>
+  </si>
+  <si>
+    <t>5564Q8</t>
+  </si>
+  <si>
+    <t>6514Q8</t>
+  </si>
+  <si>
+    <t>Q65 DM</t>
+  </si>
+  <si>
+    <t>6516Q8</t>
+  </si>
+  <si>
+    <t>Q65 DM ext.</t>
+  </si>
+  <si>
+    <t>6534Q8</t>
+  </si>
+  <si>
+    <t>6544Q8</t>
+  </si>
+  <si>
+    <t>6546Q8</t>
+  </si>
+  <si>
+    <t>6564Q8</t>
+  </si>
+  <si>
+    <t>4816Q8</t>
+  </si>
+  <si>
+    <t>Q48 DM ext.</t>
+  </si>
+  <si>
+    <t>4814Q8</t>
+  </si>
+  <si>
+    <t>Q48 DM</t>
+  </si>
+  <si>
+    <t>4914Q8</t>
+  </si>
+  <si>
+    <t>Q49 DM</t>
+  </si>
+  <si>
     <t>5114Q8</t>
   </si>
   <si>
     <t>Q51 DM</t>
   </si>
   <si>
-    <t>5116Q8</t>
-[...4 lines deleted...]
-  <si>
     <t>5154Q8</t>
   </si>
   <si>
+    <t>5614Q8</t>
+  </si>
+  <si>
+    <t>Q56 DM</t>
+  </si>
+  <si>
+    <t>5654Q8</t>
+  </si>
+  <si>
+    <t>5856Q8</t>
+  </si>
+  <si>
+    <t>Q58 DM ext.</t>
+  </si>
+  <si>
+    <t>5854Q8</t>
+  </si>
+  <si>
+    <t>Q58 DM</t>
+  </si>
+  <si>
+    <t>5816Q8</t>
+  </si>
+  <si>
+    <t>5814Q8</t>
+  </si>
+  <si>
     <t>6114Q8</t>
   </si>
   <si>
     <t>Q61 DM</t>
   </si>
   <si>
     <t>6116Q8</t>
   </si>
   <si>
     <t>Q61 DM ext.</t>
   </si>
   <si>
+    <t>6614Q8</t>
+  </si>
+  <si>
+    <t>Q66 DM</t>
+  </si>
+  <si>
+    <t>6616Q8</t>
+  </si>
+  <si>
+    <t>Q66 DM ext.</t>
+  </si>
+  <si>
+    <t>6814Q8</t>
+  </si>
+  <si>
+    <t>Q68 DM</t>
+  </si>
+  <si>
+    <t>6816Q8</t>
+  </si>
+  <si>
+    <t>Q68 DM ext.</t>
+  </si>
+  <si>
+    <t>6854Q8</t>
+  </si>
+  <si>
+    <t>6856Q8</t>
+  </si>
+  <si>
+    <t>7614Q8</t>
+  </si>
+  <si>
+    <t>Q76 DM</t>
+  </si>
+  <si>
+    <t>7616Q8</t>
+  </si>
+  <si>
+    <t>Q76 DM ext.</t>
+  </si>
+  <si>
+    <t>7814Q8</t>
+  </si>
+  <si>
+    <t>Q78 DM</t>
+  </si>
+  <si>
+    <t>7816Q8</t>
+  </si>
+  <si>
+    <t>Q78 DM Ext.</t>
+  </si>
+  <si>
+    <t>7854Q8</t>
+  </si>
+  <si>
     <t>8813Q8</t>
   </si>
   <si>
     <t>Q88 DL</t>
   </si>
   <si>
     <t>8853Q8</t>
   </si>
   <si>
-    <t>9810Q8</t>
-[...22 lines deleted...]
-  <si>
     <t>2514Q8</t>
   </si>
   <si>
     <t>Q25 DM</t>
   </si>
   <si>
-    <t>3013Q8</t>
-[...50 lines deleted...]
-    <t>4054Q8</t>
+    <t>4514Q8</t>
+  </si>
+  <si>
+    <t>Q45 DM</t>
+  </si>
+  <si>
+    <t>4516Q8</t>
+  </si>
+  <si>
+    <t>Q45 DM ext.</t>
+  </si>
+  <si>
+    <t>4554Q8</t>
+  </si>
+  <si>
+    <t>4564Q8</t>
   </si>
   <si>
     <t>5014Q8</t>
   </si>
   <si>
     <t>Q50 DM</t>
   </si>
   <si>
-    <t>/5212812 Locking kit RH</t>
-[...1 lines deleted...]
-  <si>
     <t>5016Q8</t>
   </si>
   <si>
     <t>Q50 DM ext.</t>
   </si>
   <si>
     <t>5054Q8</t>
   </si>
   <si>
-    <t>6014Q8</t>
-[...14 lines deleted...]
-    <t>6046Q8</t>
+    <t>7514Q8</t>
+  </si>
+  <si>
+    <t>Q75 DM</t>
+  </si>
+  <si>
+    <t>7516Q8</t>
+  </si>
+  <si>
+    <t>Q75 DM ext.</t>
+  </si>
+  <si>
+    <t>7524Q8</t>
+  </si>
+  <si>
+    <t>8513Q8</t>
+  </si>
+  <si>
+    <t>Q85 DL</t>
+  </si>
+  <si>
+    <t>8523Q8</t>
   </si>
   <si>
     <t>8713Q8</t>
-  </si>
-[...226 lines deleted...]
-    <t>8523Q8</t>
   </si>
   <si>
     <t xml:space="preserve">Bearing box/ </t>
   </si>
   <si>
     <t xml:space="preserve">Bearing boxes/ </t>
   </si>
   <si>
     <t>Bearing boxes/5212810 Locking kit S/N - 7371332</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -943,868 +943,868 @@
         <v>53</v>
       </c>
       <c r="B30" s="0" t="s">
         <v>54</v>
       </c>
       <c r="C30" s="0" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="0" t="s">
         <v>55</v>
       </c>
       <c r="B31" s="0" t="s">
         <v>56</v>
       </c>
       <c r="C31" s="0" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="0" t="s">
         <v>57</v>
       </c>
       <c r="B32" s="0" t="s">
-        <v>54</v>
+        <v>58</v>
       </c>
       <c r="C32" s="0" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="0" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="B33" s="0" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="C33" s="0" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="0" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="B34" s="0" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="C34" s="0" t="s">
-        <v>50</v>
+        <v>4</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="0" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="B35" s="0" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="C35" s="0" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="0" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="B36" s="0" t="s">
-        <v>63</v>
+        <v>66</v>
       </c>
       <c r="C36" s="0" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="0" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="B37" s="0" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="C37" s="0" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="0" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="B38" s="0" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="C38" s="0" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="0" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="B39" s="0" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
       <c r="C39" s="0" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="0" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
       <c r="B40" s="0" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="C40" s="0" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="0" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="B41" s="0" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
       <c r="C41" s="0" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="0" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="B42" s="0" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="C42" s="0" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="0" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="B43" s="0" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="C43" s="0" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="0" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="B44" s="0" t="s">
-        <v>80</v>
+        <v>77</v>
       </c>
       <c r="C44" s="0" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="0" t="s">
         <v>81</v>
       </c>
       <c r="B45" s="0" t="s">
         <v>82</v>
       </c>
       <c r="C45" s="0" t="s">
-        <v>4</v>
+        <v>83</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="0" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="B46" s="0" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="C46" s="0" t="s">
-        <v>4</v>
+        <v>83</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="0" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="B47" s="0" t="s">
-        <v>86</v>
+        <v>82</v>
       </c>
       <c r="C47" s="0" t="s">
-        <v>4</v>
+        <v>83</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="0" t="s">
         <v>87</v>
       </c>
       <c r="B48" s="0" t="s">
-        <v>84</v>
+        <v>82</v>
       </c>
       <c r="C48" s="0" t="s">
-        <v>4</v>
+        <v>83</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="0" t="s">
         <v>88</v>
       </c>
       <c r="B49" s="0" t="s">
         <v>89</v>
       </c>
       <c r="C49" s="0" t="s">
-        <v>4</v>
+        <v>83</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="0" t="s">
         <v>90</v>
       </c>
       <c r="B50" s="0" t="s">
         <v>91</v>
       </c>
       <c r="C50" s="0" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="0" t="s">
         <v>92</v>
       </c>
       <c r="B51" s="0" t="s">
-        <v>89</v>
+        <v>93</v>
       </c>
       <c r="C51" s="0" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="0" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="B52" s="0" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="C52" s="0" t="s">
-        <v>95</v>
+        <v>4</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="0" t="s">
         <v>96</v>
       </c>
       <c r="B53" s="0" t="s">
-        <v>97</v>
+        <v>93</v>
       </c>
       <c r="C53" s="0" t="s">
-        <v>95</v>
+        <v>4</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="0" t="s">
+        <v>97</v>
+      </c>
+      <c r="B54" s="0" t="s">
         <v>98</v>
       </c>
-      <c r="B54" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C54" s="0" t="s">
-        <v>95</v>
+        <v>4</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="0" t="s">
         <v>99</v>
       </c>
       <c r="B55" s="0" t="s">
         <v>100</v>
       </c>
       <c r="C55" s="0" t="s">
-        <v>95</v>
+        <v>83</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="0" t="s">
         <v>101</v>
       </c>
       <c r="B56" s="0" t="s">
         <v>102</v>
       </c>
       <c r="C56" s="0" t="s">
-        <v>95</v>
+        <v>83</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="0" t="s">
         <v>103</v>
       </c>
       <c r="B57" s="0" t="s">
         <v>100</v>
       </c>
       <c r="C57" s="0" t="s">
-        <v>95</v>
+        <v>4</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="0" t="s">
         <v>104</v>
       </c>
       <c r="B58" s="0" t="s">
-        <v>100</v>
+        <v>105</v>
       </c>
       <c r="C58" s="0" t="s">
-        <v>95</v>
+        <v>83</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="0" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="B59" s="0" t="s">
-        <v>106</v>
+        <v>100</v>
       </c>
       <c r="C59" s="0" t="s">
-        <v>95</v>
+        <v>83</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="0" t="s">
         <v>107</v>
       </c>
       <c r="B60" s="0" t="s">
-        <v>106</v>
+        <v>100</v>
       </c>
       <c r="C60" s="0" t="s">
-        <v>95</v>
+        <v>83</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="0" t="s">
         <v>108</v>
       </c>
       <c r="B61" s="0" t="s">
         <v>109</v>
       </c>
       <c r="C61" s="0" t="s">
-        <v>4</v>
+        <v>83</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="0" t="s">
         <v>110</v>
       </c>
       <c r="B62" s="0" t="s">
         <v>111</v>
       </c>
       <c r="C62" s="0" t="s">
-        <v>4</v>
+        <v>83</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="0" t="s">
         <v>112</v>
       </c>
       <c r="B63" s="0" t="s">
-        <v>113</v>
+        <v>109</v>
       </c>
       <c r="C63" s="0" t="s">
-        <v>4</v>
+        <v>83</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="0" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="B64" s="0" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="C64" s="0" t="s">
-        <v>4</v>
+        <v>83</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="0" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="B65" s="0" t="s">
-        <v>116</v>
+        <v>111</v>
       </c>
       <c r="C65" s="0" t="s">
-        <v>50</v>
+        <v>83</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="0" t="s">
-        <v>117</v>
+        <v>115</v>
       </c>
       <c r="B66" s="0" t="s">
-        <v>118</v>
+        <v>109</v>
       </c>
       <c r="C66" s="0" t="s">
-        <v>50</v>
+        <v>83</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="0" t="s">
-        <v>119</v>
+        <v>116</v>
       </c>
       <c r="B67" s="0" t="s">
-        <v>120</v>
+        <v>117</v>
       </c>
       <c r="C67" s="0" t="s">
-        <v>50</v>
+        <v>4</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="0" t="s">
-        <v>121</v>
+        <v>118</v>
       </c>
       <c r="B68" s="0" t="s">
-        <v>122</v>
+        <v>119</v>
       </c>
       <c r="C68" s="0" t="s">
-        <v>50</v>
+        <v>4</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" s="0" t="s">
-        <v>123</v>
+        <v>120</v>
       </c>
       <c r="B69" s="0" t="s">
-        <v>124</v>
+        <v>121</v>
       </c>
       <c r="C69" s="0" t="s">
-        <v>4</v>
+        <v>83</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="0" t="s">
-        <v>125</v>
+        <v>122</v>
       </c>
       <c r="B70" s="0" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="C70" s="0" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="0" t="s">
-        <v>126</v>
+        <v>124</v>
       </c>
       <c r="B71" s="0" t="s">
-        <v>127</v>
+        <v>123</v>
       </c>
       <c r="C71" s="0" t="s">
-        <v>50</v>
+        <v>4</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="0" t="s">
-        <v>128</v>
+        <v>125</v>
       </c>
       <c r="B72" s="0" t="s">
-        <v>129</v>
+        <v>126</v>
       </c>
       <c r="C72" s="0" t="s">
-        <v>50</v>
+        <v>83</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" s="0" t="s">
-        <v>130</v>
+        <v>127</v>
       </c>
       <c r="B73" s="0" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="C73" s="0" t="s">
-        <v>50</v>
+        <v>4</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" s="0" t="s">
-        <v>131</v>
+        <v>128</v>
       </c>
       <c r="B74" s="0" t="s">
         <v>129</v>
       </c>
       <c r="C74" s="0" t="s">
-        <v>50</v>
+        <v>4</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" s="0" t="s">
-        <v>132</v>
+        <v>130</v>
       </c>
       <c r="B75" s="0" t="s">
-        <v>133</v>
+        <v>131</v>
       </c>
       <c r="C75" s="0" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" s="0" t="s">
-        <v>134</v>
+        <v>132</v>
       </c>
       <c r="B76" s="0" t="s">
-        <v>135</v>
+        <v>129</v>
       </c>
       <c r="C76" s="0" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" s="0" t="s">
-        <v>136</v>
+        <v>133</v>
       </c>
       <c r="B77" s="0" t="s">
-        <v>137</v>
+        <v>131</v>
       </c>
       <c r="C77" s="0" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" s="0" t="s">
-        <v>138</v>
+        <v>134</v>
       </c>
       <c r="B78" s="0" t="s">
-        <v>139</v>
+        <v>135</v>
       </c>
       <c r="C78" s="0" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" s="0" t="s">
-        <v>140</v>
+        <v>136</v>
       </c>
       <c r="B79" s="0" t="s">
         <v>137</v>
       </c>
       <c r="C79" s="0" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" s="0" t="s">
-        <v>141</v>
+        <v>138</v>
       </c>
       <c r="B80" s="0" t="s">
         <v>139</v>
       </c>
       <c r="C80" s="0" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" s="0" t="s">
-        <v>142</v>
+        <v>140</v>
       </c>
       <c r="B81" s="0" t="s">
-        <v>143</v>
+        <v>141</v>
       </c>
       <c r="C81" s="0" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" s="0" t="s">
-        <v>144</v>
+        <v>142</v>
       </c>
       <c r="B82" s="0" t="s">
-        <v>145</v>
+        <v>143</v>
       </c>
       <c r="C82" s="0" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" s="0" t="s">
-        <v>146</v>
+        <v>144</v>
       </c>
       <c r="B83" s="0" t="s">
-        <v>147</v>
+        <v>145</v>
       </c>
       <c r="C83" s="0" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" s="0" t="s">
-        <v>148</v>
+        <v>146</v>
       </c>
       <c r="B84" s="0" t="s">
-        <v>149</v>
+        <v>143</v>
       </c>
       <c r="C84" s="0" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" s="0" t="s">
-        <v>150</v>
+        <v>147</v>
       </c>
       <c r="B85" s="0" t="s">
-        <v>147</v>
+        <v>145</v>
       </c>
       <c r="C85" s="0" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" s="0" t="s">
-        <v>151</v>
+        <v>148</v>
       </c>
       <c r="B86" s="0" t="s">
-        <v>152</v>
+        <v>149</v>
       </c>
       <c r="C86" s="0" t="s">
-        <v>95</v>
+        <v>4</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" s="0" t="s">
-        <v>153</v>
+        <v>150</v>
       </c>
       <c r="B87" s="0" t="s">
-        <v>154</v>
+        <v>151</v>
       </c>
       <c r="C87" s="0" t="s">
-        <v>95</v>
+        <v>4</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" s="0" t="s">
-        <v>155</v>
+        <v>152</v>
       </c>
       <c r="B88" s="0" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="C88" s="0" t="s">
-        <v>95</v>
+        <v>4</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" s="0" t="s">
-        <v>156</v>
+        <v>154</v>
       </c>
       <c r="B89" s="0" t="s">
-        <v>152</v>
+        <v>155</v>
       </c>
       <c r="C89" s="0" t="s">
-        <v>95</v>
+        <v>4</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" s="0" t="s">
-        <v>157</v>
+        <v>156</v>
       </c>
       <c r="B90" s="0" t="s">
-        <v>158</v>
+        <v>153</v>
       </c>
       <c r="C90" s="0" t="s">
-        <v>95</v>
+        <v>4</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" s="0" t="s">
-        <v>159</v>
+        <v>157</v>
       </c>
       <c r="B91" s="0" t="s">
-        <v>160</v>
+        <v>158</v>
       </c>
       <c r="C91" s="0" t="s">
-        <v>95</v>
+        <v>4</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" s="0" t="s">
-        <v>161</v>
+        <v>159</v>
       </c>
       <c r="B92" s="0" t="s">
         <v>158</v>
       </c>
       <c r="C92" s="0" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" s="0" t="s">
-        <v>162</v>
+        <v>160</v>
       </c>
       <c r="B93" s="0" t="s">
-        <v>163</v>
+        <v>161</v>
       </c>
       <c r="C93" s="0" t="s">
-        <v>95</v>
+        <v>4</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" s="0" t="s">
-        <v>164</v>
+        <v>162</v>
       </c>
       <c r="B94" s="0" t="s">
-        <v>158</v>
+        <v>163</v>
       </c>
       <c r="C94" s="0" t="s">
-        <v>95</v>
+        <v>83</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" s="0" t="s">
+        <v>164</v>
+      </c>
+      <c r="B95" s="0" t="s">
         <v>165</v>
       </c>
-      <c r="B95" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C95" s="0" t="s">
-        <v>95</v>
+        <v>83</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" s="0" t="s">
         <v>166</v>
       </c>
       <c r="B96" s="0" t="s">
-        <v>167</v>
+        <v>163</v>
       </c>
       <c r="C96" s="0" t="s">
-        <v>95</v>
+        <v>83</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" s="0" t="s">
-        <v>168</v>
+        <v>167</v>
       </c>
       <c r="B97" s="0" t="s">
-        <v>169</v>
+        <v>163</v>
       </c>
       <c r="C97" s="0" t="s">
-        <v>95</v>
+        <v>83</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" s="0" t="s">
-        <v>170</v>
+        <v>168</v>
       </c>
       <c r="B98" s="0" t="s">
-        <v>167</v>
+        <v>169</v>
       </c>
       <c r="C98" s="0" t="s">
-        <v>95</v>
+        <v>83</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" s="0" t="s">
+        <v>170</v>
+      </c>
+      <c r="B99" s="0" t="s">
         <v>171</v>
       </c>
-      <c r="B99" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C99" s="0" t="s">
-        <v>95</v>
+        <v>83</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" s="0" t="s">
         <v>172</v>
       </c>
       <c r="B100" s="0" t="s">
         <v>169</v>
       </c>
       <c r="C100" s="0" t="s">
-        <v>95</v>
+        <v>83</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" s="0" t="s">
         <v>173</v>
       </c>
       <c r="B101" s="0" t="s">
-        <v>167</v>
+        <v>174</v>
       </c>
       <c r="C101" s="0" t="s">
-        <v>95</v>
+        <v>83</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" s="0" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="B102" s="0" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="C102" s="0" t="s">
-        <v>95</v>
+        <v>83</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" s="0" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="B103" s="0" t="s">
-        <v>177</v>
+        <v>174</v>
       </c>
       <c r="C103" s="0" t="s">
-        <v>95</v>
+        <v>83</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" s="0" t="s">
         <v>178</v>
       </c>
       <c r="B104" s="0" t="s">
-        <v>175</v>
+        <v>179</v>
       </c>
       <c r="C104" s="0" t="s">
-        <v>95</v>
+        <v>83</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" s="0" t="s">
+        <v>180</v>
+      </c>
+      <c r="B105" s="0" t="s">
         <v>179</v>
       </c>
-      <c r="B105" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C105" s="0" t="s">
-        <v>95</v>
+        <v>83</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" s="0" t="s">
         <v>181</v>
       </c>
       <c r="B106" s="0" t="s">
-        <v>180</v>
+        <v>89</v>
       </c>
       <c r="C106" s="0" t="s">
-        <v>95</v>
+        <v>83</v>
       </c>
     </row>
     <row r="107">
       <c r="B107" s="0" t="s">
         <v>3</v>
       </c>
       <c r="C107" s="0" t="s">
         <v>182</v>
       </c>
     </row>
     <row r="108">
       <c r="B108" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C108" s="0" t="s">
         <v>182</v>
       </c>
     </row>
     <row r="109">
       <c r="B109" s="0" t="s">
         <v>6</v>
       </c>
       <c r="C109" s="0" t="s">
         <v>182</v>
       </c>
@@ -2077,854 +2077,854 @@
         <v>53</v>
       </c>
       <c r="B135" s="0" t="s">
         <v>54</v>
       </c>
       <c r="C135" s="0" t="s">
         <v>183</v>
       </c>
     </row>
     <row r="136">
       <c r="A136" s="0" t="s">
         <v>55</v>
       </c>
       <c r="B136" s="0" t="s">
         <v>56</v>
       </c>
       <c r="C136" s="0" t="s">
         <v>183</v>
       </c>
     </row>
     <row r="137">
       <c r="A137" s="0" t="s">
         <v>57</v>
       </c>
       <c r="B137" s="0" t="s">
-        <v>54</v>
+        <v>58</v>
       </c>
       <c r="C137" s="0" t="s">
         <v>183</v>
       </c>
     </row>
     <row r="138">
       <c r="A138" s="0" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="B138" s="0" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="C138" s="0" t="s">
         <v>183</v>
       </c>
     </row>
     <row r="139">
       <c r="A139" s="0" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="B139" s="0" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="C139" s="0" t="s">
-        <v>184</v>
+        <v>183</v>
       </c>
     </row>
     <row r="140">
       <c r="A140" s="0" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="B140" s="0" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="C140" s="0" t="s">
         <v>183</v>
       </c>
     </row>
     <row r="141">
       <c r="A141" s="0" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="B141" s="0" t="s">
-        <v>63</v>
+        <v>66</v>
       </c>
       <c r="C141" s="0" t="s">
         <v>183</v>
       </c>
     </row>
     <row r="142">
       <c r="A142" s="0" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="B142" s="0" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="C142" s="0" t="s">
         <v>183</v>
       </c>
     </row>
     <row r="143">
       <c r="A143" s="0" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="B143" s="0" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="C143" s="0" t="s">
         <v>183</v>
       </c>
     </row>
     <row r="144">
       <c r="A144" s="0" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="B144" s="0" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
       <c r="C144" s="0" t="s">
         <v>183</v>
       </c>
     </row>
     <row r="145">
       <c r="A145" s="0" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
       <c r="B145" s="0" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="C145" s="0" t="s">
         <v>183</v>
       </c>
     </row>
     <row r="146">
       <c r="A146" s="0" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="B146" s="0" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
       <c r="C146" s="0" t="s">
         <v>183</v>
       </c>
     </row>
     <row r="147">
       <c r="A147" s="0" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="B147" s="0" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="C147" s="0" t="s">
         <v>183</v>
       </c>
     </row>
     <row r="148">
       <c r="A148" s="0" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="B148" s="0" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="C148" s="0" t="s">
         <v>183</v>
       </c>
     </row>
     <row r="149">
       <c r="A149" s="0" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="B149" s="0" t="s">
-        <v>80</v>
+        <v>77</v>
       </c>
       <c r="C149" s="0" t="s">
         <v>183</v>
       </c>
     </row>
     <row r="150">
       <c r="A150" s="0" t="s">
         <v>81</v>
       </c>
       <c r="B150" s="0" t="s">
         <v>82</v>
       </c>
       <c r="C150" s="0" t="s">
         <v>183</v>
       </c>
     </row>
     <row r="151">
       <c r="A151" s="0" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="B151" s="0" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="C151" s="0" t="s">
         <v>183</v>
       </c>
     </row>
     <row r="152">
       <c r="A152" s="0" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="B152" s="0" t="s">
-        <v>86</v>
+        <v>82</v>
       </c>
       <c r="C152" s="0" t="s">
         <v>183</v>
       </c>
     </row>
     <row r="153">
       <c r="A153" s="0" t="s">
         <v>87</v>
       </c>
       <c r="B153" s="0" t="s">
-        <v>84</v>
+        <v>82</v>
       </c>
       <c r="C153" s="0" t="s">
         <v>183</v>
       </c>
     </row>
     <row r="154">
       <c r="A154" s="0" t="s">
         <v>88</v>
       </c>
       <c r="B154" s="0" t="s">
         <v>89</v>
       </c>
       <c r="C154" s="0" t="s">
         <v>183</v>
       </c>
     </row>
     <row r="155">
       <c r="A155" s="0" t="s">
         <v>90</v>
       </c>
       <c r="B155" s="0" t="s">
         <v>91</v>
       </c>
       <c r="C155" s="0" t="s">
         <v>183</v>
       </c>
     </row>
     <row r="156">
       <c r="A156" s="0" t="s">
         <v>92</v>
       </c>
       <c r="B156" s="0" t="s">
-        <v>89</v>
+        <v>93</v>
       </c>
       <c r="C156" s="0" t="s">
         <v>183</v>
       </c>
     </row>
     <row r="157">
       <c r="A157" s="0" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="B157" s="0" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="C157" s="0" t="s">
         <v>183</v>
       </c>
     </row>
     <row r="158">
       <c r="A158" s="0" t="s">
         <v>96</v>
       </c>
       <c r="B158" s="0" t="s">
-        <v>97</v>
+        <v>93</v>
       </c>
       <c r="C158" s="0" t="s">
         <v>183</v>
       </c>
     </row>
     <row r="159">
       <c r="A159" s="0" t="s">
+        <v>97</v>
+      </c>
+      <c r="B159" s="0" t="s">
         <v>98</v>
-      </c>
-[...1 lines deleted...]
-        <v>94</v>
       </c>
       <c r="C159" s="0" t="s">
         <v>183</v>
       </c>
     </row>
     <row r="160">
       <c r="A160" s="0" t="s">
         <v>99</v>
       </c>
       <c r="B160" s="0" t="s">
         <v>100</v>
       </c>
       <c r="C160" s="0" t="s">
         <v>183</v>
       </c>
     </row>
     <row r="161">
       <c r="A161" s="0" t="s">
         <v>101</v>
       </c>
       <c r="B161" s="0" t="s">
         <v>102</v>
       </c>
       <c r="C161" s="0" t="s">
         <v>183</v>
       </c>
     </row>
     <row r="162">
       <c r="A162" s="0" t="s">
         <v>103</v>
       </c>
       <c r="B162" s="0" t="s">
         <v>100</v>
       </c>
       <c r="C162" s="0" t="s">
         <v>183</v>
       </c>
     </row>
     <row r="163">
       <c r="A163" s="0" t="s">
         <v>104</v>
       </c>
       <c r="B163" s="0" t="s">
-        <v>100</v>
+        <v>105</v>
       </c>
       <c r="C163" s="0" t="s">
         <v>183</v>
       </c>
     </row>
     <row r="164">
       <c r="A164" s="0" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="B164" s="0" t="s">
-        <v>106</v>
+        <v>100</v>
       </c>
       <c r="C164" s="0" t="s">
         <v>183</v>
       </c>
     </row>
     <row r="165">
       <c r="A165" s="0" t="s">
         <v>107</v>
       </c>
       <c r="B165" s="0" t="s">
-        <v>106</v>
+        <v>100</v>
       </c>
       <c r="C165" s="0" t="s">
         <v>183</v>
       </c>
     </row>
     <row r="166">
       <c r="A166" s="0" t="s">
         <v>108</v>
       </c>
       <c r="B166" s="0" t="s">
         <v>109</v>
       </c>
       <c r="C166" s="0" t="s">
         <v>183</v>
       </c>
     </row>
     <row r="167">
       <c r="A167" s="0" t="s">
         <v>110</v>
       </c>
       <c r="B167" s="0" t="s">
         <v>111</v>
       </c>
       <c r="C167" s="0" t="s">
         <v>183</v>
       </c>
     </row>
     <row r="168">
       <c r="A168" s="0" t="s">
         <v>112</v>
       </c>
       <c r="B168" s="0" t="s">
-        <v>113</v>
+        <v>109</v>
       </c>
       <c r="C168" s="0" t="s">
         <v>183</v>
       </c>
     </row>
     <row r="169">
       <c r="A169" s="0" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="B169" s="0" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="C169" s="0" t="s">
         <v>183</v>
       </c>
     </row>
     <row r="170">
       <c r="A170" s="0" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="B170" s="0" t="s">
-        <v>116</v>
+        <v>111</v>
       </c>
       <c r="C170" s="0" t="s">
-        <v>184</v>
+        <v>183</v>
       </c>
     </row>
     <row r="171">
       <c r="A171" s="0" t="s">
-        <v>117</v>
+        <v>115</v>
       </c>
       <c r="B171" s="0" t="s">
-        <v>118</v>
+        <v>109</v>
       </c>
       <c r="C171" s="0" t="s">
-        <v>184</v>
+        <v>183</v>
       </c>
     </row>
     <row r="172">
       <c r="A172" s="0" t="s">
-        <v>119</v>
+        <v>116</v>
       </c>
       <c r="B172" s="0" t="s">
-        <v>120</v>
+        <v>117</v>
       </c>
       <c r="C172" s="0" t="s">
-        <v>184</v>
+        <v>183</v>
       </c>
     </row>
     <row r="173">
       <c r="A173" s="0" t="s">
-        <v>121</v>
+        <v>118</v>
       </c>
       <c r="B173" s="0" t="s">
-        <v>122</v>
+        <v>119</v>
       </c>
       <c r="C173" s="0" t="s">
-        <v>184</v>
+        <v>183</v>
       </c>
     </row>
     <row r="174">
       <c r="A174" s="0" t="s">
-        <v>123</v>
+        <v>120</v>
       </c>
       <c r="B174" s="0" t="s">
-        <v>124</v>
+        <v>121</v>
       </c>
       <c r="C174" s="0" t="s">
         <v>183</v>
       </c>
     </row>
     <row r="175">
       <c r="A175" s="0" t="s">
-        <v>125</v>
+        <v>122</v>
       </c>
       <c r="B175" s="0" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="C175" s="0" t="s">
         <v>183</v>
       </c>
     </row>
     <row r="176">
       <c r="A176" s="0" t="s">
-        <v>126</v>
+        <v>124</v>
       </c>
       <c r="B176" s="0" t="s">
-        <v>127</v>
+        <v>123</v>
       </c>
       <c r="C176" s="0" t="s">
-        <v>184</v>
+        <v>183</v>
       </c>
     </row>
     <row r="177">
       <c r="A177" s="0" t="s">
-        <v>128</v>
+        <v>125</v>
       </c>
       <c r="B177" s="0" t="s">
-        <v>129</v>
+        <v>126</v>
       </c>
       <c r="C177" s="0" t="s">
-        <v>184</v>
+        <v>183</v>
       </c>
     </row>
     <row r="178">
       <c r="A178" s="0" t="s">
-        <v>130</v>
+        <v>127</v>
       </c>
       <c r="B178" s="0" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="C178" s="0" t="s">
-        <v>184</v>
+        <v>183</v>
       </c>
     </row>
     <row r="179">
       <c r="A179" s="0" t="s">
-        <v>131</v>
+        <v>128</v>
       </c>
       <c r="B179" s="0" t="s">
         <v>129</v>
       </c>
       <c r="C179" s="0" t="s">
-        <v>184</v>
+        <v>183</v>
       </c>
     </row>
     <row r="180">
       <c r="A180" s="0" t="s">
-        <v>132</v>
+        <v>130</v>
       </c>
       <c r="B180" s="0" t="s">
-        <v>133</v>
+        <v>131</v>
       </c>
       <c r="C180" s="0" t="s">
         <v>183</v>
       </c>
     </row>
     <row r="181">
       <c r="A181" s="0" t="s">
-        <v>134</v>
+        <v>132</v>
       </c>
       <c r="B181" s="0" t="s">
-        <v>135</v>
+        <v>129</v>
       </c>
       <c r="C181" s="0" t="s">
         <v>183</v>
       </c>
     </row>
     <row r="182">
       <c r="A182" s="0" t="s">
-        <v>136</v>
+        <v>133</v>
       </c>
       <c r="B182" s="0" t="s">
-        <v>137</v>
+        <v>131</v>
       </c>
       <c r="C182" s="0" t="s">
         <v>183</v>
       </c>
     </row>
     <row r="183">
       <c r="A183" s="0" t="s">
-        <v>138</v>
+        <v>134</v>
       </c>
       <c r="B183" s="0" t="s">
-        <v>139</v>
+        <v>135</v>
       </c>
       <c r="C183" s="0" t="s">
         <v>183</v>
       </c>
     </row>
     <row r="184">
       <c r="A184" s="0" t="s">
-        <v>140</v>
+        <v>136</v>
       </c>
       <c r="B184" s="0" t="s">
         <v>137</v>
       </c>
       <c r="C184" s="0" t="s">
         <v>183</v>
       </c>
     </row>
     <row r="185">
       <c r="A185" s="0" t="s">
-        <v>141</v>
+        <v>138</v>
       </c>
       <c r="B185" s="0" t="s">
         <v>139</v>
       </c>
       <c r="C185" s="0" t="s">
         <v>183</v>
       </c>
     </row>
     <row r="186">
       <c r="A186" s="0" t="s">
-        <v>142</v>
+        <v>140</v>
       </c>
       <c r="B186" s="0" t="s">
-        <v>143</v>
+        <v>141</v>
       </c>
       <c r="C186" s="0" t="s">
         <v>183</v>
       </c>
     </row>
     <row r="187">
       <c r="A187" s="0" t="s">
-        <v>144</v>
+        <v>142</v>
       </c>
       <c r="B187" s="0" t="s">
-        <v>145</v>
+        <v>143</v>
       </c>
       <c r="C187" s="0" t="s">
         <v>183</v>
       </c>
     </row>
     <row r="188">
       <c r="A188" s="0" t="s">
-        <v>146</v>
+        <v>144</v>
       </c>
       <c r="B188" s="0" t="s">
-        <v>147</v>
+        <v>145</v>
       </c>
       <c r="C188" s="0" t="s">
         <v>183</v>
       </c>
     </row>
     <row r="189">
       <c r="A189" s="0" t="s">
-        <v>148</v>
+        <v>146</v>
       </c>
       <c r="B189" s="0" t="s">
-        <v>149</v>
+        <v>143</v>
       </c>
       <c r="C189" s="0" t="s">
         <v>183</v>
       </c>
     </row>
     <row r="190">
       <c r="A190" s="0" t="s">
-        <v>150</v>
+        <v>147</v>
       </c>
       <c r="B190" s="0" t="s">
-        <v>147</v>
+        <v>145</v>
       </c>
       <c r="C190" s="0" t="s">
         <v>183</v>
       </c>
     </row>
     <row r="191">
       <c r="A191" s="0" t="s">
-        <v>151</v>
+        <v>148</v>
       </c>
       <c r="B191" s="0" t="s">
-        <v>152</v>
+        <v>149</v>
       </c>
       <c r="C191" s="0" t="s">
         <v>183</v>
       </c>
     </row>
     <row r="192">
       <c r="A192" s="0" t="s">
-        <v>153</v>
+        <v>150</v>
       </c>
       <c r="B192" s="0" t="s">
-        <v>154</v>
+        <v>151</v>
       </c>
       <c r="C192" s="0" t="s">
         <v>183</v>
       </c>
     </row>
     <row r="193">
       <c r="A193" s="0" t="s">
-        <v>155</v>
+        <v>152</v>
       </c>
       <c r="B193" s="0" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="C193" s="0" t="s">
         <v>183</v>
       </c>
     </row>
     <row r="194">
       <c r="A194" s="0" t="s">
-        <v>156</v>
+        <v>154</v>
       </c>
       <c r="B194" s="0" t="s">
-        <v>152</v>
+        <v>155</v>
       </c>
       <c r="C194" s="0" t="s">
         <v>183</v>
       </c>
     </row>
     <row r="195">
       <c r="A195" s="0" t="s">
-        <v>157</v>
+        <v>156</v>
       </c>
       <c r="B195" s="0" t="s">
-        <v>158</v>
+        <v>153</v>
       </c>
       <c r="C195" s="0" t="s">
         <v>183</v>
       </c>
     </row>
     <row r="196">
       <c r="A196" s="0" t="s">
-        <v>159</v>
+        <v>157</v>
       </c>
       <c r="B196" s="0" t="s">
-        <v>160</v>
+        <v>158</v>
       </c>
       <c r="C196" s="0" t="s">
         <v>183</v>
       </c>
     </row>
     <row r="197">
       <c r="A197" s="0" t="s">
-        <v>161</v>
+        <v>159</v>
       </c>
       <c r="B197" s="0" t="s">
         <v>158</v>
       </c>
       <c r="C197" s="0" t="s">
         <v>183</v>
       </c>
     </row>
     <row r="198">
       <c r="A198" s="0" t="s">
-        <v>162</v>
+        <v>160</v>
       </c>
       <c r="B198" s="0" t="s">
-        <v>163</v>
+        <v>161</v>
       </c>
       <c r="C198" s="0" t="s">
         <v>183</v>
       </c>
     </row>
     <row r="199">
       <c r="A199" s="0" t="s">
-        <v>164</v>
+        <v>162</v>
       </c>
       <c r="B199" s="0" t="s">
-        <v>158</v>
+        <v>163</v>
       </c>
       <c r="C199" s="0" t="s">
         <v>183</v>
       </c>
     </row>
     <row r="200">
       <c r="A200" s="0" t="s">
+        <v>164</v>
+      </c>
+      <c r="B200" s="0" t="s">
         <v>165</v>
-      </c>
-[...1 lines deleted...]
-        <v>158</v>
       </c>
       <c r="C200" s="0" t="s">
         <v>183</v>
       </c>
     </row>
     <row r="201">
       <c r="A201" s="0" t="s">
         <v>166</v>
       </c>
       <c r="B201" s="0" t="s">
-        <v>167</v>
+        <v>163</v>
       </c>
       <c r="C201" s="0" t="s">
         <v>183</v>
       </c>
     </row>
     <row r="202">
       <c r="A202" s="0" t="s">
-        <v>168</v>
+        <v>167</v>
       </c>
       <c r="B202" s="0" t="s">
-        <v>169</v>
+        <v>163</v>
       </c>
       <c r="C202" s="0" t="s">
         <v>183</v>
       </c>
     </row>
     <row r="203">
       <c r="A203" s="0" t="s">
-        <v>170</v>
+        <v>168</v>
       </c>
       <c r="B203" s="0" t="s">
-        <v>167</v>
+        <v>169</v>
       </c>
       <c r="C203" s="0" t="s">
         <v>183</v>
       </c>
     </row>
     <row r="204">
       <c r="A204" s="0" t="s">
+        <v>170</v>
+      </c>
+      <c r="B204" s="0" t="s">
         <v>171</v>
-      </c>
-[...1 lines deleted...]
-        <v>167</v>
       </c>
       <c r="C204" s="0" t="s">
         <v>183</v>
       </c>
     </row>
     <row r="205">
       <c r="A205" s="0" t="s">
         <v>172</v>
       </c>
       <c r="B205" s="0" t="s">
         <v>169</v>
       </c>
       <c r="C205" s="0" t="s">
         <v>183</v>
       </c>
     </row>
     <row r="206">
       <c r="A206" s="0" t="s">
         <v>173</v>
       </c>
       <c r="B206" s="0" t="s">
-        <v>167</v>
+        <v>174</v>
       </c>
       <c r="C206" s="0" t="s">
         <v>183</v>
       </c>
     </row>
     <row r="207">
       <c r="A207" s="0" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="B207" s="0" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="C207" s="0" t="s">
         <v>183</v>
       </c>
     </row>
     <row r="208">
       <c r="A208" s="0" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="B208" s="0" t="s">
-        <v>177</v>
+        <v>174</v>
       </c>
       <c r="C208" s="0" t="s">
         <v>183</v>
       </c>
     </row>
     <row r="209">
       <c r="A209" s="0" t="s">
         <v>178</v>
       </c>
       <c r="B209" s="0" t="s">
-        <v>175</v>
+        <v>179</v>
       </c>
       <c r="C209" s="0" t="s">
         <v>183</v>
       </c>
     </row>
     <row r="210">
       <c r="A210" s="0" t="s">
+        <v>180</v>
+      </c>
+      <c r="B210" s="0" t="s">
         <v>179</v>
-      </c>
-[...1 lines deleted...]
-        <v>180</v>
       </c>
       <c r="C210" s="0" t="s">
         <v>183</v>
       </c>
     </row>
     <row r="211">
       <c r="A211" s="0" t="s">
         <v>181</v>
       </c>
       <c r="B211" s="0" t="s">
-        <v>180</v>
+        <v>89</v>
       </c>
       <c r="C211" s="0" t="s">
         <v>183</v>
       </c>
     </row>
     <row r="212">
       <c r="C212" s="0" t="s">
         <v>4</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>