--- v0 (2025-10-31)
+++ v1 (2026-03-14)
@@ -462,183 +462,183 @@
   <si>
     <t>6856T8</t>
   </si>
   <si>
     <t>7614T8</t>
   </si>
   <si>
     <t>+6.1P DM</t>
   </si>
   <si>
     <t>7616T8</t>
   </si>
   <si>
     <t>+6.1P DM ext.</t>
   </si>
   <si>
     <t>7814T8</t>
   </si>
   <si>
     <t>+6.3P DM</t>
   </si>
   <si>
     <t>7854T8</t>
   </si>
   <si>
+    <t>110288</t>
+  </si>
+  <si>
+    <t>Q8M DL</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Bearing box/ </t>
+  </si>
+  <si>
+    <t>110178</t>
+  </si>
+  <si>
+    <t>Q7M DM</t>
+  </si>
+  <si>
+    <t>110176</t>
+  </si>
+  <si>
+    <t>Q7S DM</t>
+  </si>
+  <si>
+    <t>110169</t>
+  </si>
+  <si>
+    <t>Q6L DM</t>
+  </si>
+  <si>
+    <t>110168</t>
+  </si>
+  <si>
+    <t>Q6M DM</t>
+  </si>
+  <si>
+    <t>110166</t>
+  </si>
+  <si>
+    <t>Q6S DM</t>
+  </si>
+  <si>
+    <t>110159</t>
+  </si>
+  <si>
+    <t>Q5L DM</t>
+  </si>
+  <si>
+    <t>110158</t>
+  </si>
+  <si>
+    <t>Q5M DM</t>
+  </si>
+  <si>
+    <t>110156</t>
+  </si>
+  <si>
+    <t>Q5S DM</t>
+  </si>
+  <si>
+    <t>110149</t>
+  </si>
+  <si>
+    <t>Q4L DM</t>
+  </si>
+  <si>
+    <t>110148</t>
+  </si>
+  <si>
+    <t>Q4M DM</t>
+  </si>
+  <si>
+    <t>110146</t>
+  </si>
+  <si>
+    <t>Q4S DM</t>
+  </si>
+  <si>
+    <t>110139</t>
+  </si>
+  <si>
+    <t>Q3L DM</t>
+  </si>
+  <si>
+    <t>110138</t>
+  </si>
+  <si>
+    <t>Q3M DM</t>
+  </si>
+  <si>
+    <t>110136</t>
+  </si>
+  <si>
+    <t>Q3S DM</t>
+  </si>
+  <si>
+    <t>501741</t>
+  </si>
+  <si>
+    <t>N4 DM</t>
+  </si>
+  <si>
     <t>501146</t>
   </si>
   <si>
     <t>N4S DM</t>
   </si>
   <si>
-    <t xml:space="preserve">Bearing box/ </t>
+    <t>501751</t>
+  </si>
+  <si>
+    <t>N5 DM</t>
   </si>
   <si>
     <t>501156</t>
   </si>
   <si>
     <t>N5S DM</t>
   </si>
   <si>
     <t>501158</t>
   </si>
   <si>
     <t>N5M DM</t>
   </si>
   <si>
     <t>501166</t>
   </si>
   <si>
     <t>N6S DM</t>
   </si>
   <si>
-    <t>501741</t>
-[...10 lines deleted...]
-  <si>
     <t>501761</t>
   </si>
   <si>
     <t>N6 DM</t>
-  </si>
-[...88 lines deleted...]
-    <t>Q3S DM</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>