--- v0 (2025-12-08)
+++ v1 (2026-03-07)
@@ -558,87 +558,87 @@
   <si>
     <t>110139</t>
   </si>
   <si>
     <t>Q3L DM</t>
   </si>
   <si>
     <t>110138</t>
   </si>
   <si>
     <t>Q3M DM</t>
   </si>
   <si>
     <t>110136</t>
   </si>
   <si>
     <t>Q3S DM</t>
   </si>
   <si>
     <t>Bearing boxes/5212820 Locking kit</t>
   </si>
   <si>
     <t xml:space="preserve">Bearing boxes/ </t>
   </si>
   <si>
+    <t xml:space="preserve">Bearing box/ </t>
+  </si>
+  <si>
+    <t>501741</t>
+  </si>
+  <si>
+    <t>N4 DM</t>
+  </si>
+  <si>
     <t>501146</t>
   </si>
   <si>
     <t>N4S DM</t>
   </si>
   <si>
-    <t xml:space="preserve">Bearing box/ </t>
+    <t>501751</t>
+  </si>
+  <si>
+    <t>N5 DM</t>
   </si>
   <si>
     <t>501156</t>
   </si>
   <si>
     <t>N5S DM</t>
   </si>
   <si>
     <t>501158</t>
   </si>
   <si>
     <t>N5M DM</t>
   </si>
   <si>
     <t>501166</t>
   </si>
   <si>
     <t>N6S DM</t>
-  </si>
-[...10 lines deleted...]
-    <t>N5 DM</t>
   </si>
   <si>
     <t>501761</t>
   </si>
   <si>
     <t>N6 DM</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
@@ -2620,274 +2620,274 @@
     </row>
     <row r="177">
       <c r="A177" s="0" t="s">
         <v>149</v>
       </c>
       <c r="B177" s="0" t="s">
         <v>150</v>
       </c>
       <c r="C177" s="0" t="s">
         <v>183</v>
       </c>
     </row>
     <row r="178">
       <c r="A178" s="0" t="s">
         <v>151</v>
       </c>
       <c r="B178" s="0" t="s">
         <v>150</v>
       </c>
       <c r="C178" s="0" t="s">
         <v>183</v>
       </c>
     </row>
     <row r="179">
       <c r="A179" s="0" t="s">
+        <v>152</v>
+      </c>
+      <c r="B179" s="0" t="s">
+        <v>153</v>
+      </c>
+      <c r="C179" s="0" t="s">
         <v>184</v>
-      </c>
-[...4 lines deleted...]
-        <v>186</v>
       </c>
     </row>
     <row r="180">
       <c r="A180" s="0" t="s">
-        <v>187</v>
+        <v>154</v>
       </c>
       <c r="B180" s="0" t="s">
-        <v>188</v>
+        <v>155</v>
       </c>
       <c r="C180" s="0" t="s">
-        <v>186</v>
+        <v>184</v>
       </c>
     </row>
     <row r="181">
       <c r="A181" s="0" t="s">
-        <v>189</v>
+        <v>156</v>
       </c>
       <c r="B181" s="0" t="s">
-        <v>190</v>
+        <v>157</v>
       </c>
       <c r="C181" s="0" t="s">
-        <v>186</v>
+        <v>184</v>
       </c>
     </row>
     <row r="182">
       <c r="A182" s="0" t="s">
-        <v>191</v>
+        <v>158</v>
       </c>
       <c r="B182" s="0" t="s">
-        <v>192</v>
+        <v>159</v>
       </c>
       <c r="C182" s="0" t="s">
-        <v>186</v>
+        <v>184</v>
       </c>
     </row>
     <row r="183">
       <c r="A183" s="0" t="s">
-        <v>193</v>
+        <v>160</v>
       </c>
       <c r="B183" s="0" t="s">
-        <v>194</v>
+        <v>161</v>
       </c>
       <c r="C183" s="0" t="s">
-        <v>186</v>
+        <v>184</v>
       </c>
     </row>
     <row r="184">
       <c r="A184" s="0" t="s">
-        <v>195</v>
+        <v>162</v>
       </c>
       <c r="B184" s="0" t="s">
-        <v>196</v>
+        <v>163</v>
       </c>
       <c r="C184" s="0" t="s">
-        <v>186</v>
+        <v>184</v>
       </c>
     </row>
     <row r="185">
       <c r="A185" s="0" t="s">
-        <v>197</v>
+        <v>164</v>
       </c>
       <c r="B185" s="0" t="s">
-        <v>198</v>
+        <v>165</v>
       </c>
       <c r="C185" s="0" t="s">
-        <v>186</v>
+        <v>184</v>
       </c>
     </row>
     <row r="186">
       <c r="A186" s="0" t="s">
-        <v>152</v>
+        <v>166</v>
       </c>
       <c r="B186" s="0" t="s">
-        <v>153</v>
+        <v>167</v>
       </c>
       <c r="C186" s="0" t="s">
-        <v>186</v>
+        <v>184</v>
       </c>
     </row>
     <row r="187">
       <c r="A187" s="0" t="s">
-        <v>154</v>
+        <v>168</v>
       </c>
       <c r="B187" s="0" t="s">
-        <v>155</v>
+        <v>169</v>
       </c>
       <c r="C187" s="0" t="s">
-        <v>186</v>
+        <v>184</v>
       </c>
     </row>
     <row r="188">
       <c r="A188" s="0" t="s">
-        <v>156</v>
+        <v>170</v>
       </c>
       <c r="B188" s="0" t="s">
-        <v>157</v>
+        <v>171</v>
       </c>
       <c r="C188" s="0" t="s">
-        <v>186</v>
+        <v>184</v>
       </c>
     </row>
     <row r="189">
       <c r="A189" s="0" t="s">
-        <v>158</v>
+        <v>172</v>
       </c>
       <c r="B189" s="0" t="s">
-        <v>159</v>
+        <v>173</v>
       </c>
       <c r="C189" s="0" t="s">
-        <v>186</v>
+        <v>184</v>
       </c>
     </row>
     <row r="190">
       <c r="A190" s="0" t="s">
-        <v>160</v>
+        <v>174</v>
       </c>
       <c r="B190" s="0" t="s">
-        <v>161</v>
+        <v>175</v>
       </c>
       <c r="C190" s="0" t="s">
-        <v>186</v>
+        <v>184</v>
       </c>
     </row>
     <row r="191">
       <c r="A191" s="0" t="s">
-        <v>162</v>
+        <v>176</v>
       </c>
       <c r="B191" s="0" t="s">
-        <v>163</v>
+        <v>177</v>
       </c>
       <c r="C191" s="0" t="s">
-        <v>186</v>
+        <v>184</v>
       </c>
     </row>
     <row r="192">
       <c r="A192" s="0" t="s">
-        <v>164</v>
+        <v>178</v>
       </c>
       <c r="B192" s="0" t="s">
-        <v>165</v>
+        <v>179</v>
       </c>
       <c r="C192" s="0" t="s">
-        <v>186</v>
+        <v>184</v>
       </c>
     </row>
     <row r="193">
       <c r="A193" s="0" t="s">
-        <v>166</v>
+        <v>180</v>
       </c>
       <c r="B193" s="0" t="s">
-        <v>167</v>
+        <v>181</v>
       </c>
       <c r="C193" s="0" t="s">
-        <v>186</v>
+        <v>184</v>
       </c>
     </row>
     <row r="194">
       <c r="A194" s="0" t="s">
-        <v>168</v>
+        <v>185</v>
       </c>
       <c r="B194" s="0" t="s">
-        <v>169</v>
+        <v>186</v>
       </c>
       <c r="C194" s="0" t="s">
-        <v>186</v>
+        <v>184</v>
       </c>
     </row>
     <row r="195">
       <c r="A195" s="0" t="s">
-        <v>170</v>
+        <v>187</v>
       </c>
       <c r="B195" s="0" t="s">
-        <v>171</v>
+        <v>188</v>
       </c>
       <c r="C195" s="0" t="s">
-        <v>186</v>
+        <v>184</v>
       </c>
     </row>
     <row r="196">
       <c r="A196" s="0" t="s">
-        <v>172</v>
+        <v>189</v>
       </c>
       <c r="B196" s="0" t="s">
-        <v>173</v>
+        <v>190</v>
       </c>
       <c r="C196" s="0" t="s">
-        <v>186</v>
+        <v>184</v>
       </c>
     </row>
     <row r="197">
       <c r="A197" s="0" t="s">
-        <v>174</v>
+        <v>191</v>
       </c>
       <c r="B197" s="0" t="s">
-        <v>175</v>
+        <v>192</v>
       </c>
       <c r="C197" s="0" t="s">
-        <v>186</v>
+        <v>184</v>
       </c>
     </row>
     <row r="198">
       <c r="A198" s="0" t="s">
-        <v>176</v>
+        <v>193</v>
       </c>
       <c r="B198" s="0" t="s">
-        <v>177</v>
+        <v>194</v>
       </c>
       <c r="C198" s="0" t="s">
-        <v>186</v>
+        <v>184</v>
       </c>
     </row>
     <row r="199">
       <c r="A199" s="0" t="s">
-        <v>178</v>
+        <v>195</v>
       </c>
       <c r="B199" s="0" t="s">
-        <v>179</v>
+        <v>196</v>
       </c>
       <c r="C199" s="0" t="s">
-        <v>186</v>
+        <v>184</v>
       </c>
     </row>
     <row r="200">
       <c r="A200" s="0" t="s">
-        <v>180</v>
+        <v>197</v>
       </c>
       <c r="B200" s="0" t="s">
-        <v>181</v>
+        <v>198</v>
       </c>
       <c r="C200" s="0" t="s">
-        <v>186</v>
+        <v>184</v>
       </c>
     </row>
     <row r="201">
       <c r="C201" s="0" t="s">
         <v>22</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>