--- v0 (2025-10-24)
+++ v1 (2025-12-23)
@@ -162,306 +162,306 @@
   <si>
     <t>2611Q8</t>
   </si>
   <si>
     <t>Q26 US</t>
   </si>
   <si>
     <t>3111Q8</t>
   </si>
   <si>
     <t>Q31 US</t>
   </si>
   <si>
     <t>3611Q8</t>
   </si>
   <si>
     <t>Q36 US</t>
   </si>
   <si>
     <t>4111Q8</t>
   </si>
   <si>
     <t>Q41 US</t>
   </si>
   <si>
+    <t>2011Q8</t>
+  </si>
+  <si>
+    <t>Q20 US</t>
+  </si>
+  <si>
+    <t>3011Q8</t>
+  </si>
+  <si>
+    <t>Q30 US</t>
+  </si>
+  <si>
+    <t>3511Q8</t>
+  </si>
+  <si>
+    <t>Q35 US</t>
+  </si>
+  <si>
+    <t>4011Q8</t>
+  </si>
+  <si>
+    <t>Q40 US</t>
+  </si>
+  <si>
+    <t>5011Q8</t>
+  </si>
+  <si>
+    <t>Q50 US</t>
+  </si>
+  <si>
+    <t>2111T8</t>
+  </si>
+  <si>
+    <t>+1.1 US</t>
+  </si>
+  <si>
+    <t>2611T8</t>
+  </si>
+  <si>
+    <t>+1.1P US</t>
+  </si>
+  <si>
+    <t>3111T8</t>
+  </si>
+  <si>
+    <t>+2.1 US</t>
+  </si>
+  <si>
+    <t>3611T8</t>
+  </si>
+  <si>
+    <t>+2.1P US</t>
+  </si>
+  <si>
+    <t>4111T8</t>
+  </si>
+  <si>
+    <t>+3.1 US</t>
+  </si>
+  <si>
+    <t>4912T8</t>
+  </si>
+  <si>
+    <t>+3.4P UM</t>
+  </si>
+  <si>
+    <t>5111T8</t>
+  </si>
+  <si>
+    <t>+4.1 US</t>
+  </si>
+  <si>
+    <t>2511T8</t>
+  </si>
+  <si>
+    <t>+1.0P US</t>
+  </si>
+  <si>
+    <t>2011T8</t>
+  </si>
+  <si>
+    <t>+1.0 US</t>
+  </si>
+  <si>
+    <t>5011T8</t>
+  </si>
+  <si>
+    <t>+4.0 US</t>
+  </si>
+  <si>
+    <t>4611Q8</t>
+  </si>
+  <si>
+    <t>Q46 US</t>
+  </si>
+  <si>
+    <t>5611Q8</t>
+  </si>
+  <si>
+    <t>Q56 US</t>
+  </si>
+  <si>
+    <t>5511Q8</t>
+  </si>
+  <si>
+    <t>Q55 US</t>
+  </si>
+  <si>
+    <t>5512Q8</t>
+  </si>
+  <si>
+    <t>Q55 UM</t>
+  </si>
+  <si>
+    <t>6512Q8</t>
+  </si>
+  <si>
+    <t>Q65 UM</t>
+  </si>
+  <si>
+    <t>4511T8</t>
+  </si>
+  <si>
+    <t>+3.0P US</t>
+  </si>
+  <si>
+    <t>5511T8</t>
+  </si>
+  <si>
+    <t>+4.0P US</t>
+  </si>
+  <si>
+    <t>5512T8</t>
+  </si>
+  <si>
+    <t>+4.0P UM</t>
+  </si>
+  <si>
+    <t>6512T8</t>
+  </si>
+  <si>
+    <t>+5.0P UM</t>
+  </si>
+  <si>
+    <t>7512T8</t>
+  </si>
+  <si>
+    <t>+6.0P UM</t>
+  </si>
+  <si>
+    <t>4611T8</t>
+  </si>
+  <si>
+    <t>+3.1P US</t>
+  </si>
+  <si>
+    <t>5612T8</t>
+  </si>
+  <si>
+    <t>+4.1P UM</t>
+  </si>
+  <si>
+    <t>6612T8</t>
+  </si>
+  <si>
+    <t>+5.1P UM</t>
+  </si>
+  <si>
+    <t>7612T8</t>
+  </si>
+  <si>
+    <t>+6.1P UM</t>
+  </si>
+  <si>
+    <t>201126</t>
+  </si>
+  <si>
+    <t>X2S</t>
+  </si>
+  <si>
+    <t>201131</t>
+  </si>
+  <si>
+    <t>201136</t>
+  </si>
+  <si>
+    <t>201141</t>
+  </si>
+  <si>
+    <t>201146</t>
+  </si>
+  <si>
+    <t>201151</t>
+  </si>
+  <si>
+    <t>201156</t>
+  </si>
+  <si>
+    <t>5611T8</t>
+  </si>
+  <si>
+    <t>+4.1P US</t>
+  </si>
+  <si>
+    <t>201121</t>
+  </si>
+  <si>
+    <t>X2</t>
+  </si>
+  <si>
+    <t>4912Q8</t>
+  </si>
+  <si>
+    <t>Q49 UM</t>
+  </si>
+  <si>
     <t>5111Q8</t>
   </si>
   <si>
     <t>Q51 US</t>
   </si>
   <si>
-    <t>2011Q8</t>
-[...2 lines deleted...]
-    <t>Q20 US</t>
+    <t>5612Q8</t>
+  </si>
+  <si>
+    <t>Q56 UM</t>
+  </si>
+  <si>
+    <t>6612Q8</t>
+  </si>
+  <si>
+    <t>Q66 UM</t>
+  </si>
+  <si>
+    <t>7612Q8</t>
+  </si>
+  <si>
+    <t>Q76 UM</t>
   </si>
   <si>
     <t>2511Q8</t>
   </si>
   <si>
     <t>Q25 US</t>
   </si>
   <si>
-    <t>3011Q8</t>
-[...118 lines deleted...]
-  <si>
     <t>4511Q8</t>
   </si>
   <si>
     <t>Q45 US</t>
   </si>
   <si>
-    <t>5511Q8</t>
-[...16 lines deleted...]
-  <si>
     <t>7512Q8</t>
   </si>
   <si>
     <t>Q75 UM</t>
-  </si>
-[...88 lines deleted...]
-    <t>X2</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
@@ -914,139 +914,139 @@
         <v>73</v>
       </c>
       <c r="C38" s="0" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="0" t="s">
         <v>74</v>
       </c>
       <c r="B39" s="0" t="s">
         <v>75</v>
       </c>
       <c r="C39" s="0" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="0" t="s">
         <v>76</v>
       </c>
       <c r="B40" s="0" t="s">
         <v>77</v>
       </c>
       <c r="C40" s="0" t="s">
-        <v>43</v>
+        <v>21</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="0" t="s">
         <v>78</v>
       </c>
       <c r="B41" s="0" t="s">
         <v>79</v>
       </c>
       <c r="C41" s="0" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="0" t="s">
         <v>80</v>
       </c>
       <c r="B42" s="0" t="s">
         <v>81</v>
       </c>
       <c r="C42" s="0" t="s">
-        <v>21</v>
+        <v>43</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="0" t="s">
         <v>82</v>
       </c>
       <c r="B43" s="0" t="s">
         <v>83</v>
       </c>
       <c r="C43" s="0" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="0" t="s">
         <v>84</v>
       </c>
       <c r="B44" s="0" t="s">
         <v>85</v>
       </c>
       <c r="C44" s="0" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="0" t="s">
         <v>86</v>
       </c>
       <c r="B45" s="0" t="s">
         <v>87</v>
       </c>
       <c r="C45" s="0" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="0" t="s">
         <v>88</v>
       </c>
       <c r="B46" s="0" t="s">
         <v>89</v>
       </c>
       <c r="C46" s="0" t="s">
-        <v>21</v>
+        <v>43</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="0" t="s">
         <v>90</v>
       </c>
       <c r="B47" s="0" t="s">
         <v>91</v>
       </c>
       <c r="C47" s="0" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="0" t="s">
         <v>92</v>
       </c>
       <c r="B48" s="0" t="s">
         <v>93</v>
       </c>
       <c r="C48" s="0" t="s">
-        <v>43</v>
+        <v>21</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="0" t="s">
         <v>94</v>
       </c>
       <c r="B49" s="0" t="s">
         <v>95</v>
       </c>
       <c r="C49" s="0" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="0" t="s">
         <v>96</v>
       </c>
       <c r="B50" s="0" t="s">
         <v>97</v>
       </c>
       <c r="C50" s="0" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="51">
@@ -1079,249 +1079,249 @@
         <v>103</v>
       </c>
       <c r="C53" s="0" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="0" t="s">
         <v>104</v>
       </c>
       <c r="B54" s="0" t="s">
         <v>105</v>
       </c>
       <c r="C54" s="0" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="0" t="s">
         <v>106</v>
       </c>
       <c r="B55" s="0" t="s">
         <v>107</v>
       </c>
       <c r="C55" s="0" t="s">
-        <v>21</v>
+        <v>43</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="0" t="s">
         <v>108</v>
       </c>
       <c r="B56" s="0" t="s">
         <v>109</v>
       </c>
       <c r="C56" s="0" t="s">
-        <v>21</v>
+        <v>43</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="0" t="s">
         <v>110</v>
       </c>
       <c r="B57" s="0" t="s">
         <v>111</v>
       </c>
       <c r="C57" s="0" t="s">
-        <v>21</v>
+        <v>5</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="0" t="s">
         <v>112</v>
       </c>
       <c r="B58" s="0" t="s">
-        <v>113</v>
+        <v>35</v>
       </c>
       <c r="C58" s="0" t="s">
-        <v>43</v>
+        <v>5</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="0" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="B59" s="0" t="s">
-        <v>115</v>
+        <v>14</v>
       </c>
       <c r="C59" s="0" t="s">
-        <v>43</v>
+        <v>5</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="0" t="s">
-        <v>116</v>
+        <v>114</v>
       </c>
       <c r="B60" s="0" t="s">
-        <v>117</v>
+        <v>30</v>
       </c>
       <c r="C60" s="0" t="s">
-        <v>43</v>
+        <v>5</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="0" t="s">
-        <v>118</v>
+        <v>115</v>
       </c>
       <c r="B61" s="0" t="s">
-        <v>119</v>
+        <v>16</v>
       </c>
       <c r="C61" s="0" t="s">
-        <v>43</v>
+        <v>5</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="0" t="s">
-        <v>120</v>
+        <v>116</v>
       </c>
       <c r="B62" s="0" t="s">
-        <v>121</v>
+        <v>37</v>
       </c>
       <c r="C62" s="0" t="s">
-        <v>43</v>
+        <v>5</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="0" t="s">
-        <v>122</v>
+        <v>117</v>
       </c>
       <c r="B63" s="0" t="s">
-        <v>123</v>
+        <v>18</v>
       </c>
       <c r="C63" s="0" t="s">
-        <v>43</v>
+        <v>5</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="0" t="s">
-        <v>124</v>
+        <v>118</v>
       </c>
       <c r="B64" s="0" t="s">
-        <v>125</v>
+        <v>119</v>
       </c>
       <c r="C64" s="0" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="0" t="s">
-        <v>126</v>
+        <v>120</v>
       </c>
       <c r="B65" s="0" t="s">
-        <v>127</v>
+        <v>121</v>
       </c>
       <c r="C65" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="0" t="s">
-        <v>128</v>
+        <v>122</v>
       </c>
       <c r="B66" s="0" t="s">
-        <v>35</v>
+        <v>123</v>
       </c>
       <c r="C66" s="0" t="s">
-        <v>5</v>
+        <v>43</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="0" t="s">
-        <v>129</v>
+        <v>124</v>
       </c>
       <c r="B67" s="0" t="s">
-        <v>14</v>
+        <v>125</v>
       </c>
       <c r="C67" s="0" t="s">
-        <v>5</v>
+        <v>43</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="0" t="s">
-        <v>130</v>
+        <v>126</v>
       </c>
       <c r="B68" s="0" t="s">
-        <v>30</v>
+        <v>127</v>
       </c>
       <c r="C68" s="0" t="s">
-        <v>5</v>
+        <v>43</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" s="0" t="s">
-        <v>131</v>
+        <v>128</v>
       </c>
       <c r="B69" s="0" t="s">
-        <v>16</v>
+        <v>129</v>
       </c>
       <c r="C69" s="0" t="s">
-        <v>5</v>
+        <v>43</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="0" t="s">
-        <v>132</v>
+        <v>130</v>
       </c>
       <c r="B70" s="0" t="s">
-        <v>37</v>
+        <v>131</v>
       </c>
       <c r="C70" s="0" t="s">
-        <v>5</v>
+        <v>43</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="0" t="s">
+        <v>132</v>
+      </c>
+      <c r="B71" s="0" t="s">
         <v>133</v>
       </c>
-      <c r="B71" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C71" s="0" t="s">
-        <v>5</v>
+        <v>43</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="0" t="s">
         <v>134</v>
       </c>
       <c r="B72" s="0" t="s">
         <v>135</v>
       </c>
       <c r="C72" s="0" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" s="0" t="s">
         <v>136</v>
       </c>
       <c r="B73" s="0" t="s">
         <v>137</v>
       </c>
       <c r="C73" s="0" t="s">
-        <v>5</v>
+        <v>21</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" s="0" t="s">
         <v>3</v>
       </c>
       <c r="B74" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C74" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" s="0" t="s">
         <v>6</v>
       </c>
       <c r="B75" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C75" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="76">
@@ -1706,139 +1706,139 @@
         <v>73</v>
       </c>
       <c r="C110" s="0" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" s="0" t="s">
         <v>74</v>
       </c>
       <c r="B111" s="0" t="s">
         <v>75</v>
       </c>
       <c r="C111" s="0" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" s="0" t="s">
         <v>76</v>
       </c>
       <c r="B112" s="0" t="s">
         <v>77</v>
       </c>
       <c r="C112" s="0" t="s">
-        <v>43</v>
+        <v>21</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" s="0" t="s">
         <v>78</v>
       </c>
       <c r="B113" s="0" t="s">
         <v>79</v>
       </c>
       <c r="C113" s="0" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" s="0" t="s">
         <v>80</v>
       </c>
       <c r="B114" s="0" t="s">
         <v>81</v>
       </c>
       <c r="C114" s="0" t="s">
-        <v>21</v>
+        <v>43</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" s="0" t="s">
         <v>82</v>
       </c>
       <c r="B115" s="0" t="s">
         <v>83</v>
       </c>
       <c r="C115" s="0" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" s="0" t="s">
         <v>84</v>
       </c>
       <c r="B116" s="0" t="s">
         <v>85</v>
       </c>
       <c r="C116" s="0" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" s="0" t="s">
         <v>86</v>
       </c>
       <c r="B117" s="0" t="s">
         <v>87</v>
       </c>
       <c r="C117" s="0" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" s="0" t="s">
         <v>88</v>
       </c>
       <c r="B118" s="0" t="s">
         <v>89</v>
       </c>
       <c r="C118" s="0" t="s">
-        <v>21</v>
+        <v>43</v>
       </c>
     </row>
     <row r="119">
       <c r="A119" s="0" t="s">
         <v>90</v>
       </c>
       <c r="B119" s="0" t="s">
         <v>91</v>
       </c>
       <c r="C119" s="0" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="120">
       <c r="A120" s="0" t="s">
         <v>92</v>
       </c>
       <c r="B120" s="0" t="s">
         <v>93</v>
       </c>
       <c r="C120" s="0" t="s">
-        <v>43</v>
+        <v>21</v>
       </c>
     </row>
     <row r="121">
       <c r="A121" s="0" t="s">
         <v>94</v>
       </c>
       <c r="B121" s="0" t="s">
         <v>95</v>
       </c>
       <c r="C121" s="0" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="122">
       <c r="A122" s="0" t="s">
         <v>96</v>
       </c>
       <c r="B122" s="0" t="s">
         <v>97</v>
       </c>
       <c r="C122" s="0" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="123">
@@ -1871,235 +1871,235 @@
         <v>103</v>
       </c>
       <c r="C125" s="0" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="126">
       <c r="A126" s="0" t="s">
         <v>104</v>
       </c>
       <c r="B126" s="0" t="s">
         <v>105</v>
       </c>
       <c r="C126" s="0" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="127">
       <c r="A127" s="0" t="s">
         <v>106</v>
       </c>
       <c r="B127" s="0" t="s">
         <v>107</v>
       </c>
       <c r="C127" s="0" t="s">
-        <v>21</v>
+        <v>43</v>
       </c>
     </row>
     <row r="128">
       <c r="A128" s="0" t="s">
         <v>108</v>
       </c>
       <c r="B128" s="0" t="s">
         <v>109</v>
       </c>
       <c r="C128" s="0" t="s">
-        <v>21</v>
+        <v>43</v>
       </c>
     </row>
     <row r="129">
       <c r="A129" s="0" t="s">
         <v>110</v>
       </c>
       <c r="B129" s="0" t="s">
         <v>111</v>
       </c>
       <c r="C129" s="0" t="s">
-        <v>21</v>
+        <v>5</v>
       </c>
     </row>
     <row r="130">
       <c r="A130" s="0" t="s">
         <v>112</v>
       </c>
       <c r="B130" s="0" t="s">
-        <v>113</v>
+        <v>35</v>
       </c>
       <c r="C130" s="0" t="s">
-        <v>43</v>
+        <v>5</v>
       </c>
     </row>
     <row r="131">
       <c r="A131" s="0" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="B131" s="0" t="s">
-        <v>115</v>
+        <v>14</v>
       </c>
       <c r="C131" s="0" t="s">
-        <v>43</v>
+        <v>5</v>
       </c>
     </row>
     <row r="132">
       <c r="A132" s="0" t="s">
-        <v>116</v>
+        <v>114</v>
       </c>
       <c r="B132" s="0" t="s">
-        <v>117</v>
+        <v>30</v>
       </c>
       <c r="C132" s="0" t="s">
-        <v>43</v>
+        <v>5</v>
       </c>
     </row>
     <row r="133">
       <c r="A133" s="0" t="s">
-        <v>118</v>
+        <v>115</v>
       </c>
       <c r="B133" s="0" t="s">
-        <v>119</v>
+        <v>16</v>
       </c>
       <c r="C133" s="0" t="s">
-        <v>43</v>
+        <v>5</v>
       </c>
     </row>
     <row r="134">
       <c r="A134" s="0" t="s">
-        <v>120</v>
+        <v>116</v>
       </c>
       <c r="B134" s="0" t="s">
-        <v>121</v>
+        <v>37</v>
       </c>
       <c r="C134" s="0" t="s">
-        <v>43</v>
+        <v>5</v>
       </c>
     </row>
     <row r="135">
       <c r="A135" s="0" t="s">
-        <v>122</v>
+        <v>117</v>
       </c>
       <c r="B135" s="0" t="s">
-        <v>123</v>
+        <v>18</v>
       </c>
       <c r="C135" s="0" t="s">
-        <v>43</v>
+        <v>5</v>
       </c>
     </row>
     <row r="136">
       <c r="A136" s="0" t="s">
-        <v>124</v>
+        <v>118</v>
       </c>
       <c r="B136" s="0" t="s">
-        <v>125</v>
+        <v>119</v>
       </c>
       <c r="C136" s="0" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="137">
       <c r="A137" s="0" t="s">
-        <v>126</v>
+        <v>120</v>
       </c>
       <c r="B137" s="0" t="s">
-        <v>127</v>
+        <v>121</v>
       </c>
       <c r="C137" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="138">
       <c r="A138" s="0" t="s">
-        <v>128</v>
+        <v>122</v>
       </c>
       <c r="B138" s="0" t="s">
-        <v>35</v>
+        <v>123</v>
       </c>
       <c r="C138" s="0" t="s">
-        <v>5</v>
+        <v>43</v>
       </c>
     </row>
     <row r="139">
       <c r="A139" s="0" t="s">
-        <v>129</v>
+        <v>124</v>
       </c>
       <c r="B139" s="0" t="s">
-        <v>14</v>
+        <v>125</v>
       </c>
       <c r="C139" s="0" t="s">
-        <v>5</v>
+        <v>43</v>
       </c>
     </row>
     <row r="140">
       <c r="A140" s="0" t="s">
-        <v>130</v>
+        <v>126</v>
       </c>
       <c r="B140" s="0" t="s">
-        <v>30</v>
+        <v>127</v>
       </c>
       <c r="C140" s="0" t="s">
-        <v>5</v>
+        <v>43</v>
       </c>
     </row>
     <row r="141">
       <c r="A141" s="0" t="s">
-        <v>131</v>
+        <v>128</v>
       </c>
       <c r="B141" s="0" t="s">
-        <v>16</v>
+        <v>129</v>
       </c>
       <c r="C141" s="0" t="s">
-        <v>5</v>
+        <v>43</v>
       </c>
     </row>
     <row r="142">
       <c r="A142" s="0" t="s">
-        <v>132</v>
+        <v>130</v>
       </c>
       <c r="B142" s="0" t="s">
-        <v>37</v>
+        <v>131</v>
       </c>
       <c r="C142" s="0" t="s">
-        <v>5</v>
+        <v>43</v>
       </c>
     </row>
     <row r="143">
       <c r="A143" s="0" t="s">
+        <v>132</v>
+      </c>
+      <c r="B143" s="0" t="s">
         <v>133</v>
       </c>
-      <c r="B143" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C143" s="0" t="s">
-        <v>5</v>
+        <v>43</v>
       </c>
     </row>
     <row r="144">
       <c r="A144" s="0" t="s">
         <v>134</v>
       </c>
       <c r="B144" s="0" t="s">
         <v>135</v>
       </c>
       <c r="C144" s="0" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="145">
       <c r="A145" s="0" t="s">
         <v>136</v>
       </c>
       <c r="B145" s="0" t="s">
         <v>137</v>
       </c>
       <c r="C145" s="0" t="s">
-        <v>5</v>
+        <v>21</v>
       </c>
     </row>
     <row r="146">
       <c r="C146" s="0" t="s">
         <v>5</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>