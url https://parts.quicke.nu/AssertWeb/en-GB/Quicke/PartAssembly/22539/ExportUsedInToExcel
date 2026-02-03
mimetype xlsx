--- v0 (2025-11-05)
+++ v1 (2026-02-03)
@@ -721,343 +721,343 @@
     </row>
     <row r="42">
       <c r="A42" s="0" t="s">
         <v>33</v>
       </c>
       <c r="B42" s="0" t="s">
         <v>34</v>
       </c>
       <c r="C42" s="0" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="0" t="s">
         <v>43</v>
       </c>
       <c r="B43" s="0" t="s">
         <v>44</v>
       </c>
       <c r="C43" s="0" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="0" t="s">
-        <v>21</v>
+        <v>41</v>
       </c>
       <c r="B44" s="0" t="s">
-        <v>22</v>
+        <v>42</v>
       </c>
       <c r="C44" s="0" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="0" t="s">
-        <v>27</v>
+        <v>3</v>
       </c>
       <c r="B45" s="0" t="s">
-        <v>28</v>
+        <v>4</v>
       </c>
       <c r="C45" s="0" t="s">
-        <v>60</v>
+        <v>5</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="0" t="s">
-        <v>37</v>
+        <v>6</v>
       </c>
       <c r="B46" s="0" t="s">
-        <v>38</v>
+        <v>7</v>
       </c>
       <c r="C46" s="0" t="s">
-        <v>60</v>
+        <v>5</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="0" t="s">
-        <v>41</v>
+        <v>8</v>
       </c>
       <c r="B47" s="0" t="s">
-        <v>42</v>
+        <v>9</v>
       </c>
       <c r="C47" s="0" t="s">
-        <v>60</v>
+        <v>5</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="0" t="s">
-        <v>3</v>
+        <v>10</v>
       </c>
       <c r="B48" s="0" t="s">
-        <v>4</v>
+        <v>11</v>
       </c>
       <c r="C48" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="0" t="s">
-        <v>6</v>
+        <v>12</v>
       </c>
       <c r="B49" s="0" t="s">
-        <v>7</v>
+        <v>13</v>
       </c>
       <c r="C49" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="0" t="s">
-        <v>8</v>
+        <v>14</v>
       </c>
       <c r="B50" s="0" t="s">
-        <v>9</v>
+        <v>15</v>
       </c>
       <c r="C50" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="0" t="s">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="B51" s="0" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="C51" s="0" t="s">
-        <v>5</v>
+        <v>18</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="0" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="B52" s="0" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="C52" s="0" t="s">
-        <v>5</v>
+        <v>18</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="0" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="B53" s="0" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
       <c r="C53" s="0" t="s">
-        <v>5</v>
+        <v>18</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="0" t="s">
-        <v>16</v>
+        <v>23</v>
       </c>
       <c r="B54" s="0" t="s">
-        <v>17</v>
+        <v>24</v>
       </c>
       <c r="C54" s="0" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="0" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="B55" s="0" t="s">
-        <v>20</v>
+        <v>26</v>
       </c>
       <c r="C55" s="0" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="0" t="s">
-        <v>21</v>
+        <v>27</v>
       </c>
       <c r="B56" s="0" t="s">
-        <v>22</v>
+        <v>28</v>
       </c>
       <c r="C56" s="0" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="0" t="s">
-        <v>23</v>
+        <v>29</v>
       </c>
       <c r="B57" s="0" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
       <c r="C57" s="0" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="0" t="s">
-        <v>25</v>
+        <v>31</v>
       </c>
       <c r="B58" s="0" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="C58" s="0" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="0" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="B59" s="0" t="s">
-        <v>28</v>
+        <v>34</v>
       </c>
       <c r="C59" s="0" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="0" t="s">
-        <v>29</v>
+        <v>35</v>
       </c>
       <c r="B60" s="0" t="s">
-        <v>30</v>
+        <v>36</v>
       </c>
       <c r="C60" s="0" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="0" t="s">
-        <v>31</v>
+        <v>37</v>
       </c>
       <c r="B61" s="0" t="s">
-        <v>32</v>
+        <v>38</v>
       </c>
       <c r="C61" s="0" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="0" t="s">
-        <v>33</v>
+        <v>39</v>
       </c>
       <c r="B62" s="0" t="s">
-        <v>34</v>
+        <v>40</v>
       </c>
       <c r="C62" s="0" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="0" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="B63" s="0" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="C63" s="0" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="0" t="s">
-        <v>37</v>
+        <v>43</v>
       </c>
       <c r="B64" s="0" t="s">
-        <v>38</v>
+        <v>44</v>
       </c>
       <c r="C64" s="0" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="0" t="s">
-        <v>39</v>
+        <v>45</v>
       </c>
       <c r="B65" s="0" t="s">
-        <v>40</v>
+        <v>46</v>
       </c>
       <c r="C65" s="0" t="s">
-        <v>18</v>
+        <v>5</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="0" t="s">
-        <v>41</v>
+        <v>47</v>
       </c>
       <c r="B66" s="0" t="s">
-        <v>42</v>
+        <v>48</v>
       </c>
       <c r="C66" s="0" t="s">
-        <v>18</v>
+        <v>5</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="0" t="s">
-        <v>43</v>
+        <v>49</v>
       </c>
       <c r="B67" s="0" t="s">
-        <v>44</v>
+        <v>50</v>
       </c>
       <c r="C67" s="0" t="s">
-        <v>18</v>
+        <v>5</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="0" t="s">
-        <v>45</v>
+        <v>37</v>
       </c>
       <c r="B68" s="0" t="s">
-        <v>46</v>
+        <v>38</v>
       </c>
       <c r="C68" s="0" t="s">
-        <v>5</v>
+        <v>60</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" s="0" t="s">
-        <v>47</v>
+        <v>21</v>
       </c>
       <c r="B69" s="0" t="s">
-        <v>48</v>
+        <v>22</v>
       </c>
       <c r="C69" s="0" t="s">
-        <v>5</v>
+        <v>60</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="0" t="s">
-        <v>49</v>
+        <v>27</v>
       </c>
       <c r="B70" s="0" t="s">
-        <v>50</v>
+        <v>28</v>
       </c>
       <c r="C70" s="0" t="s">
-        <v>5</v>
+        <v>60</v>
       </c>
     </row>
     <row r="71">
       <c r="C71" s="0" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="72">
       <c r="C72" s="0" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="73">
       <c r="C73" s="0" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="74">
       <c r="C74" s="0" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="75">
       <c r="C75" s="0" t="s">
         <v>18</v>