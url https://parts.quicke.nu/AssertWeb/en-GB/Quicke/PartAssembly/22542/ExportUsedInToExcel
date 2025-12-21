--- v0 (2025-10-21)
+++ v1 (2025-12-21)
@@ -363,233 +363,233 @@
     </row>
     <row r="19">
       <c r="A19" s="0" t="s">
         <v>13</v>
       </c>
       <c r="B19" s="0" t="s">
         <v>14</v>
       </c>
       <c r="C19" s="0" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="0" t="s">
         <v>17</v>
       </c>
       <c r="B20" s="0" t="s">
         <v>18</v>
       </c>
       <c r="C20" s="0" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="0" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="B21" s="0" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="C21" s="0" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="0" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="B22" s="0" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="C22" s="0" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="0" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="B23" s="0" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="C23" s="0" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="0" t="s">
-        <v>24</v>
+        <v>3</v>
       </c>
       <c r="B24" s="0" t="s">
-        <v>22</v>
+        <v>4</v>
       </c>
       <c r="C24" s="0" t="s">
-        <v>8</v>
+        <v>5</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="0" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
       <c r="B25" s="0" t="s">
-        <v>16</v>
+        <v>7</v>
       </c>
       <c r="C25" s="0" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="0" t="s">
-        <v>3</v>
+        <v>9</v>
       </c>
       <c r="B26" s="0" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C26" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="0" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
       <c r="B27" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C27" s="0" t="s">
-        <v>8</v>
+        <v>5</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="0" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="B28" s="0" t="s">
         <v>10</v>
       </c>
       <c r="C28" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="0" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="B29" s="0" t="s">
-        <v>7</v>
+        <v>14</v>
       </c>
       <c r="C29" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="0" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="B30" s="0" t="s">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="C30" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="0" t="s">
-        <v>13</v>
+        <v>17</v>
       </c>
       <c r="B31" s="0" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="C31" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="0" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="B32" s="0" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="C32" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="0" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="B33" s="0" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="C33" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="0" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="B34" s="0" t="s">
         <v>20</v>
       </c>
       <c r="C34" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="0" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="B35" s="0" t="s">
         <v>22</v>
       </c>
       <c r="C35" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="0" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="B36" s="0" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="C36" s="0" t="s">
-        <v>5</v>
+        <v>8</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="0" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="B37" s="0" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="C37" s="0" t="s">
-        <v>5</v>
+        <v>8</v>
       </c>
     </row>
     <row r="38">
       <c r="C38" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="39">
       <c r="C39" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="40">
       <c r="C40" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="41">
       <c r="C41" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="42">
       <c r="C42" s="0" t="s">
         <v>5</v>