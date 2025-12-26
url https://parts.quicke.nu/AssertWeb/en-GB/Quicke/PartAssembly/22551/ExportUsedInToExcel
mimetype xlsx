--- v0 (2025-10-27)
+++ v1 (2025-12-26)
@@ -60,270 +60,270 @@
   <si>
     <t>3516T8</t>
   </si>
   <si>
     <t>+2.0P DM ext.</t>
   </si>
   <si>
     <t>3518T8</t>
   </si>
   <si>
     <t>+2.0P Special B</t>
   </si>
   <si>
     <t>4014T8</t>
   </si>
   <si>
     <t>+3.0 DM</t>
   </si>
   <si>
     <t>2014Q8</t>
   </si>
   <si>
     <t>Q20 DM</t>
   </si>
   <si>
+    <t>3014Q8</t>
+  </si>
+  <si>
+    <t>Q30 DM</t>
+  </si>
+  <si>
+    <t>3016Q8</t>
+  </si>
+  <si>
+    <t>Q30 DM ext.</t>
+  </si>
+  <si>
+    <t>3514Q8</t>
+  </si>
+  <si>
+    <t>Q35 DM</t>
+  </si>
+  <si>
+    <t>3516Q8</t>
+  </si>
+  <si>
+    <t>Q35 DM ext.</t>
+  </si>
+  <si>
+    <t>3564Q8</t>
+  </si>
+  <si>
+    <t>4014Q8</t>
+  </si>
+  <si>
+    <t>Q40 DM</t>
+  </si>
+  <si>
+    <t>4016Q8</t>
+  </si>
+  <si>
+    <t>Q40 DM ext.</t>
+  </si>
+  <si>
+    <t>4054Q8</t>
+  </si>
+  <si>
+    <t>2514T8</t>
+  </si>
+  <si>
+    <t>+1.0P DM</t>
+  </si>
+  <si>
+    <t>2014T8</t>
+  </si>
+  <si>
+    <t>+1.0 DM</t>
+  </si>
+  <si>
+    <t>4514T8</t>
+  </si>
+  <si>
+    <t>+3.0P DM</t>
+  </si>
+  <si>
+    <t>4516T8</t>
+  </si>
+  <si>
+    <t>+3.0P DM ext.</t>
+  </si>
+  <si>
     <t>2514Q8</t>
   </si>
   <si>
     <t>Q25 DM</t>
   </si>
   <si>
-    <t>3014Q8</t>
-[...52 lines deleted...]
-  <si>
     <t>4514Q8</t>
   </si>
   <si>
     <t>Q45 DM</t>
   </si>
   <si>
     <t>4516Q8</t>
   </si>
   <si>
     <t>Q45 DM ext.</t>
   </si>
   <si>
     <t>4554Q8</t>
   </si>
   <si>
     <t>4564Q8</t>
   </si>
   <si>
-    <t>4514T8</t>
-[...10 lines deleted...]
-  <si>
     <t>3011T8</t>
   </si>
   <si>
     <t>+2.0 US</t>
   </si>
   <si>
     <t>3013T8</t>
   </si>
   <si>
     <t>+2.0 DS</t>
   </si>
   <si>
     <t>3511T8</t>
   </si>
   <si>
     <t>+2.0P US</t>
   </si>
   <si>
     <t>3513T8</t>
   </si>
   <si>
     <t>+2.0P DS</t>
   </si>
   <si>
     <t>3517T8</t>
   </si>
   <si>
     <t>+2.0P Special S</t>
   </si>
   <si>
     <t>4011T8</t>
   </si>
   <si>
     <t>+3.0 US</t>
   </si>
   <si>
     <t>2011Q8</t>
   </si>
   <si>
     <t>Q20 US</t>
   </si>
   <si>
     <t>2013Q8</t>
   </si>
   <si>
     <t>Q20 DS</t>
   </si>
   <si>
+    <t>2513Q8</t>
+  </si>
+  <si>
+    <t>Q25 DS</t>
+  </si>
+  <si>
+    <t>3011Q8</t>
+  </si>
+  <si>
+    <t>Q30 US</t>
+  </si>
+  <si>
+    <t>3013Q8</t>
+  </si>
+  <si>
+    <t>Q30 DS</t>
+  </si>
+  <si>
+    <t>3511Q8</t>
+  </si>
+  <si>
+    <t>Q35 US</t>
+  </si>
+  <si>
+    <t>3513Q8</t>
+  </si>
+  <si>
+    <t>Q35 DS</t>
+  </si>
+  <si>
+    <t>4011Q8</t>
+  </si>
+  <si>
+    <t>Q40 US</t>
+  </si>
+  <si>
+    <t>2511T8</t>
+  </si>
+  <si>
+    <t>+1.0P US</t>
+  </si>
+  <si>
+    <t>2513T8</t>
+  </si>
+  <si>
+    <t>+1.0P DS</t>
+  </si>
+  <si>
+    <t>2011T8</t>
+  </si>
+  <si>
+    <t>+1.0 US</t>
+  </si>
+  <si>
+    <t>2013T8</t>
+  </si>
+  <si>
+    <t>+1.0 DS</t>
+  </si>
+  <si>
+    <t>4511T8</t>
+  </si>
+  <si>
+    <t>+3.0P US</t>
+  </si>
+  <si>
+    <t>4517T8</t>
+  </si>
+  <si>
+    <t>+3.0P Special S</t>
+  </si>
+  <si>
     <t>2511Q8</t>
   </si>
   <si>
     <t>Q25 US</t>
   </si>
   <si>
-    <t>2513Q8</t>
-[...58 lines deleted...]
-  <si>
     <t>4511Q8</t>
   </si>
   <si>
     <t>Q45 US</t>
-  </si>
-[...10 lines deleted...]
-    <t>+3.0P Special S</t>
   </si>
   <si>
     <t>4518T8</t>
   </si>
   <si>
     <t>+3.0P Special B</t>
   </si>
   <si>
     <t>Hydraulics/5215230 Suspension Man. S/N - 7332743</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -485,95 +485,95 @@
         <v>22</v>
       </c>
       <c r="B11" s="0" t="s">
         <v>23</v>
       </c>
       <c r="C11" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="0" t="s">
         <v>24</v>
       </c>
       <c r="B12" s="0" t="s">
         <v>25</v>
       </c>
       <c r="C12" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="0" t="s">
         <v>26</v>
       </c>
       <c r="B13" s="0" t="s">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="C13" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="0" t="s">
+        <v>27</v>
+      </c>
+      <c r="B14" s="0" t="s">
         <v>28</v>
-      </c>
-[...1 lines deleted...]
-        <v>25</v>
       </c>
       <c r="C14" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="0" t="s">
         <v>29</v>
       </c>
       <c r="B15" s="0" t="s">
         <v>30</v>
       </c>
       <c r="C15" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="0" t="s">
         <v>31</v>
       </c>
       <c r="B16" s="0" t="s">
-        <v>32</v>
+        <v>28</v>
       </c>
       <c r="C16" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="0" t="s">
+        <v>32</v>
+      </c>
+      <c r="B17" s="0" t="s">
         <v>33</v>
-      </c>
-[...1 lines deleted...]
-        <v>30</v>
       </c>
       <c r="C17" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="0" t="s">
         <v>34</v>
       </c>
       <c r="B18" s="0" t="s">
         <v>35</v>
       </c>
       <c r="C18" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="0" t="s">
         <v>36</v>
       </c>
       <c r="B19" s="0" t="s">
         <v>37</v>
       </c>
       <c r="C19" s="0" t="s">
         <v>5</v>
@@ -584,84 +584,84 @@
         <v>38</v>
       </c>
       <c r="B20" s="0" t="s">
         <v>39</v>
       </c>
       <c r="C20" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="0" t="s">
         <v>40</v>
       </c>
       <c r="B21" s="0" t="s">
         <v>41</v>
       </c>
       <c r="C21" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="0" t="s">
         <v>42</v>
       </c>
       <c r="B22" s="0" t="s">
-        <v>39</v>
+        <v>43</v>
       </c>
       <c r="C22" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="0" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="B23" s="0" t="s">
-        <v>39</v>
+        <v>45</v>
       </c>
       <c r="C23" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="0" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="B24" s="0" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="C24" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="0" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="B25" s="0" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
       <c r="C25" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="0" t="s">
         <v>48</v>
       </c>
       <c r="B26" s="0" t="s">
         <v>49</v>
       </c>
       <c r="C26" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="0" t="s">
         <v>50</v>
       </c>
       <c r="B27" s="0" t="s">
         <v>51</v>
       </c>
       <c r="C27" s="0" t="s">
         <v>5</v>
@@ -1002,95 +1002,95 @@
         <v>22</v>
       </c>
       <c r="B58" s="0" t="s">
         <v>23</v>
       </c>
       <c r="C58" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="0" t="s">
         <v>24</v>
       </c>
       <c r="B59" s="0" t="s">
         <v>25</v>
       </c>
       <c r="C59" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="0" t="s">
         <v>26</v>
       </c>
       <c r="B60" s="0" t="s">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="C60" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="0" t="s">
+        <v>27</v>
+      </c>
+      <c r="B61" s="0" t="s">
         <v>28</v>
-      </c>
-[...1 lines deleted...]
-        <v>25</v>
       </c>
       <c r="C61" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="0" t="s">
         <v>29</v>
       </c>
       <c r="B62" s="0" t="s">
         <v>30</v>
       </c>
       <c r="C62" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="0" t="s">
         <v>31</v>
       </c>
       <c r="B63" s="0" t="s">
-        <v>32</v>
+        <v>28</v>
       </c>
       <c r="C63" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="0" t="s">
+        <v>32</v>
+      </c>
+      <c r="B64" s="0" t="s">
         <v>33</v>
-      </c>
-[...1 lines deleted...]
-        <v>30</v>
       </c>
       <c r="C64" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="0" t="s">
         <v>34</v>
       </c>
       <c r="B65" s="0" t="s">
         <v>35</v>
       </c>
       <c r="C65" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="0" t="s">
         <v>36</v>
       </c>
       <c r="B66" s="0" t="s">
         <v>37</v>
       </c>
       <c r="C66" s="0" t="s">
         <v>5</v>
@@ -1101,84 +1101,84 @@
         <v>38</v>
       </c>
       <c r="B67" s="0" t="s">
         <v>39</v>
       </c>
       <c r="C67" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="0" t="s">
         <v>40</v>
       </c>
       <c r="B68" s="0" t="s">
         <v>41</v>
       </c>
       <c r="C68" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" s="0" t="s">
         <v>42</v>
       </c>
       <c r="B69" s="0" t="s">
-        <v>39</v>
+        <v>43</v>
       </c>
       <c r="C69" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="0" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="B70" s="0" t="s">
-        <v>39</v>
+        <v>45</v>
       </c>
       <c r="C70" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="0" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="B71" s="0" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="C71" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="0" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="B72" s="0" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
       <c r="C72" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" s="0" t="s">
         <v>48</v>
       </c>
       <c r="B73" s="0" t="s">
         <v>49</v>
       </c>
       <c r="C73" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" s="0" t="s">
         <v>50</v>
       </c>
       <c r="B74" s="0" t="s">
         <v>51</v>
       </c>
       <c r="C74" s="0" t="s">
         <v>5</v>