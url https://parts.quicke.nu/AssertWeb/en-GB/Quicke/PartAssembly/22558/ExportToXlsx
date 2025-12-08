--- v0 (2025-10-14)
+++ v1 (2025-12-08)
@@ -4,51 +4,51 @@
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Part" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="64" uniqueCount="64">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="65" uniqueCount="65">
   <si>
     <t>Id</t>
   </si>
   <si>
     <t>Quantity</t>
   </si>
   <si>
     <t>Number</t>
   </si>
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Market information</t>
   </si>
   <si>
     <t>Net Weight</t>
   </si>
   <si>
     <t>Serial number to</t>
   </si>
   <si>
     <t>Specification</t>
   </si>
   <si>
@@ -196,50 +196,53 @@
     <t>0.040</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>5103005</t>
   </si>
   <si>
     <t>Frame</t>
   </si>
   <si>
     <t>.01</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>5033621</t>
   </si>
   <si>
     <t>Cable tie</t>
   </si>
   <si>
     <t>0.001</t>
+  </si>
+  <si>
+    <t>4.6x150</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
@@ -538,30 +541,33 @@
         <v>57</v>
       </c>
       <c r="D14" s="0" t="s">
         <v>58</v>
       </c>
       <c r="F14" s="0" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="0" t="s">
         <v>60</v>
       </c>
       <c r="B15" s="0" t="s">
         <v>49</v>
       </c>
       <c r="C15" s="0" t="s">
         <v>61</v>
       </c>
       <c r="D15" s="0" t="s">
         <v>62</v>
       </c>
       <c r="F15" s="0" t="s">
         <v>63</v>
       </c>
+      <c r="H15" s="0" t="s">
+        <v>64</v>
+      </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>