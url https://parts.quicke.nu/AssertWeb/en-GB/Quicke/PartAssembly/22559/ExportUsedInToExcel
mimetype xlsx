--- v0 (2025-10-21)
+++ v1 (2025-12-07)
@@ -60,158 +60,158 @@
   <si>
     <t>3516T8</t>
   </si>
   <si>
     <t>+2.0P DM ext.</t>
   </si>
   <si>
     <t>3518T8</t>
   </si>
   <si>
     <t>+2.0P Special B</t>
   </si>
   <si>
     <t>4014T8</t>
   </si>
   <si>
     <t>+3.0 DM</t>
   </si>
   <si>
     <t>2014Q8</t>
   </si>
   <si>
     <t>Q20 DM</t>
   </si>
   <si>
+    <t>3014Q8</t>
+  </si>
+  <si>
+    <t>Q30 DM</t>
+  </si>
+  <si>
+    <t>3016Q8</t>
+  </si>
+  <si>
+    <t>Q30 DM ext.</t>
+  </si>
+  <si>
+    <t>3514Q8</t>
+  </si>
+  <si>
+    <t>Q35 DM</t>
+  </si>
+  <si>
+    <t>3516Q8</t>
+  </si>
+  <si>
+    <t>Q35 DM ext.</t>
+  </si>
+  <si>
+    <t>3564Q8</t>
+  </si>
+  <si>
+    <t>4014Q8</t>
+  </si>
+  <si>
+    <t>Q40 DM</t>
+  </si>
+  <si>
+    <t>4016Q8</t>
+  </si>
+  <si>
+    <t>Q40 DM ext.</t>
+  </si>
+  <si>
+    <t>4054Q8</t>
+  </si>
+  <si>
+    <t>2514T8</t>
+  </si>
+  <si>
+    <t>+1.0P DM</t>
+  </si>
+  <si>
+    <t>2014T8</t>
+  </si>
+  <si>
+    <t>+1.0 DM</t>
+  </si>
+  <si>
+    <t>4514T8</t>
+  </si>
+  <si>
+    <t>+3.0P DM</t>
+  </si>
+  <si>
+    <t>4516T8</t>
+  </si>
+  <si>
+    <t>+3.0P DM ext.</t>
+  </si>
+  <si>
     <t>2514Q8</t>
   </si>
   <si>
     <t>Q25 DM</t>
   </si>
   <si>
-    <t>3014Q8</t>
-[...52 lines deleted...]
-  <si>
     <t>4514Q8</t>
   </si>
   <si>
     <t>Q45 DM</t>
   </si>
   <si>
     <t>4516Q8</t>
   </si>
   <si>
     <t>Q45 DM ext.</t>
   </si>
   <si>
     <t>4554Q8</t>
   </si>
   <si>
     <t>4564Q8</t>
   </si>
   <si>
-    <t>4514T8</t>
-[...8 lines deleted...]
-    <t>+3.0P DM ext.</t>
+    <t>8753Q8</t>
+  </si>
+  <si>
+    <t>Q85x DL</t>
+  </si>
+  <si>
+    <t>8513Q8</t>
+  </si>
+  <si>
+    <t>Q85 DL</t>
+  </si>
+  <si>
+    <t>8523Q8</t>
   </si>
   <si>
     <t>8713Q8</t>
   </si>
   <si>
-    <t>Q85x DL</t>
-[...13 lines deleted...]
-  <si>
     <t>5111T8</t>
   </si>
   <si>
     <t>+4.1 US</t>
   </si>
   <si>
     <t>5617T8</t>
   </si>
   <si>
     <t>+4.1P Special S</t>
   </si>
   <si>
     <t>5611T8</t>
   </si>
   <si>
     <t>+4.1P US</t>
   </si>
   <si>
     <t>7612T8</t>
   </si>
   <si>
     <t>+6.1P UM</t>
   </si>
   <si>
     <t>7614T8</t>
@@ -516,116 +516,116 @@
   <si>
     <t>4111T8</t>
   </si>
   <si>
     <t>+3.1 US</t>
   </si>
   <si>
     <t>4611Q8</t>
   </si>
   <si>
     <t>Q46 US</t>
   </si>
   <si>
     <t>4611T8</t>
   </si>
   <si>
     <t>+3.1P US</t>
   </si>
   <si>
     <t>4617T8</t>
   </si>
   <si>
     <t>+3.1P Special S</t>
   </si>
   <si>
+    <t>5116Q8</t>
+  </si>
+  <si>
+    <t>Q51 DM ext.</t>
+  </si>
+  <si>
+    <t>5616Q8</t>
+  </si>
+  <si>
+    <t>Q56 DM ext.</t>
+  </si>
+  <si>
     <t>5114Q8</t>
   </si>
   <si>
     <t>Q51 DM</t>
   </si>
   <si>
-    <t>5116Q8</t>
-[...4 lines deleted...]
-  <si>
     <t>5154Q8</t>
   </si>
   <si>
+    <t>5612Q8</t>
+  </si>
+  <si>
+    <t>Q56 UM</t>
+  </si>
+  <si>
+    <t>5614Q8</t>
+  </si>
+  <si>
+    <t>Q56 DM</t>
+  </si>
+  <si>
+    <t>5654Q8</t>
+  </si>
+  <si>
+    <t>5856Q8</t>
+  </si>
+  <si>
+    <t>Q58 DM ext.</t>
+  </si>
+  <si>
+    <t>5854Q8</t>
+  </si>
+  <si>
+    <t>Q58 DM</t>
+  </si>
+  <si>
+    <t>5816Q8</t>
+  </si>
+  <si>
+    <t>5814Q8</t>
+  </si>
+  <si>
     <t>6114Q8</t>
   </si>
   <si>
     <t>Q61 DM</t>
   </si>
   <si>
     <t>6116Q8</t>
   </si>
   <si>
     <t>Q61 DM ext.</t>
   </si>
   <si>
-    <t>5612Q8</t>
-[...37 lines deleted...]
-  <si>
     <t>6612Q8</t>
   </si>
   <si>
     <t>Q66 UM</t>
   </si>
   <si>
     <t>6614Q8</t>
   </si>
   <si>
     <t>Q66 DM</t>
   </si>
   <si>
     <t>6616Q8</t>
   </si>
   <si>
     <t>Q66 DM ext.</t>
   </si>
   <si>
     <t>6814Q8</t>
   </si>
   <si>
     <t>Q68 DM</t>
   </si>
   <si>
     <t>6816Q8</t>
@@ -825,405 +825,405 @@
   <si>
     <t>+3.4P DM</t>
   </si>
   <si>
     <t>4916T8</t>
   </si>
   <si>
     <t>+3.4P DM ext.</t>
   </si>
   <si>
     <t>4614Q8</t>
   </si>
   <si>
     <t>Q46 DM</t>
   </si>
   <si>
     <t>4616Q8</t>
   </si>
   <si>
     <t>Q46 DM ext.</t>
   </si>
   <si>
     <t>4654Q8</t>
   </si>
   <si>
+    <t>4614T8</t>
+  </si>
+  <si>
+    <t>+3.1P DM</t>
+  </si>
+  <si>
+    <t>4616T8</t>
+  </si>
+  <si>
+    <t>+3.1P DM ext.</t>
+  </si>
+  <si>
+    <t>4618T8</t>
+  </si>
+  <si>
+    <t>+3.1P Special B</t>
+  </si>
+  <si>
+    <t>4654T8</t>
+  </si>
+  <si>
+    <t>4814T8</t>
+  </si>
+  <si>
+    <t>+3.3P DM</t>
+  </si>
+  <si>
+    <t>4816T8</t>
+  </si>
+  <si>
+    <t>+3.3P DM ext.</t>
+  </si>
+  <si>
+    <t>4816Q8</t>
+  </si>
+  <si>
+    <t>Q48 DM ext.</t>
+  </si>
+  <si>
     <t>4814Q8</t>
   </si>
   <si>
     <t>Q48 DM</t>
   </si>
   <si>
-    <t>4816Q8</t>
-[...4 lines deleted...]
-  <si>
     <t>4912Q8</t>
   </si>
   <si>
     <t>Q49 UM</t>
   </si>
   <si>
     <t>4914Q8</t>
   </si>
   <si>
     <t>Q49 DM</t>
   </si>
   <si>
-    <t>4614T8</t>
-[...31 lines deleted...]
-  <si>
     <t>5011Q8</t>
   </si>
   <si>
     <t>Q50 US</t>
   </si>
   <si>
     <t>5511Q8</t>
   </si>
   <si>
     <t>Q55 US</t>
   </si>
   <si>
+    <t>5611Q8</t>
+  </si>
+  <si>
+    <t>Q56 US</t>
+  </si>
+  <si>
     <t>5111Q8</t>
   </si>
   <si>
     <t>Q51 US</t>
   </si>
   <si>
-    <t>5611Q8</t>
-[...4 lines deleted...]
-  <si>
     <t>7612Q8</t>
   </si>
   <si>
     <t>Q76 UM</t>
   </si>
   <si>
     <t>7614Q8</t>
   </si>
   <si>
     <t>Q76 DM</t>
   </si>
   <si>
     <t>7616Q8</t>
   </si>
   <si>
     <t>Q76 DM ext.</t>
   </si>
   <si>
     <t>7814Q8</t>
   </si>
   <si>
     <t>Q78 DM</t>
   </si>
   <si>
     <t>7816Q8</t>
   </si>
   <si>
     <t>Q78 DM Ext.</t>
   </si>
   <si>
     <t>7854Q8</t>
   </si>
   <si>
+    <t>9810Q8</t>
+  </si>
+  <si>
+    <t>Q98 DXL</t>
+  </si>
+  <si>
     <t>8813Q8</t>
   </si>
   <si>
     <t>Q88 DL</t>
   </si>
   <si>
     <t>8853Q8</t>
   </si>
   <si>
-    <t>9810Q8</t>
-[...4 lines deleted...]
-  <si>
     <t>3011T8</t>
   </si>
   <si>
     <t>+2.0 US</t>
   </si>
   <si>
     <t>3013T8</t>
   </si>
   <si>
     <t>+2.0 DS</t>
   </si>
   <si>
     <t>3511T8</t>
   </si>
   <si>
     <t>+2.0P US</t>
   </si>
   <si>
     <t>3513T8</t>
   </si>
   <si>
     <t>+2.0P DS</t>
   </si>
   <si>
     <t>3517T8</t>
   </si>
   <si>
     <t>+2.0P Special S</t>
   </si>
   <si>
     <t>4011T8</t>
   </si>
   <si>
     <t>+3.0 US</t>
   </si>
   <si>
     <t>2011Q8</t>
   </si>
   <si>
     <t>Q20 US</t>
   </si>
   <si>
     <t>2013Q8</t>
   </si>
   <si>
     <t>Q20 DS</t>
   </si>
   <si>
+    <t>2513Q8</t>
+  </si>
+  <si>
+    <t>Q25 DS</t>
+  </si>
+  <si>
+    <t>3011Q8</t>
+  </si>
+  <si>
+    <t>Q30 US</t>
+  </si>
+  <si>
+    <t>3013Q8</t>
+  </si>
+  <si>
+    <t>Q30 DS</t>
+  </si>
+  <si>
+    <t>3511Q8</t>
+  </si>
+  <si>
+    <t>Q35 US</t>
+  </si>
+  <si>
+    <t>3513Q8</t>
+  </si>
+  <si>
+    <t>Q35 DS</t>
+  </si>
+  <si>
+    <t>4011Q8</t>
+  </si>
+  <si>
+    <t>Q40 US</t>
+  </si>
+  <si>
+    <t>2511T8</t>
+  </si>
+  <si>
+    <t>+1.0P US</t>
+  </si>
+  <si>
+    <t>2513T8</t>
+  </si>
+  <si>
+    <t>+1.0P DS</t>
+  </si>
+  <si>
+    <t>2011T8</t>
+  </si>
+  <si>
+    <t>+1.0 US</t>
+  </si>
+  <si>
+    <t>2013T8</t>
+  </si>
+  <si>
+    <t>+1.0 DS</t>
+  </si>
+  <si>
+    <t>4511T8</t>
+  </si>
+  <si>
+    <t>+3.0P US</t>
+  </si>
+  <si>
+    <t>4517T8</t>
+  </si>
+  <si>
+    <t>+3.0P Special S</t>
+  </si>
+  <si>
     <t>2511Q8</t>
   </si>
   <si>
     <t>Q25 US</t>
   </si>
   <si>
-    <t>2513Q8</t>
-[...58 lines deleted...]
-  <si>
     <t>4511Q8</t>
   </si>
   <si>
     <t>Q45 US</t>
   </si>
   <si>
-    <t>4511T8</t>
-[...8 lines deleted...]
-    <t>+3.0P Special S</t>
+    <t>6014Q8</t>
+  </si>
+  <si>
+    <t>Q60 DM</t>
+  </si>
+  <si>
+    <t>6016Q8</t>
+  </si>
+  <si>
+    <t>Q60 DM ext.</t>
+  </si>
+  <si>
+    <t>6044Q8</t>
+  </si>
+  <si>
+    <t>6046Q8</t>
+  </si>
+  <si>
+    <t>5512Q8</t>
+  </si>
+  <si>
+    <t>Q55 UM</t>
+  </si>
+  <si>
+    <t>5514Q8</t>
+  </si>
+  <si>
+    <t>Q55 DM</t>
+  </si>
+  <si>
+    <t>5516Q8</t>
+  </si>
+  <si>
+    <t>Q55 DM ext.</t>
+  </si>
+  <si>
+    <t>5534Q8</t>
+  </si>
+  <si>
+    <t>Q55 DM, DM ext</t>
+  </si>
+  <si>
+    <t>5544Q, 5546Q</t>
+  </si>
+  <si>
+    <t>5554Q8</t>
+  </si>
+  <si>
+    <t>5564Q8</t>
+  </si>
+  <si>
+    <t>6512Q8</t>
+  </si>
+  <si>
+    <t>Q65 UM</t>
+  </si>
+  <si>
+    <t>6514Q8</t>
+  </si>
+  <si>
+    <t>Q65 DM</t>
+  </si>
+  <si>
+    <t>6516Q8</t>
+  </si>
+  <si>
+    <t>Q65 DM ext.</t>
+  </si>
+  <si>
+    <t>6534Q8</t>
+  </si>
+  <si>
+    <t>6544Q8</t>
+  </si>
+  <si>
+    <t>6546Q8</t>
+  </si>
+  <si>
+    <t>6564Q8</t>
   </si>
   <si>
     <t>5014Q8</t>
   </si>
   <si>
     <t>Q50 DM</t>
   </si>
   <si>
     <t>5016Q8</t>
   </si>
   <si>
     <t>Q50 DM ext.</t>
   </si>
   <si>
     <t>5054Q8</t>
-  </si>
-[...79 lines deleted...]
-    <t>6564Q8</t>
   </si>
   <si>
     <t>7512Q8</t>
   </si>
   <si>
     <t>Q75 UM</t>
   </si>
   <si>
     <t>7514Q8</t>
   </si>
   <si>
     <t>Q75 DM</t>
   </si>
   <si>
     <t>7516Q8</t>
   </si>
   <si>
     <t>Q75 DM ext.</t>
   </si>
   <si>
     <t>7524Q8</t>
   </si>
   <si>
     <t>5114T8</t>
   </si>
@@ -1517,95 +1517,95 @@
         <v>22</v>
       </c>
       <c r="B11" s="0" t="s">
         <v>23</v>
       </c>
       <c r="C11" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="0" t="s">
         <v>24</v>
       </c>
       <c r="B12" s="0" t="s">
         <v>25</v>
       </c>
       <c r="C12" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="0" t="s">
         <v>26</v>
       </c>
       <c r="B13" s="0" t="s">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="C13" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="0" t="s">
+        <v>27</v>
+      </c>
+      <c r="B14" s="0" t="s">
         <v>28</v>
-      </c>
-[...1 lines deleted...]
-        <v>25</v>
       </c>
       <c r="C14" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="0" t="s">
         <v>29</v>
       </c>
       <c r="B15" s="0" t="s">
         <v>30</v>
       </c>
       <c r="C15" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="0" t="s">
         <v>31</v>
       </c>
       <c r="B16" s="0" t="s">
-        <v>32</v>
+        <v>28</v>
       </c>
       <c r="C16" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="0" t="s">
+        <v>32</v>
+      </c>
+      <c r="B17" s="0" t="s">
         <v>33</v>
-      </c>
-[...1 lines deleted...]
-        <v>30</v>
       </c>
       <c r="C17" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="0" t="s">
         <v>34</v>
       </c>
       <c r="B18" s="0" t="s">
         <v>35</v>
       </c>
       <c r="C18" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="0" t="s">
         <v>36</v>
       </c>
       <c r="B19" s="0" t="s">
         <v>37</v>
       </c>
       <c r="C19" s="0" t="s">
         <v>5</v>
@@ -1616,84 +1616,84 @@
         <v>38</v>
       </c>
       <c r="B20" s="0" t="s">
         <v>39</v>
       </c>
       <c r="C20" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="0" t="s">
         <v>40</v>
       </c>
       <c r="B21" s="0" t="s">
         <v>41</v>
       </c>
       <c r="C21" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="0" t="s">
         <v>42</v>
       </c>
       <c r="B22" s="0" t="s">
-        <v>39</v>
+        <v>43</v>
       </c>
       <c r="C22" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="0" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="B23" s="0" t="s">
-        <v>39</v>
+        <v>45</v>
       </c>
       <c r="C23" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="0" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="B24" s="0" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="C24" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="0" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="B25" s="0" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
       <c r="C25" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="0" t="s">
         <v>3</v>
       </c>
       <c r="B26" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C26" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="0" t="s">
         <v>6</v>
       </c>
       <c r="B27" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C27" s="0" t="s">
         <v>5</v>
@@ -1781,95 +1781,95 @@
         <v>22</v>
       </c>
       <c r="B35" s="0" t="s">
         <v>23</v>
       </c>
       <c r="C35" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="0" t="s">
         <v>24</v>
       </c>
       <c r="B36" s="0" t="s">
         <v>25</v>
       </c>
       <c r="C36" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="0" t="s">
         <v>26</v>
       </c>
       <c r="B37" s="0" t="s">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="C37" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="0" t="s">
+        <v>27</v>
+      </c>
+      <c r="B38" s="0" t="s">
         <v>28</v>
-      </c>
-[...1 lines deleted...]
-        <v>25</v>
       </c>
       <c r="C38" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="0" t="s">
         <v>29</v>
       </c>
       <c r="B39" s="0" t="s">
         <v>30</v>
       </c>
       <c r="C39" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="0" t="s">
         <v>31</v>
       </c>
       <c r="B40" s="0" t="s">
-        <v>32</v>
+        <v>28</v>
       </c>
       <c r="C40" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="0" t="s">
+        <v>32</v>
+      </c>
+      <c r="B41" s="0" t="s">
         <v>33</v>
-      </c>
-[...1 lines deleted...]
-        <v>30</v>
       </c>
       <c r="C41" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="0" t="s">
         <v>34</v>
       </c>
       <c r="B42" s="0" t="s">
         <v>35</v>
       </c>
       <c r="C42" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="0" t="s">
         <v>36</v>
       </c>
       <c r="B43" s="0" t="s">
         <v>37</v>
       </c>
       <c r="C43" s="0" t="s">
         <v>5</v>
@@ -1880,172 +1880,172 @@
         <v>38</v>
       </c>
       <c r="B44" s="0" t="s">
         <v>39</v>
       </c>
       <c r="C44" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="0" t="s">
         <v>40</v>
       </c>
       <c r="B45" s="0" t="s">
         <v>41</v>
       </c>
       <c r="C45" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="0" t="s">
         <v>42</v>
       </c>
       <c r="B46" s="0" t="s">
-        <v>39</v>
+        <v>43</v>
       </c>
       <c r="C46" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="0" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="B47" s="0" t="s">
-        <v>39</v>
+        <v>45</v>
       </c>
       <c r="C47" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="0" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="B48" s="0" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="C48" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="0" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="B49" s="0" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
       <c r="C49" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="0" t="s">
         <v>48</v>
       </c>
       <c r="B50" s="0" t="s">
         <v>49</v>
       </c>
       <c r="C50" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="0" t="s">
         <v>50</v>
       </c>
       <c r="B51" s="0" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="C51" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="0" t="s">
+        <v>52</v>
+      </c>
+      <c r="B52" s="0" t="s">
         <v>51</v>
-      </c>
-[...1 lines deleted...]
-        <v>52</v>
       </c>
       <c r="C52" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="0" t="s">
         <v>53</v>
       </c>
       <c r="B53" s="0" t="s">
-        <v>52</v>
+        <v>49</v>
       </c>
       <c r="C53" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="0" t="s">
         <v>48</v>
       </c>
       <c r="B54" s="0" t="s">
         <v>49</v>
       </c>
       <c r="C54" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="0" t="s">
         <v>50</v>
       </c>
       <c r="B55" s="0" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="C55" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="0" t="s">
+        <v>52</v>
+      </c>
+      <c r="B56" s="0" t="s">
         <v>51</v>
-      </c>
-[...1 lines deleted...]
-        <v>52</v>
       </c>
       <c r="C56" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="0" t="s">
         <v>53</v>
       </c>
       <c r="B57" s="0" t="s">
-        <v>52</v>
+        <v>49</v>
       </c>
       <c r="C57" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="0" t="s">
         <v>54</v>
       </c>
       <c r="B58" s="0" t="s">
         <v>55</v>
       </c>
       <c r="C58" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="0" t="s">
         <v>56</v>
       </c>
       <c r="B59" s="0" t="s">
         <v>57</v>
       </c>
       <c r="C59" s="0" t="s">
         <v>5</v>
@@ -2969,161 +2969,161 @@
         <v>170</v>
       </c>
       <c r="B143" s="0" t="s">
         <v>171</v>
       </c>
       <c r="C143" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="144">
       <c r="A144" s="0" t="s">
         <v>172</v>
       </c>
       <c r="B144" s="0" t="s">
         <v>173</v>
       </c>
       <c r="C144" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="145">
       <c r="A145" s="0" t="s">
         <v>174</v>
       </c>
       <c r="B145" s="0" t="s">
-        <v>171</v>
+        <v>175</v>
       </c>
       <c r="C145" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="146">
       <c r="A146" s="0" t="s">
+        <v>176</v>
+      </c>
+      <c r="B146" s="0" t="s">
         <v>175</v>
-      </c>
-[...1 lines deleted...]
-        <v>176</v>
       </c>
       <c r="C146" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="147">
       <c r="A147" s="0" t="s">
         <v>177</v>
       </c>
       <c r="B147" s="0" t="s">
         <v>178</v>
       </c>
       <c r="C147" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="148">
       <c r="A148" s="0" t="s">
         <v>179</v>
       </c>
       <c r="B148" s="0" t="s">
         <v>180</v>
       </c>
       <c r="C148" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="149">
       <c r="A149" s="0" t="s">
         <v>181</v>
       </c>
       <c r="B149" s="0" t="s">
-        <v>182</v>
+        <v>180</v>
       </c>
       <c r="C149" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="150">
       <c r="A150" s="0" t="s">
+        <v>182</v>
+      </c>
+      <c r="B150" s="0" t="s">
         <v>183</v>
-      </c>
-[...1 lines deleted...]
-        <v>184</v>
       </c>
       <c r="C150" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="151">
       <c r="A151" s="0" t="s">
+        <v>184</v>
+      </c>
+      <c r="B151" s="0" t="s">
         <v>185</v>
-      </c>
-[...1 lines deleted...]
-        <v>182</v>
       </c>
       <c r="C151" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="152">
       <c r="A152" s="0" t="s">
         <v>186</v>
       </c>
       <c r="B152" s="0" t="s">
-        <v>187</v>
+        <v>183</v>
       </c>
       <c r="C152" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="153">
       <c r="A153" s="0" t="s">
-        <v>188</v>
+        <v>187</v>
       </c>
       <c r="B153" s="0" t="s">
-        <v>189</v>
+        <v>185</v>
       </c>
       <c r="C153" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="154">
       <c r="A154" s="0" t="s">
-        <v>190</v>
+        <v>188</v>
       </c>
       <c r="B154" s="0" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C154" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="155">
       <c r="A155" s="0" t="s">
+        <v>190</v>
+      </c>
+      <c r="B155" s="0" t="s">
         <v>191</v>
-      </c>
-[...1 lines deleted...]
-        <v>189</v>
       </c>
       <c r="C155" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="156">
       <c r="A156" s="0" t="s">
         <v>192</v>
       </c>
       <c r="B156" s="0" t="s">
         <v>193</v>
       </c>
       <c r="C156" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="157">
       <c r="A157" s="0" t="s">
         <v>194</v>
       </c>
       <c r="B157" s="0" t="s">
         <v>195</v>
       </c>
       <c r="C157" s="0" t="s">
         <v>119</v>
@@ -3527,54 +3527,54 @@
     </row>
     <row r="194">
       <c r="A194" s="0" t="s">
         <v>264</v>
       </c>
       <c r="B194" s="0" t="s">
         <v>265</v>
       </c>
       <c r="C194" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="195">
       <c r="A195" s="0" t="s">
         <v>266</v>
       </c>
       <c r="B195" s="0" t="s">
         <v>267</v>
       </c>
       <c r="C195" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="196">
       <c r="A196" s="0" t="s">
-        <v>36</v>
+        <v>34</v>
       </c>
       <c r="B196" s="0" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="C196" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="197">
       <c r="A197" s="0" t="s">
         <v>268</v>
       </c>
       <c r="B197" s="0" t="s">
         <v>269</v>
       </c>
       <c r="C197" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="198">
       <c r="A198" s="0" t="s">
         <v>270</v>
       </c>
       <c r="B198" s="0" t="s">
         <v>271</v>
       </c>
       <c r="C198" s="0" t="s">
         <v>119</v>
@@ -3607,95 +3607,95 @@
         <v>275</v>
       </c>
       <c r="B201" s="0" t="s">
         <v>276</v>
       </c>
       <c r="C201" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="202">
       <c r="A202" s="0" t="s">
         <v>277</v>
       </c>
       <c r="B202" s="0" t="s">
         <v>278</v>
       </c>
       <c r="C202" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="203">
       <c r="A203" s="0" t="s">
         <v>279</v>
       </c>
       <c r="B203" s="0" t="s">
-        <v>280</v>
+        <v>274</v>
       </c>
       <c r="C203" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="204">
       <c r="A204" s="0" t="s">
+        <v>280</v>
+      </c>
+      <c r="B204" s="0" t="s">
         <v>281</v>
-      </c>
-[...1 lines deleted...]
-        <v>282</v>
       </c>
       <c r="C204" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="205">
       <c r="A205" s="0" t="s">
+        <v>282</v>
+      </c>
+      <c r="B205" s="0" t="s">
         <v>283</v>
-      </c>
-[...1 lines deleted...]
-        <v>284</v>
       </c>
       <c r="C205" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="206">
       <c r="A206" s="0" t="s">
+        <v>284</v>
+      </c>
+      <c r="B206" s="0" t="s">
         <v>285</v>
-      </c>
-[...1 lines deleted...]
-        <v>286</v>
       </c>
       <c r="C206" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="207">
       <c r="A207" s="0" t="s">
+        <v>286</v>
+      </c>
+      <c r="B207" s="0" t="s">
         <v>287</v>
-      </c>
-[...1 lines deleted...]
-        <v>282</v>
       </c>
       <c r="C207" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="208">
       <c r="A208" s="0" t="s">
         <v>288</v>
       </c>
       <c r="B208" s="0" t="s">
         <v>289</v>
       </c>
       <c r="C208" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="209">
       <c r="A209" s="0" t="s">
         <v>290</v>
       </c>
       <c r="B209" s="0" t="s">
         <v>291</v>
       </c>
       <c r="C209" s="0" t="s">
         <v>119</v>
@@ -3827,62 +3827,62 @@
         <v>310</v>
       </c>
       <c r="B221" s="0" t="s">
         <v>307</v>
       </c>
       <c r="C221" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="222">
       <c r="A222" s="0" t="s">
         <v>311</v>
       </c>
       <c r="B222" s="0" t="s">
         <v>312</v>
       </c>
       <c r="C222" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="223">
       <c r="A223" s="0" t="s">
         <v>313</v>
       </c>
       <c r="B223" s="0" t="s">
-        <v>312</v>
+        <v>314</v>
       </c>
       <c r="C223" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="224">
       <c r="A224" s="0" t="s">
+        <v>315</v>
+      </c>
+      <c r="B224" s="0" t="s">
         <v>314</v>
-      </c>
-[...1 lines deleted...]
-        <v>315</v>
       </c>
       <c r="C224" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="225">
       <c r="A225" s="0" t="s">
         <v>316</v>
       </c>
       <c r="B225" s="0" t="s">
         <v>317</v>
       </c>
       <c r="C225" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="226">
       <c r="A226" s="0" t="s">
         <v>318</v>
       </c>
       <c r="B226" s="0" t="s">
         <v>319</v>
       </c>
       <c r="C226" s="0" t="s">
         <v>119</v>
@@ -4366,469 +4366,469 @@
         <v>362</v>
       </c>
       <c r="B270" s="0" t="s">
         <v>363</v>
       </c>
       <c r="C270" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="271">
       <c r="A271" s="0" t="s">
         <v>364</v>
       </c>
       <c r="B271" s="0" t="s">
         <v>361</v>
       </c>
       <c r="C271" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="272">
       <c r="A272" s="0" t="s">
         <v>365</v>
       </c>
       <c r="B272" s="0" t="s">
-        <v>366</v>
+        <v>361</v>
       </c>
       <c r="C272" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="273">
       <c r="A273" s="0" t="s">
+        <v>366</v>
+      </c>
+      <c r="B273" s="0" t="s">
         <v>367</v>
-      </c>
-[...1 lines deleted...]
-        <v>368</v>
       </c>
       <c r="C273" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="274">
       <c r="A274" s="0" t="s">
+        <v>368</v>
+      </c>
+      <c r="B274" s="0" t="s">
         <v>369</v>
-      </c>
-[...1 lines deleted...]
-        <v>366</v>
       </c>
       <c r="C274" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="275">
       <c r="A275" s="0" t="s">
         <v>370</v>
       </c>
       <c r="B275" s="0" t="s">
-        <v>366</v>
+        <v>371</v>
       </c>
       <c r="C275" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="276">
       <c r="A276" s="0" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="B276" s="0" t="s">
-        <v>372</v>
+        <v>369</v>
       </c>
       <c r="C276" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="277">
       <c r="A277" s="0" t="s">
         <v>373</v>
       </c>
       <c r="B277" s="0" t="s">
         <v>374</v>
       </c>
       <c r="C277" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="278">
       <c r="A278" s="0" t="s">
         <v>375</v>
       </c>
       <c r="B278" s="0" t="s">
-        <v>376</v>
+        <v>369</v>
       </c>
       <c r="C278" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="279">
       <c r="A279" s="0" t="s">
-        <v>377</v>
+        <v>376</v>
       </c>
       <c r="B279" s="0" t="s">
-        <v>374</v>
+        <v>369</v>
       </c>
       <c r="C279" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="280">
       <c r="A280" s="0" t="s">
+        <v>377</v>
+      </c>
+      <c r="B280" s="0" t="s">
         <v>378</v>
-      </c>
-[...1 lines deleted...]
-        <v>379</v>
       </c>
       <c r="C280" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="281">
       <c r="A281" s="0" t="s">
+        <v>379</v>
+      </c>
+      <c r="B281" s="0" t="s">
         <v>380</v>
-      </c>
-[...1 lines deleted...]
-        <v>374</v>
       </c>
       <c r="C281" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="282">
       <c r="A282" s="0" t="s">
         <v>381</v>
       </c>
       <c r="B282" s="0" t="s">
-        <v>374</v>
+        <v>382</v>
       </c>
       <c r="C282" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="283">
       <c r="A283" s="0" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
       <c r="B283" s="0" t="s">
-        <v>383</v>
+        <v>380</v>
       </c>
       <c r="C283" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="284">
       <c r="A284" s="0" t="s">
         <v>384</v>
       </c>
       <c r="B284" s="0" t="s">
-        <v>385</v>
+        <v>380</v>
       </c>
       <c r="C284" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="285">
       <c r="A285" s="0" t="s">
-        <v>386</v>
+        <v>385</v>
       </c>
       <c r="B285" s="0" t="s">
-        <v>387</v>
+        <v>382</v>
       </c>
       <c r="C285" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="286">
       <c r="A286" s="0" t="s">
-        <v>388</v>
+        <v>386</v>
       </c>
       <c r="B286" s="0" t="s">
-        <v>385</v>
+        <v>380</v>
       </c>
       <c r="C286" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="287">
       <c r="A287" s="0" t="s">
-        <v>389</v>
+        <v>387</v>
       </c>
       <c r="B287" s="0" t="s">
-        <v>385</v>
+        <v>388</v>
       </c>
       <c r="C287" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="288">
       <c r="A288" s="0" t="s">
+        <v>389</v>
+      </c>
+      <c r="B288" s="0" t="s">
         <v>390</v>
-      </c>
-[...1 lines deleted...]
-        <v>387</v>
       </c>
       <c r="C288" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="289">
       <c r="A289" s="0" t="s">
         <v>391</v>
       </c>
       <c r="B289" s="0" t="s">
-        <v>385</v>
+        <v>388</v>
       </c>
       <c r="C289" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="290">
       <c r="A290" s="0" t="s">
         <v>360</v>
       </c>
       <c r="B290" s="0" t="s">
         <v>361</v>
       </c>
       <c r="C290" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="291">
       <c r="A291" s="0" t="s">
         <v>362</v>
       </c>
       <c r="B291" s="0" t="s">
         <v>363</v>
       </c>
       <c r="C291" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="292">
       <c r="A292" s="0" t="s">
         <v>364</v>
       </c>
       <c r="B292" s="0" t="s">
         <v>361</v>
       </c>
       <c r="C292" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="293">
       <c r="A293" s="0" t="s">
         <v>365</v>
       </c>
       <c r="B293" s="0" t="s">
-        <v>366</v>
+        <v>361</v>
       </c>
       <c r="C293" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="294">
       <c r="A294" s="0" t="s">
+        <v>366</v>
+      </c>
+      <c r="B294" s="0" t="s">
         <v>367</v>
-      </c>
-[...1 lines deleted...]
-        <v>368</v>
       </c>
       <c r="C294" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="295">
       <c r="A295" s="0" t="s">
+        <v>368</v>
+      </c>
+      <c r="B295" s="0" t="s">
         <v>369</v>
-      </c>
-[...1 lines deleted...]
-        <v>366</v>
       </c>
       <c r="C295" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="296">
       <c r="A296" s="0" t="s">
         <v>370</v>
       </c>
       <c r="B296" s="0" t="s">
-        <v>366</v>
+        <v>371</v>
       </c>
       <c r="C296" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="297">
       <c r="A297" s="0" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="B297" s="0" t="s">
-        <v>372</v>
+        <v>369</v>
       </c>
       <c r="C297" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="298">
       <c r="A298" s="0" t="s">
         <v>373</v>
       </c>
       <c r="B298" s="0" t="s">
         <v>374</v>
       </c>
       <c r="C298" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="299">
       <c r="A299" s="0" t="s">
         <v>375</v>
       </c>
       <c r="B299" s="0" t="s">
-        <v>376</v>
+        <v>369</v>
       </c>
       <c r="C299" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="300">
       <c r="A300" s="0" t="s">
-        <v>377</v>
+        <v>376</v>
       </c>
       <c r="B300" s="0" t="s">
-        <v>374</v>
+        <v>369</v>
       </c>
       <c r="C300" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="301">
       <c r="A301" s="0" t="s">
+        <v>377</v>
+      </c>
+      <c r="B301" s="0" t="s">
         <v>378</v>
-      </c>
-[...1 lines deleted...]
-        <v>379</v>
       </c>
       <c r="C301" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="302">
       <c r="A302" s="0" t="s">
+        <v>379</v>
+      </c>
+      <c r="B302" s="0" t="s">
         <v>380</v>
-      </c>
-[...1 lines deleted...]
-        <v>374</v>
       </c>
       <c r="C302" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="303">
       <c r="A303" s="0" t="s">
         <v>381</v>
       </c>
       <c r="B303" s="0" t="s">
-        <v>374</v>
+        <v>382</v>
       </c>
       <c r="C303" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="304">
       <c r="A304" s="0" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
       <c r="B304" s="0" t="s">
-        <v>383</v>
+        <v>380</v>
       </c>
       <c r="C304" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="305">
       <c r="A305" s="0" t="s">
         <v>384</v>
       </c>
       <c r="B305" s="0" t="s">
-        <v>385</v>
+        <v>380</v>
       </c>
       <c r="C305" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="306">
       <c r="A306" s="0" t="s">
-        <v>386</v>
+        <v>385</v>
       </c>
       <c r="B306" s="0" t="s">
-        <v>387</v>
+        <v>382</v>
       </c>
       <c r="C306" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="307">
       <c r="A307" s="0" t="s">
-        <v>388</v>
+        <v>386</v>
       </c>
       <c r="B307" s="0" t="s">
-        <v>385</v>
+        <v>380</v>
       </c>
       <c r="C307" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="308">
       <c r="A308" s="0" t="s">
-        <v>389</v>
+        <v>387</v>
       </c>
       <c r="B308" s="0" t="s">
-        <v>385</v>
+        <v>388</v>
       </c>
       <c r="C308" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="309">
       <c r="A309" s="0" t="s">
+        <v>389</v>
+      </c>
+      <c r="B309" s="0" t="s">
         <v>390</v>
-      </c>
-[...1 lines deleted...]
-        <v>387</v>
       </c>
       <c r="C309" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="310">
       <c r="A310" s="0" t="s">
         <v>391</v>
       </c>
       <c r="B310" s="0" t="s">
-        <v>385</v>
+        <v>388</v>
       </c>
       <c r="C310" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="311">
       <c r="A311" s="0" t="s">
         <v>392</v>
       </c>
       <c r="B311" s="0" t="s">
         <v>393</v>
       </c>
       <c r="C311" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="312">
       <c r="A312" s="0" t="s">
         <v>394</v>
       </c>
       <c r="B312" s="0" t="s">
         <v>395</v>
       </c>
       <c r="C312" s="0" t="s">
         <v>119</v>