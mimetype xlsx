--- v0 (2025-10-16)
+++ v1 (2025-12-07)
@@ -4,51 +4,51 @@
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Part" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="91" uniqueCount="91">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="92" uniqueCount="92">
   <si>
     <t>Id</t>
   </si>
   <si>
     <t>Quantity</t>
   </si>
   <si>
     <t>Number</t>
   </si>
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Market information</t>
   </si>
   <si>
     <t>Net Weight</t>
   </si>
   <si>
     <t>Serial number to</t>
   </si>
   <si>
     <t>Specification</t>
   </si>
   <si>
@@ -217,50 +217,53 @@
     <t>Washer, red</t>
   </si>
   <si>
     <t>0.001</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>5022159</t>
   </si>
   <si>
     <t>Washer, blue</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>5044129</t>
   </si>
   <si>
     <t>Dust Cover</t>
   </si>
   <si>
     <t>0.010</t>
+  </si>
+  <si>
+    <t>1/2" Male</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t>10550260</t>
   </si>
   <si>
     <t>Diverter valve</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>10550328</t>
   </si>
   <si>
     <t>Sealing Set</t>
   </si>
   <si>
     <t>0.070</t>
   </si>
   <si>
     <t>17</t>
   </si>
@@ -642,138 +645,141 @@
         <v>65</v>
       </c>
       <c r="D15" s="0" t="s">
         <v>66</v>
       </c>
       <c r="F15" s="0" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="0" t="s">
         <v>67</v>
       </c>
       <c r="B16" s="0" t="s">
         <v>17</v>
       </c>
       <c r="C16" s="0" t="s">
         <v>68</v>
       </c>
       <c r="D16" s="0" t="s">
         <v>69</v>
       </c>
       <c r="F16" s="0" t="s">
         <v>70</v>
       </c>
+      <c r="H16" s="0" t="s">
+        <v>71</v>
+      </c>
     </row>
     <row r="17">
       <c r="A17" s="0" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="B17" s="0" t="s">
         <v>9</v>
       </c>
       <c r="C17" s="0" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="D17" s="0" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="0" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="B18" s="0" t="s">
         <v>9</v>
       </c>
       <c r="C18" s="0" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="D18" s="0" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="F18" s="0" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="0" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="B19" s="0" t="s">
         <v>13</v>
       </c>
       <c r="C19" s="0" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="D19" s="0" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="F19" s="0" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="0" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="B20" s="0" t="s">
         <v>17</v>
       </c>
       <c r="C20" s="0" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="D20" s="0" t="s">
         <v>41</v>
       </c>
       <c r="E20" s="0" t="s">
         <v>42</v>
       </c>
       <c r="F20" s="0" t="s">
         <v>20</v>
       </c>
       <c r="H20" s="0" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="0" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="B21" s="0" t="s">
         <v>17</v>
       </c>
       <c r="C21" s="0" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="D21" s="0" t="s">
         <v>41</v>
       </c>
       <c r="E21" s="0" t="s">
         <v>42</v>
       </c>
       <c r="F21" s="0" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="H21" s="0" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="0" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="B22" s="0" t="s">
         <v>9</v>
       </c>
       <c r="C22" s="0" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="D22" s="0" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>