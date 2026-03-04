--- v0 (2025-10-30)
+++ v1 (2026-03-04)
@@ -30,108 +30,108 @@
   <si>
     <t>Product No</t>
   </si>
   <si>
     <t>Product name</t>
   </si>
   <si>
     <t>Path</t>
   </si>
   <si>
     <t>2011Q8</t>
   </si>
   <si>
     <t>Q20 US</t>
   </si>
   <si>
     <t xml:space="preserve">/ </t>
   </si>
   <si>
     <t>2013Q8</t>
   </si>
   <si>
     <t>Q20 DS</t>
   </si>
   <si>
+    <t>2513Q8</t>
+  </si>
+  <si>
+    <t>Q25 DS</t>
+  </si>
+  <si>
+    <t>3011Q8</t>
+  </si>
+  <si>
+    <t>Q30 US</t>
+  </si>
+  <si>
+    <t>3013Q8</t>
+  </si>
+  <si>
+    <t>Q30 DS</t>
+  </si>
+  <si>
+    <t>3511Q8</t>
+  </si>
+  <si>
+    <t>Q35 US</t>
+  </si>
+  <si>
+    <t>3513Q8</t>
+  </si>
+  <si>
+    <t>Q35 DS</t>
+  </si>
+  <si>
+    <t>4011Q8</t>
+  </si>
+  <si>
+    <t>Q40 US</t>
+  </si>
+  <si>
+    <t>5011Q8</t>
+  </si>
+  <si>
+    <t>Q50 US</t>
+  </si>
+  <si>
+    <t>5511Q8</t>
+  </si>
+  <si>
+    <t>Q55 US</t>
+  </si>
+  <si>
     <t>2511Q8</t>
   </si>
   <si>
     <t>Q25 US</t>
   </si>
   <si>
-    <t>2513Q8</t>
-[...40 lines deleted...]
-  <si>
     <t>4511Q8</t>
   </si>
   <si>
     <t>Q45 US</t>
-  </si>
-[...4 lines deleted...]
-    <t>Q55 US</t>
   </si>
   <si>
     <t>3011T8</t>
   </si>
   <si>
     <t>+2.0 US</t>
   </si>
   <si>
     <t>3013T8</t>
   </si>
   <si>
     <t>+2.0 DS</t>
   </si>
   <si>
     <t>3511T8</t>
   </si>
   <si>
     <t>+2.0P US</t>
   </si>
   <si>
     <t>3513T8</t>
   </si>
   <si>
     <t>+2.0P DS</t>
   </si>