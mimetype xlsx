--- v0 (2025-10-25)
+++ v1 (2026-03-25)
@@ -24,162 +24,162 @@
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="121" uniqueCount="121">
   <si>
     <t>Product No</t>
   </si>
   <si>
     <t>Product name</t>
   </si>
   <si>
     <t>Path</t>
   </si>
   <si>
     <t>2014Q8</t>
   </si>
   <si>
     <t>Q20 DM</t>
   </si>
   <si>
     <t xml:space="preserve">/ </t>
   </si>
   <si>
+    <t>3014Q8</t>
+  </si>
+  <si>
+    <t>Q30 DM</t>
+  </si>
+  <si>
+    <t>3016Q8</t>
+  </si>
+  <si>
+    <t>Q30 DM ext.</t>
+  </si>
+  <si>
+    <t>3514Q8</t>
+  </si>
+  <si>
+    <t>Q35 DM</t>
+  </si>
+  <si>
+    <t>3516Q8</t>
+  </si>
+  <si>
+    <t>Q35 DM ext.</t>
+  </si>
+  <si>
+    <t>3564Q8</t>
+  </si>
+  <si>
+    <t>4014Q8</t>
+  </si>
+  <si>
+    <t>Q40 DM</t>
+  </si>
+  <si>
+    <t>4016Q8</t>
+  </si>
+  <si>
+    <t>Q40 DM ext.</t>
+  </si>
+  <si>
+    <t>4054Q8</t>
+  </si>
+  <si>
+    <t>5512Q8</t>
+  </si>
+  <si>
+    <t>Q55 UM</t>
+  </si>
+  <si>
+    <t>5514Q8</t>
+  </si>
+  <si>
+    <t>Q55 DM</t>
+  </si>
+  <si>
+    <t>5516Q8</t>
+  </si>
+  <si>
+    <t>Q55 DM ext.</t>
+  </si>
+  <si>
+    <t>5534Q8</t>
+  </si>
+  <si>
+    <t>Q55 DM, DM ext</t>
+  </si>
+  <si>
+    <t>5544Q, 5546Q</t>
+  </si>
+  <si>
+    <t>5554Q8</t>
+  </si>
+  <si>
+    <t>5564Q8</t>
+  </si>
+  <si>
     <t>2514Q8</t>
   </si>
   <si>
     <t>Q25 DM</t>
   </si>
   <si>
-    <t>3014Q8</t>
-[...38 lines deleted...]
-    <t>4054Q8</t>
+    <t>4514Q8</t>
+  </si>
+  <si>
+    <t>Q45 DM</t>
+  </si>
+  <si>
+    <t>4516Q8</t>
+  </si>
+  <si>
+    <t>Q45 DM ext.</t>
+  </si>
+  <si>
+    <t>4554Q8</t>
+  </si>
+  <si>
+    <t>4564Q8</t>
   </si>
   <si>
     <t>5014Q8</t>
   </si>
   <si>
     <t>Q50 DM</t>
   </si>
   <si>
     <t>5016Q8</t>
   </si>
   <si>
     <t>Q50 DM ext.</t>
   </si>
   <si>
     <t>5054Q8</t>
-  </si>
-[...49 lines deleted...]
-    <t>5564Q8</t>
   </si>
   <si>
     <t>6014Q8</t>
   </si>
   <si>
     <t>Q60 DM</t>
   </si>
   <si>
     <t>6016Q8</t>
   </si>
   <si>
     <t>Q60 DM ext.</t>
   </si>
   <si>
     <t>6044Q8</t>
   </si>
   <si>
     <t>6046Q8</t>
   </si>
   <si>
     <t>6512Q8</t>
   </si>
   <si>
     <t>Q65 UM</t>
   </si>
@@ -497,95 +497,95 @@
         <v>10</v>
       </c>
       <c r="B5" s="0" t="s">
         <v>11</v>
       </c>
       <c r="C5" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="0" t="s">
         <v>12</v>
       </c>
       <c r="B6" s="0" t="s">
         <v>13</v>
       </c>
       <c r="C6" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="0" t="s">
         <v>14</v>
       </c>
       <c r="B7" s="0" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="C7" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="0" t="s">
+        <v>15</v>
+      </c>
+      <c r="B8" s="0" t="s">
         <v>16</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="C8" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="0" t="s">
         <v>17</v>
       </c>
       <c r="B9" s="0" t="s">
         <v>18</v>
       </c>
       <c r="C9" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="0" t="s">
         <v>19</v>
       </c>
       <c r="B10" s="0" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="C10" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="0" t="s">
+        <v>20</v>
+      </c>
+      <c r="B11" s="0" t="s">
         <v>21</v>
-      </c>
-[...1 lines deleted...]
-        <v>18</v>
       </c>
       <c r="C11" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="0" t="s">
         <v>22</v>
       </c>
       <c r="B12" s="0" t="s">
         <v>23</v>
       </c>
       <c r="C12" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="0" t="s">
         <v>24</v>
       </c>
       <c r="B13" s="0" t="s">
         <v>25</v>
       </c>
       <c r="C13" s="0" t="s">
         <v>5</v>
@@ -596,150 +596,150 @@
         <v>26</v>
       </c>
       <c r="B14" s="0" t="s">
         <v>23</v>
       </c>
       <c r="C14" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="0" t="s">
         <v>27</v>
       </c>
       <c r="B15" s="0" t="s">
         <v>28</v>
       </c>
       <c r="C15" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="0" t="s">
         <v>29</v>
       </c>
       <c r="B16" s="0" t="s">
-        <v>30</v>
+        <v>23</v>
       </c>
       <c r="C16" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="0" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="B17" s="0" t="s">
-        <v>28</v>
+        <v>23</v>
       </c>
       <c r="C17" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="0" t="s">
+        <v>31</v>
+      </c>
+      <c r="B18" s="0" t="s">
         <v>32</v>
-      </c>
-[...1 lines deleted...]
-        <v>28</v>
       </c>
       <c r="C18" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="0" t="s">
         <v>33</v>
       </c>
       <c r="B19" s="0" t="s">
         <v>34</v>
       </c>
       <c r="C19" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="0" t="s">
         <v>35</v>
       </c>
       <c r="B20" s="0" t="s">
         <v>36</v>
       </c>
       <c r="C20" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="0" t="s">
         <v>37</v>
       </c>
       <c r="B21" s="0" t="s">
-        <v>38</v>
+        <v>34</v>
       </c>
       <c r="C21" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="0" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="B22" s="0" t="s">
-        <v>36</v>
+        <v>34</v>
       </c>
       <c r="C22" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="0" t="s">
+        <v>39</v>
+      </c>
+      <c r="B23" s="0" t="s">
         <v>40</v>
-      </c>
-[...1 lines deleted...]
-        <v>41</v>
       </c>
       <c r="C23" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="0" t="s">
+        <v>41</v>
+      </c>
+      <c r="B24" s="0" t="s">
         <v>42</v>
-      </c>
-[...1 lines deleted...]
-        <v>36</v>
       </c>
       <c r="C24" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="0" t="s">
         <v>43</v>
       </c>
       <c r="B25" s="0" t="s">
-        <v>36</v>
+        <v>40</v>
       </c>
       <c r="C25" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="0" t="s">
         <v>44</v>
       </c>
       <c r="B26" s="0" t="s">
         <v>45</v>
       </c>
       <c r="C26" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="0" t="s">
         <v>46</v>
       </c>
       <c r="B27" s="0" t="s">
         <v>47</v>
       </c>
       <c r="C27" s="0" t="s">
         <v>5</v>
@@ -1245,95 +1245,95 @@
         <v>10</v>
       </c>
       <c r="B73" s="0" t="s">
         <v>11</v>
       </c>
       <c r="C73" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" s="0" t="s">
         <v>12</v>
       </c>
       <c r="B74" s="0" t="s">
         <v>13</v>
       </c>
       <c r="C74" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" s="0" t="s">
         <v>14</v>
       </c>
       <c r="B75" s="0" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="C75" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" s="0" t="s">
+        <v>15</v>
+      </c>
+      <c r="B76" s="0" t="s">
         <v>16</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="C76" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" s="0" t="s">
         <v>17</v>
       </c>
       <c r="B77" s="0" t="s">
         <v>18</v>
       </c>
       <c r="C77" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" s="0" t="s">
         <v>19</v>
       </c>
       <c r="B78" s="0" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="C78" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" s="0" t="s">
+        <v>20</v>
+      </c>
+      <c r="B79" s="0" t="s">
         <v>21</v>
-      </c>
-[...1 lines deleted...]
-        <v>18</v>
       </c>
       <c r="C79" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" s="0" t="s">
         <v>22</v>
       </c>
       <c r="B80" s="0" t="s">
         <v>23</v>
       </c>
       <c r="C80" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" s="0" t="s">
         <v>24</v>
       </c>
       <c r="B81" s="0" t="s">
         <v>25</v>
       </c>
       <c r="C81" s="0" t="s">
         <v>5</v>
@@ -1344,150 +1344,150 @@
         <v>26</v>
       </c>
       <c r="B82" s="0" t="s">
         <v>23</v>
       </c>
       <c r="C82" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" s="0" t="s">
         <v>27</v>
       </c>
       <c r="B83" s="0" t="s">
         <v>28</v>
       </c>
       <c r="C83" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" s="0" t="s">
         <v>29</v>
       </c>
       <c r="B84" s="0" t="s">
-        <v>30</v>
+        <v>23</v>
       </c>
       <c r="C84" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" s="0" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="B85" s="0" t="s">
-        <v>28</v>
+        <v>23</v>
       </c>
       <c r="C85" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" s="0" t="s">
+        <v>31</v>
+      </c>
+      <c r="B86" s="0" t="s">
         <v>32</v>
-      </c>
-[...1 lines deleted...]
-        <v>28</v>
       </c>
       <c r="C86" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" s="0" t="s">
         <v>33</v>
       </c>
       <c r="B87" s="0" t="s">
         <v>34</v>
       </c>
       <c r="C87" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" s="0" t="s">
         <v>35</v>
       </c>
       <c r="B88" s="0" t="s">
         <v>36</v>
       </c>
       <c r="C88" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" s="0" t="s">
         <v>37</v>
       </c>
       <c r="B89" s="0" t="s">
-        <v>38</v>
+        <v>34</v>
       </c>
       <c r="C89" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" s="0" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="B90" s="0" t="s">
-        <v>36</v>
+        <v>34</v>
       </c>
       <c r="C90" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" s="0" t="s">
+        <v>39</v>
+      </c>
+      <c r="B91" s="0" t="s">
         <v>40</v>
-      </c>
-[...1 lines deleted...]
-        <v>41</v>
       </c>
       <c r="C91" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" s="0" t="s">
+        <v>41</v>
+      </c>
+      <c r="B92" s="0" t="s">
         <v>42</v>
-      </c>
-[...1 lines deleted...]
-        <v>36</v>
       </c>
       <c r="C92" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" s="0" t="s">
         <v>43</v>
       </c>
       <c r="B93" s="0" t="s">
-        <v>36</v>
+        <v>40</v>
       </c>
       <c r="C93" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" s="0" t="s">
         <v>44</v>
       </c>
       <c r="B94" s="0" t="s">
         <v>45</v>
       </c>
       <c r="C94" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" s="0" t="s">
         <v>46</v>
       </c>
       <c r="B95" s="0" t="s">
         <v>47</v>
       </c>
       <c r="C95" s="0" t="s">
         <v>5</v>