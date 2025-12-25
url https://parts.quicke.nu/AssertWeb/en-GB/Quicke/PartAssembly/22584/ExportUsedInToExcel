--- v0 (2025-10-26)
+++ v1 (2025-12-25)
@@ -168,117 +168,117 @@
   <si>
     <t>3916Q8</t>
   </si>
   <si>
     <t>Q39 DM ext.</t>
   </si>
   <si>
     <t>2011Q8</t>
   </si>
   <si>
     <t>Q20 US</t>
   </si>
   <si>
     <t>2013Q8</t>
   </si>
   <si>
     <t>Q20 DS</t>
   </si>
   <si>
     <t>2014Q8</t>
   </si>
   <si>
     <t>Q20 DM</t>
   </si>
   <si>
+    <t>2513Q8</t>
+  </si>
+  <si>
+    <t>Q25 DS</t>
+  </si>
+  <si>
+    <t>3011Q8</t>
+  </si>
+  <si>
+    <t>Q30 US</t>
+  </si>
+  <si>
+    <t>3013Q8</t>
+  </si>
+  <si>
+    <t>Q30 DS</t>
+  </si>
+  <si>
+    <t>3014Q8</t>
+  </si>
+  <si>
+    <t>Q30 DM</t>
+  </si>
+  <si>
+    <t>3016Q8</t>
+  </si>
+  <si>
+    <t>Q30 DM ext.</t>
+  </si>
+  <si>
+    <t>3511Q8</t>
+  </si>
+  <si>
+    <t>Q35 US</t>
+  </si>
+  <si>
+    <t>3513Q8</t>
+  </si>
+  <si>
+    <t>Q35 DS</t>
+  </si>
+  <si>
+    <t>3514Q8</t>
+  </si>
+  <si>
+    <t>Q35 DM</t>
+  </si>
+  <si>
+    <t>3516Q8</t>
+  </si>
+  <si>
+    <t>Q35 DM ext.</t>
+  </si>
+  <si>
+    <t>3564Q8</t>
+  </si>
+  <si>
     <t>2511Q8</t>
   </si>
   <si>
     <t>Q25 US</t>
   </si>
   <si>
-    <t>2513Q8</t>
-[...4 lines deleted...]
-  <si>
     <t>2514Q8</t>
   </si>
   <si>
     <t>Q25 DM</t>
-  </si>
-[...49 lines deleted...]
-    <t>3564Q8</t>
   </si>
   <si>
     <t xml:space="preserve">Loader beam/ </t>
   </si>
   <si>
     <t>3011T8</t>
   </si>
   <si>
     <t>+2.0 US</t>
   </si>
   <si>
     <t>Loader beam/5218004-1 Support leg</t>
   </si>
   <si>
     <t>3013T8</t>
   </si>
   <si>
     <t>+2.0 DS</t>
   </si>
   <si>
     <t>3014T8</t>
   </si>
   <si>
     <t>+2.0 DM</t>
   </si>
@@ -969,480 +969,480 @@
         <v>68</v>
       </c>
       <c r="B34" s="0" t="s">
         <v>69</v>
       </c>
       <c r="C34" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="0" t="s">
         <v>70</v>
       </c>
       <c r="B35" s="0" t="s">
         <v>71</v>
       </c>
       <c r="C35" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="0" t="s">
         <v>72</v>
       </c>
       <c r="B36" s="0" t="s">
-        <v>73</v>
+        <v>69</v>
       </c>
       <c r="C36" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="0" t="s">
+        <v>73</v>
+      </c>
+      <c r="B37" s="0" t="s">
         <v>74</v>
-      </c>
-[...1 lines deleted...]
-        <v>75</v>
       </c>
       <c r="C37" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="0" t="s">
+        <v>75</v>
+      </c>
+      <c r="B38" s="0" t="s">
         <v>76</v>
-      </c>
-[...1 lines deleted...]
-        <v>73</v>
       </c>
       <c r="C38" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="0" t="s">
         <v>48</v>
       </c>
       <c r="B39" s="0" t="s">
         <v>49</v>
       </c>
       <c r="C39" s="0" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="0" t="s">
         <v>52</v>
       </c>
       <c r="B40" s="0" t="s">
         <v>53</v>
       </c>
       <c r="C40" s="0" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="0" t="s">
-        <v>54</v>
+        <v>73</v>
       </c>
       <c r="B41" s="0" t="s">
-        <v>55</v>
+        <v>74</v>
       </c>
       <c r="C41" s="0" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="0" t="s">
-        <v>56</v>
+        <v>54</v>
       </c>
       <c r="B42" s="0" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="C42" s="0" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="0" t="s">
-        <v>58</v>
+        <v>75</v>
       </c>
       <c r="B43" s="0" t="s">
-        <v>59</v>
+        <v>76</v>
       </c>
       <c r="C43" s="0" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="0" t="s">
-        <v>60</v>
+        <v>56</v>
       </c>
       <c r="B44" s="0" t="s">
-        <v>61</v>
+        <v>57</v>
       </c>
       <c r="C44" s="0" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="0" t="s">
-        <v>62</v>
+        <v>58</v>
       </c>
       <c r="B45" s="0" t="s">
-        <v>63</v>
+        <v>59</v>
       </c>
       <c r="C45" s="0" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="0" t="s">
-        <v>64</v>
+        <v>60</v>
       </c>
       <c r="B46" s="0" t="s">
-        <v>65</v>
+        <v>61</v>
       </c>
       <c r="C46" s="0" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="0" t="s">
-        <v>68</v>
+        <v>64</v>
       </c>
       <c r="B47" s="0" t="s">
-        <v>69</v>
+        <v>65</v>
       </c>
       <c r="C47" s="0" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="0" t="s">
-        <v>70</v>
+        <v>66</v>
       </c>
       <c r="B48" s="0" t="s">
-        <v>71</v>
+        <v>67</v>
       </c>
       <c r="C48" s="0" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="0" t="s">
         <v>72</v>
       </c>
       <c r="B49" s="0" t="s">
-        <v>73</v>
+        <v>69</v>
       </c>
       <c r="C49" s="0" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="0" t="s">
-        <v>74</v>
+        <v>62</v>
       </c>
       <c r="B50" s="0" t="s">
-        <v>75</v>
+        <v>63</v>
       </c>
       <c r="C50" s="0" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="0" t="s">
-        <v>76</v>
+        <v>3</v>
       </c>
       <c r="B51" s="0" t="s">
-        <v>73</v>
+        <v>4</v>
       </c>
       <c r="C51" s="0" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="0" t="s">
-        <v>66</v>
+        <v>6</v>
       </c>
       <c r="B52" s="0" t="s">
-        <v>67</v>
+        <v>7</v>
       </c>
       <c r="C52" s="0" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="0" t="s">
-        <v>3</v>
+        <v>10</v>
       </c>
       <c r="B53" s="0" t="s">
-        <v>4</v>
+        <v>11</v>
       </c>
       <c r="C53" s="0" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="0" t="s">
-        <v>6</v>
+        <v>12</v>
       </c>
       <c r="B54" s="0" t="s">
-        <v>7</v>
+        <v>13</v>
       </c>
       <c r="C54" s="0" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="0" t="s">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="B55" s="0" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="C55" s="0" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="0" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="B56" s="0" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="C56" s="0" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="0" t="s">
-        <v>16</v>
+        <v>22</v>
       </c>
       <c r="B57" s="0" t="s">
-        <v>17</v>
+        <v>23</v>
       </c>
       <c r="C57" s="0" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="0" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="B58" s="0" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="C58" s="0" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="0" t="s">
-        <v>22</v>
+        <v>28</v>
       </c>
       <c r="B59" s="0" t="s">
-        <v>23</v>
+        <v>29</v>
       </c>
       <c r="C59" s="0" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="0" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
       <c r="B60" s="0" t="s">
-        <v>25</v>
+        <v>31</v>
       </c>
       <c r="C60" s="0" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="0" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="B61" s="0" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="C61" s="0" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="0" t="s">
-        <v>30</v>
+        <v>38</v>
       </c>
       <c r="B62" s="0" t="s">
-        <v>31</v>
+        <v>39</v>
       </c>
       <c r="C62" s="0" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="0" t="s">
-        <v>32</v>
+        <v>42</v>
       </c>
       <c r="B63" s="0" t="s">
-        <v>33</v>
+        <v>43</v>
       </c>
       <c r="C63" s="0" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="0" t="s">
-        <v>36</v>
+        <v>46</v>
       </c>
       <c r="B64" s="0" t="s">
-        <v>37</v>
+        <v>47</v>
       </c>
       <c r="C64" s="0" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="0" t="s">
-        <v>38</v>
+        <v>50</v>
       </c>
       <c r="B65" s="0" t="s">
-        <v>39</v>
+        <v>51</v>
       </c>
       <c r="C65" s="0" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="0" t="s">
-        <v>42</v>
+        <v>8</v>
       </c>
       <c r="B66" s="0" t="s">
-        <v>43</v>
+        <v>9</v>
       </c>
       <c r="C66" s="0" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="0" t="s">
-        <v>46</v>
+        <v>14</v>
       </c>
       <c r="B67" s="0" t="s">
-        <v>47</v>
+        <v>15</v>
       </c>
       <c r="C67" s="0" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="0" t="s">
-        <v>50</v>
+        <v>26</v>
       </c>
       <c r="B68" s="0" t="s">
-        <v>51</v>
+        <v>27</v>
       </c>
       <c r="C68" s="0" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" s="0" t="s">
-        <v>8</v>
+        <v>40</v>
       </c>
       <c r="B69" s="0" t="s">
-        <v>9</v>
+        <v>41</v>
       </c>
       <c r="C69" s="0" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="0" t="s">
-        <v>14</v>
+        <v>68</v>
       </c>
       <c r="B70" s="0" t="s">
-        <v>15</v>
+        <v>69</v>
       </c>
       <c r="C70" s="0" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="0" t="s">
-        <v>20</v>
+        <v>70</v>
       </c>
       <c r="B71" s="0" t="s">
-        <v>21</v>
+        <v>71</v>
       </c>
       <c r="C71" s="0" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="0" t="s">
-        <v>26</v>
+        <v>20</v>
       </c>
       <c r="B72" s="0" t="s">
-        <v>27</v>
+        <v>21</v>
       </c>
       <c r="C72" s="0" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" s="0" t="s">
-        <v>34</v>
+        <v>44</v>
       </c>
       <c r="B73" s="0" t="s">
-        <v>35</v>
+        <v>45</v>
       </c>
       <c r="C73" s="0" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" s="0" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="B74" s="0" t="s">
-        <v>41</v>
+        <v>37</v>
       </c>
       <c r="C74" s="0" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" s="0" t="s">
-        <v>44</v>
+        <v>34</v>
       </c>
       <c r="B75" s="0" t="s">
-        <v>45</v>
+        <v>35</v>
       </c>
       <c r="C75" s="0" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="76">
       <c r="C76" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="77">
       <c r="C77" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="78">
       <c r="C78" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="79">
       <c r="C79" s="0" t="s">
         <v>5</v>
       </c>
     </row>
@@ -2394,120 +2394,120 @@
     </row>
     <row r="184">
       <c r="A184" s="0" t="s">
         <v>135</v>
       </c>
       <c r="B184" s="0" t="s">
         <v>136</v>
       </c>
       <c r="C184" s="0" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="185">
       <c r="A185" s="0" t="s">
         <v>145</v>
       </c>
       <c r="B185" s="0" t="s">
         <v>146</v>
       </c>
       <c r="C185" s="0" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="186">
       <c r="A186" s="0" t="s">
-        <v>103</v>
+        <v>143</v>
       </c>
       <c r="B186" s="0" t="s">
-        <v>104</v>
+        <v>144</v>
       </c>
       <c r="C186" s="0" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="187">
       <c r="A187" s="0" t="s">
-        <v>109</v>
+        <v>139</v>
       </c>
       <c r="B187" s="0" t="s">
-        <v>110</v>
+        <v>140</v>
       </c>
       <c r="C187" s="0" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="188">
       <c r="A188" s="0" t="s">
-        <v>115</v>
+        <v>103</v>
       </c>
       <c r="B188" s="0" t="s">
-        <v>116</v>
+        <v>104</v>
       </c>
       <c r="C188" s="0" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="189">
       <c r="A189" s="0" t="s">
-        <v>121</v>
+        <v>115</v>
       </c>
       <c r="B189" s="0" t="s">
-        <v>122</v>
+        <v>116</v>
       </c>
       <c r="C189" s="0" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="190">
       <c r="A190" s="0" t="s">
-        <v>129</v>
+        <v>121</v>
       </c>
       <c r="B190" s="0" t="s">
-        <v>130</v>
+        <v>122</v>
       </c>
       <c r="C190" s="0" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="191">
       <c r="A191" s="0" t="s">
-        <v>139</v>
+        <v>109</v>
       </c>
       <c r="B191" s="0" t="s">
-        <v>140</v>
+        <v>110</v>
       </c>
       <c r="C191" s="0" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="192">
       <c r="A192" s="0" t="s">
-        <v>143</v>
+        <v>129</v>
       </c>
       <c r="B192" s="0" t="s">
-        <v>144</v>
+        <v>130</v>
       </c>
       <c r="C192" s="0" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="193">
       <c r="C193" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="194">
       <c r="C194" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="195">
       <c r="C195" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="196">
       <c r="C196" s="0" t="s">
         <v>5</v>
       </c>
     </row>
@@ -3048,480 +3048,480 @@
         <v>68</v>
       </c>
       <c r="B265" s="0" t="s">
         <v>69</v>
       </c>
       <c r="C265" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="266">
       <c r="A266" s="0" t="s">
         <v>70</v>
       </c>
       <c r="B266" s="0" t="s">
         <v>71</v>
       </c>
       <c r="C266" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="267">
       <c r="A267" s="0" t="s">
         <v>72</v>
       </c>
       <c r="B267" s="0" t="s">
-        <v>73</v>
+        <v>69</v>
       </c>
       <c r="C267" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="268">
       <c r="A268" s="0" t="s">
+        <v>73</v>
+      </c>
+      <c r="B268" s="0" t="s">
         <v>74</v>
-      </c>
-[...1 lines deleted...]
-        <v>75</v>
       </c>
       <c r="C268" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="269">
       <c r="A269" s="0" t="s">
+        <v>75</v>
+      </c>
+      <c r="B269" s="0" t="s">
         <v>76</v>
-      </c>
-[...1 lines deleted...]
-        <v>73</v>
       </c>
       <c r="C269" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="270">
       <c r="A270" s="0" t="s">
         <v>48</v>
       </c>
       <c r="B270" s="0" t="s">
         <v>49</v>
       </c>
       <c r="C270" s="0" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="271">
       <c r="A271" s="0" t="s">
         <v>52</v>
       </c>
       <c r="B271" s="0" t="s">
         <v>53</v>
       </c>
       <c r="C271" s="0" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="272">
       <c r="A272" s="0" t="s">
-        <v>54</v>
+        <v>73</v>
       </c>
       <c r="B272" s="0" t="s">
-        <v>55</v>
+        <v>74</v>
       </c>
       <c r="C272" s="0" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="273">
       <c r="A273" s="0" t="s">
-        <v>56</v>
+        <v>54</v>
       </c>
       <c r="B273" s="0" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="C273" s="0" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="274">
       <c r="A274" s="0" t="s">
-        <v>58</v>
+        <v>75</v>
       </c>
       <c r="B274" s="0" t="s">
-        <v>59</v>
+        <v>76</v>
       </c>
       <c r="C274" s="0" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="275">
       <c r="A275" s="0" t="s">
-        <v>60</v>
+        <v>56</v>
       </c>
       <c r="B275" s="0" t="s">
-        <v>61</v>
+        <v>57</v>
       </c>
       <c r="C275" s="0" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="276">
       <c r="A276" s="0" t="s">
-        <v>62</v>
+        <v>58</v>
       </c>
       <c r="B276" s="0" t="s">
-        <v>63</v>
+        <v>59</v>
       </c>
       <c r="C276" s="0" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="277">
       <c r="A277" s="0" t="s">
-        <v>64</v>
+        <v>60</v>
       </c>
       <c r="B277" s="0" t="s">
-        <v>65</v>
+        <v>61</v>
       </c>
       <c r="C277" s="0" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="278">
       <c r="A278" s="0" t="s">
-        <v>68</v>
+        <v>64</v>
       </c>
       <c r="B278" s="0" t="s">
-        <v>69</v>
+        <v>65</v>
       </c>
       <c r="C278" s="0" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="279">
       <c r="A279" s="0" t="s">
-        <v>70</v>
+        <v>66</v>
       </c>
       <c r="B279" s="0" t="s">
-        <v>71</v>
+        <v>67</v>
       </c>
       <c r="C279" s="0" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="280">
       <c r="A280" s="0" t="s">
         <v>72</v>
       </c>
       <c r="B280" s="0" t="s">
-        <v>73</v>
+        <v>69</v>
       </c>
       <c r="C280" s="0" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="281">
       <c r="A281" s="0" t="s">
-        <v>74</v>
+        <v>62</v>
       </c>
       <c r="B281" s="0" t="s">
-        <v>75</v>
+        <v>63</v>
       </c>
       <c r="C281" s="0" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="282">
       <c r="A282" s="0" t="s">
-        <v>76</v>
+        <v>3</v>
       </c>
       <c r="B282" s="0" t="s">
-        <v>73</v>
+        <v>4</v>
       </c>
       <c r="C282" s="0" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="283">
       <c r="A283" s="0" t="s">
-        <v>66</v>
+        <v>6</v>
       </c>
       <c r="B283" s="0" t="s">
-        <v>67</v>
+        <v>7</v>
       </c>
       <c r="C283" s="0" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="284">
       <c r="A284" s="0" t="s">
-        <v>3</v>
+        <v>10</v>
       </c>
       <c r="B284" s="0" t="s">
-        <v>4</v>
+        <v>11</v>
       </c>
       <c r="C284" s="0" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="285">
       <c r="A285" s="0" t="s">
-        <v>6</v>
+        <v>12</v>
       </c>
       <c r="B285" s="0" t="s">
-        <v>7</v>
+        <v>13</v>
       </c>
       <c r="C285" s="0" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="286">
       <c r="A286" s="0" t="s">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="B286" s="0" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="C286" s="0" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="287">
       <c r="A287" s="0" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="B287" s="0" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="C287" s="0" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="288">
       <c r="A288" s="0" t="s">
-        <v>16</v>
+        <v>22</v>
       </c>
       <c r="B288" s="0" t="s">
-        <v>17</v>
+        <v>23</v>
       </c>
       <c r="C288" s="0" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="289">
       <c r="A289" s="0" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="B289" s="0" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="C289" s="0" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="290">
       <c r="A290" s="0" t="s">
-        <v>22</v>
+        <v>28</v>
       </c>
       <c r="B290" s="0" t="s">
-        <v>23</v>
+        <v>29</v>
       </c>
       <c r="C290" s="0" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="291">
       <c r="A291" s="0" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
       <c r="B291" s="0" t="s">
-        <v>25</v>
+        <v>31</v>
       </c>
       <c r="C291" s="0" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="292">
       <c r="A292" s="0" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="B292" s="0" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="C292" s="0" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="293">
       <c r="A293" s="0" t="s">
-        <v>30</v>
+        <v>38</v>
       </c>
       <c r="B293" s="0" t="s">
-        <v>31</v>
+        <v>39</v>
       </c>
       <c r="C293" s="0" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="294">
       <c r="A294" s="0" t="s">
-        <v>32</v>
+        <v>42</v>
       </c>
       <c r="B294" s="0" t="s">
-        <v>33</v>
+        <v>43</v>
       </c>
       <c r="C294" s="0" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="295">
       <c r="A295" s="0" t="s">
-        <v>36</v>
+        <v>46</v>
       </c>
       <c r="B295" s="0" t="s">
-        <v>37</v>
+        <v>47</v>
       </c>
       <c r="C295" s="0" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="296">
       <c r="A296" s="0" t="s">
-        <v>38</v>
+        <v>50</v>
       </c>
       <c r="B296" s="0" t="s">
-        <v>39</v>
+        <v>51</v>
       </c>
       <c r="C296" s="0" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="297">
       <c r="A297" s="0" t="s">
-        <v>42</v>
+        <v>8</v>
       </c>
       <c r="B297" s="0" t="s">
-        <v>43</v>
+        <v>9</v>
       </c>
       <c r="C297" s="0" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="298">
       <c r="A298" s="0" t="s">
-        <v>46</v>
+        <v>14</v>
       </c>
       <c r="B298" s="0" t="s">
-        <v>47</v>
+        <v>15</v>
       </c>
       <c r="C298" s="0" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="299">
       <c r="A299" s="0" t="s">
-        <v>50</v>
+        <v>26</v>
       </c>
       <c r="B299" s="0" t="s">
-        <v>51</v>
+        <v>27</v>
       </c>
       <c r="C299" s="0" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="300">
       <c r="A300" s="0" t="s">
-        <v>8</v>
+        <v>40</v>
       </c>
       <c r="B300" s="0" t="s">
-        <v>9</v>
+        <v>41</v>
       </c>
       <c r="C300" s="0" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="301">
       <c r="A301" s="0" t="s">
-        <v>14</v>
+        <v>68</v>
       </c>
       <c r="B301" s="0" t="s">
-        <v>15</v>
+        <v>69</v>
       </c>
       <c r="C301" s="0" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="302">
       <c r="A302" s="0" t="s">
-        <v>20</v>
+        <v>70</v>
       </c>
       <c r="B302" s="0" t="s">
-        <v>21</v>
+        <v>71</v>
       </c>
       <c r="C302" s="0" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="303">
       <c r="A303" s="0" t="s">
-        <v>26</v>
+        <v>20</v>
       </c>
       <c r="B303" s="0" t="s">
-        <v>27</v>
+        <v>21</v>
       </c>
       <c r="C303" s="0" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="304">
       <c r="A304" s="0" t="s">
-        <v>34</v>
+        <v>44</v>
       </c>
       <c r="B304" s="0" t="s">
-        <v>35</v>
+        <v>45</v>
       </c>
       <c r="C304" s="0" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="305">
       <c r="A305" s="0" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="B305" s="0" t="s">
-        <v>41</v>
+        <v>37</v>
       </c>
       <c r="C305" s="0" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="306">
       <c r="A306" s="0" t="s">
-        <v>44</v>
+        <v>34</v>
       </c>
       <c r="B306" s="0" t="s">
-        <v>45</v>
+        <v>35</v>
       </c>
       <c r="C306" s="0" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="307">
       <c r="C307" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="308">
       <c r="C308" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="309">
       <c r="C309" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="310">
       <c r="C310" s="0" t="s">
         <v>5</v>
       </c>
     </row>