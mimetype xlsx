--- v0 (2025-10-22)
+++ v1 (2026-03-07)
@@ -39,360 +39,360 @@
   <si>
     <t>4111Q8</t>
   </si>
   <si>
     <t>Q41 US</t>
   </si>
   <si>
     <t xml:space="preserve">/ </t>
   </si>
   <si>
     <t>4114Q8</t>
   </si>
   <si>
     <t>Q41 DM</t>
   </si>
   <si>
     <t>4154Q8</t>
   </si>
   <si>
     <t>4916Q8</t>
   </si>
   <si>
     <t>Q49 DM ext.</t>
   </si>
   <si>
+    <t>5116Q8</t>
+  </si>
+  <si>
+    <t>Q51 DM ext.</t>
+  </si>
+  <si>
+    <t>4011Q8</t>
+  </si>
+  <si>
+    <t>Q40 US</t>
+  </si>
+  <si>
+    <t>4014Q8</t>
+  </si>
+  <si>
+    <t>Q40 DM</t>
+  </si>
+  <si>
+    <t>4016Q8</t>
+  </si>
+  <si>
+    <t>Q40 DM ext.</t>
+  </si>
+  <si>
+    <t>4054Q8</t>
+  </si>
+  <si>
+    <t>5011Q8</t>
+  </si>
+  <si>
+    <t>Q50 US</t>
+  </si>
+  <si>
+    <t>6014Q8</t>
+  </si>
+  <si>
+    <t>Q60 DM</t>
+  </si>
+  <si>
+    <t>6016Q8</t>
+  </si>
+  <si>
+    <t>Q60 DM ext.</t>
+  </si>
+  <si>
+    <t>6044Q8</t>
+  </si>
+  <si>
+    <t>6046Q8</t>
+  </si>
+  <si>
+    <t>4611Q8</t>
+  </si>
+  <si>
+    <t>Q46 US</t>
+  </si>
+  <si>
+    <t>4614Q8</t>
+  </si>
+  <si>
+    <t>Q46 DM</t>
+  </si>
+  <si>
+    <t>4616Q8</t>
+  </si>
+  <si>
+    <t>Q46 DM ext.</t>
+  </si>
+  <si>
+    <t>4654Q8</t>
+  </si>
+  <si>
+    <t>5611Q8</t>
+  </si>
+  <si>
+    <t>Q56 US</t>
+  </si>
+  <si>
+    <t>5616Q8</t>
+  </si>
+  <si>
+    <t>Q56 DM ext.</t>
+  </si>
+  <si>
+    <t>5511Q8</t>
+  </si>
+  <si>
+    <t>Q55 US</t>
+  </si>
+  <si>
+    <t>5512Q8</t>
+  </si>
+  <si>
+    <t>Q55 UM</t>
+  </si>
+  <si>
+    <t>5514Q8</t>
+  </si>
+  <si>
+    <t>Q55 DM</t>
+  </si>
+  <si>
+    <t>5516Q8</t>
+  </si>
+  <si>
+    <t>Q55 DM ext.</t>
+  </si>
+  <si>
+    <t>5534Q8</t>
+  </si>
+  <si>
+    <t>Q55 DM, DM ext</t>
+  </si>
+  <si>
+    <t>5544Q, 5546Q</t>
+  </si>
+  <si>
+    <t>5554Q8</t>
+  </si>
+  <si>
+    <t>5564Q8</t>
+  </si>
+  <si>
+    <t>6512Q8</t>
+  </si>
+  <si>
+    <t>Q65 UM</t>
+  </si>
+  <si>
+    <t>6514Q8</t>
+  </si>
+  <si>
+    <t>Q65 DM</t>
+  </si>
+  <si>
+    <t>6516Q8</t>
+  </si>
+  <si>
+    <t>Q65 DM ext.</t>
+  </si>
+  <si>
+    <t>6534Q8</t>
+  </si>
+  <si>
+    <t>6544Q8</t>
+  </si>
+  <si>
+    <t>6546Q8</t>
+  </si>
+  <si>
+    <t>6564Q8</t>
+  </si>
+  <si>
+    <t>4816Q8</t>
+  </si>
+  <si>
+    <t>Q48 DM ext.</t>
+  </si>
+  <si>
+    <t>4814Q8</t>
+  </si>
+  <si>
+    <t>Q48 DM</t>
+  </si>
+  <si>
+    <t>4912Q8</t>
+  </si>
+  <si>
+    <t>Q49 UM</t>
+  </si>
+  <si>
+    <t>4914Q8</t>
+  </si>
+  <si>
+    <t>Q49 DM</t>
+  </si>
+  <si>
     <t>5111Q8</t>
   </si>
   <si>
     <t>Q51 US</t>
   </si>
   <si>
     <t>5114Q8</t>
   </si>
   <si>
     <t>Q51 DM</t>
   </si>
   <si>
-    <t>5116Q8</t>
-[...4 lines deleted...]
-  <si>
     <t>5154Q8</t>
   </si>
   <si>
+    <t>5612Q8</t>
+  </si>
+  <si>
+    <t>Q56 UM</t>
+  </si>
+  <si>
+    <t>5614Q8</t>
+  </si>
+  <si>
+    <t>Q56 DM</t>
+  </si>
+  <si>
+    <t>5654Q8</t>
+  </si>
+  <si>
+    <t>5856Q8</t>
+  </si>
+  <si>
+    <t>Q58 DM ext.</t>
+  </si>
+  <si>
+    <t>5854Q8</t>
+  </si>
+  <si>
+    <t>Q58 DM</t>
+  </si>
+  <si>
+    <t>5816Q8</t>
+  </si>
+  <si>
+    <t>5814Q8</t>
+  </si>
+  <si>
     <t>6114Q8</t>
   </si>
   <si>
     <t>Q61 DM</t>
   </si>
   <si>
     <t>6116Q8</t>
   </si>
   <si>
     <t>Q61 DM ext.</t>
   </si>
   <si>
-    <t>4011Q8</t>
-[...23 lines deleted...]
-    <t>Q50 US</t>
+    <t>6612Q8</t>
+  </si>
+  <si>
+    <t>Q66 UM</t>
+  </si>
+  <si>
+    <t>6614Q8</t>
+  </si>
+  <si>
+    <t>Q66 DM</t>
+  </si>
+  <si>
+    <t>6616Q8</t>
+  </si>
+  <si>
+    <t>Q66 DM ext.</t>
+  </si>
+  <si>
+    <t>6814Q8</t>
+  </si>
+  <si>
+    <t>Q68 DM</t>
+  </si>
+  <si>
+    <t>6816Q8</t>
+  </si>
+  <si>
+    <t>Q68 DM ext.</t>
+  </si>
+  <si>
+    <t>6854Q8</t>
+  </si>
+  <si>
+    <t>6856Q8</t>
+  </si>
+  <si>
+    <t>4511Q8</t>
+  </si>
+  <si>
+    <t>Q45 US</t>
+  </si>
+  <si>
+    <t>4514Q8</t>
+  </si>
+  <si>
+    <t>Q45 DM</t>
+  </si>
+  <si>
+    <t>4516Q8</t>
+  </si>
+  <si>
+    <t>Q45 DM ext.</t>
+  </si>
+  <si>
+    <t>4554Q8</t>
+  </si>
+  <si>
+    <t>4564Q8</t>
   </si>
   <si>
     <t>5014Q8</t>
   </si>
   <si>
     <t>Q50 DM</t>
   </si>
   <si>
     <t>5016Q8</t>
   </si>
   <si>
     <t>Q50 DM ext.</t>
   </si>
   <si>
     <t>5054Q8</t>
-  </si>
-[...235 lines deleted...]
-    <t>6564Q8</t>
   </si>
   <si>
     <t xml:space="preserve">Loader beam/ </t>
   </si>
   <si>
     <t>4011T8</t>
   </si>
   <si>
     <t>+3.0 US</t>
   </si>
   <si>
     <t>Loader beam/5218005-1 Support leg</t>
   </si>
   <si>
     <t>4014T8</t>
   </si>
   <si>
     <t>+3.0 DM</t>
   </si>
   <si>
     <t>5016T8</t>
   </si>
   <si>
     <t>+4.0 DM ext.</t>
   </si>
@@ -861,1415 +861,1415 @@
         <v>13</v>
       </c>
       <c r="B7" s="0" t="s">
         <v>14</v>
       </c>
       <c r="C7" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="0" t="s">
         <v>15</v>
       </c>
       <c r="B8" s="0" t="s">
         <v>16</v>
       </c>
       <c r="C8" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="0" t="s">
         <v>17</v>
       </c>
       <c r="B9" s="0" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="C9" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="0" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="B10" s="0" t="s">
-        <v>19</v>
+        <v>16</v>
       </c>
       <c r="C10" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="0" t="s">
         <v>20</v>
       </c>
       <c r="B11" s="0" t="s">
         <v>21</v>
       </c>
       <c r="C11" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="0" t="s">
         <v>22</v>
       </c>
       <c r="B12" s="0" t="s">
         <v>23</v>
       </c>
       <c r="C12" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="0" t="s">
         <v>24</v>
       </c>
       <c r="B13" s="0" t="s">
         <v>25</v>
       </c>
       <c r="C13" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="0" t="s">
         <v>26</v>
       </c>
       <c r="B14" s="0" t="s">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="C14" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="0" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="B15" s="0" t="s">
-        <v>25</v>
+        <v>23</v>
       </c>
       <c r="C15" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="B16" s="0" t="s">
         <v>29</v>
-      </c>
-[...1 lines deleted...]
-        <v>30</v>
       </c>
       <c r="C16" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="0" t="s">
+        <v>30</v>
+      </c>
+      <c r="B17" s="0" t="s">
         <v>31</v>
-      </c>
-[...1 lines deleted...]
-        <v>32</v>
       </c>
       <c r="C17" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="0" t="s">
+        <v>32</v>
+      </c>
+      <c r="B18" s="0" t="s">
         <v>33</v>
-      </c>
-[...1 lines deleted...]
-        <v>34</v>
       </c>
       <c r="C18" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="0" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="B19" s="0" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="C19" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="0" t="s">
+        <v>35</v>
+      </c>
+      <c r="B20" s="0" t="s">
         <v>36</v>
-      </c>
-[...1 lines deleted...]
-        <v>37</v>
       </c>
       <c r="C20" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="0" t="s">
+        <v>37</v>
+      </c>
+      <c r="B21" s="0" t="s">
         <v>38</v>
-      </c>
-[...1 lines deleted...]
-        <v>39</v>
       </c>
       <c r="C21" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="0" t="s">
+        <v>39</v>
+      </c>
+      <c r="B22" s="0" t="s">
         <v>40</v>
-      </c>
-[...1 lines deleted...]
-        <v>37</v>
       </c>
       <c r="C22" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="0" t="s">
         <v>41</v>
       </c>
       <c r="B23" s="0" t="s">
-        <v>37</v>
+        <v>42</v>
       </c>
       <c r="C23" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="0" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="B24" s="0" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="C24" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="0" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="B25" s="0" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="C25" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="0" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="B26" s="0" t="s">
-        <v>47</v>
+        <v>44</v>
       </c>
       <c r="C26" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="0" t="s">
         <v>48</v>
       </c>
       <c r="B27" s="0" t="s">
-        <v>45</v>
+        <v>49</v>
       </c>
       <c r="C27" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="0" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="B28" s="0" t="s">
-        <v>50</v>
+        <v>44</v>
       </c>
       <c r="C28" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="0" t="s">
         <v>51</v>
       </c>
       <c r="B29" s="0" t="s">
-        <v>52</v>
+        <v>44</v>
       </c>
       <c r="C29" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="0" t="s">
+        <v>52</v>
+      </c>
+      <c r="B30" s="0" t="s">
         <v>53</v>
-      </c>
-[...1 lines deleted...]
-        <v>54</v>
       </c>
       <c r="C30" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="0" t="s">
+        <v>54</v>
+      </c>
+      <c r="B31" s="0" t="s">
         <v>55</v>
-      </c>
-[...1 lines deleted...]
-        <v>56</v>
       </c>
       <c r="C31" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="0" t="s">
+        <v>56</v>
+      </c>
+      <c r="B32" s="0" t="s">
         <v>57</v>
-      </c>
-[...1 lines deleted...]
-        <v>58</v>
       </c>
       <c r="C32" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="0" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="B33" s="0" t="s">
-        <v>60</v>
+        <v>55</v>
       </c>
       <c r="C33" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="0" t="s">
-        <v>61</v>
+        <v>59</v>
       </c>
       <c r="B34" s="0" t="s">
-        <v>62</v>
+        <v>55</v>
       </c>
       <c r="C34" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="0" t="s">
-        <v>63</v>
+        <v>60</v>
       </c>
       <c r="B35" s="0" t="s">
-        <v>64</v>
+        <v>57</v>
       </c>
       <c r="C35" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="0" t="s">
-        <v>65</v>
+        <v>61</v>
       </c>
       <c r="B36" s="0" t="s">
-        <v>62</v>
+        <v>55</v>
       </c>
       <c r="C36" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="0" t="s">
-        <v>66</v>
+        <v>62</v>
       </c>
       <c r="B37" s="0" t="s">
-        <v>67</v>
+        <v>63</v>
       </c>
       <c r="C37" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="0" t="s">
-        <v>68</v>
+        <v>64</v>
       </c>
       <c r="B38" s="0" t="s">
-        <v>69</v>
+        <v>65</v>
       </c>
       <c r="C38" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="0" t="s">
-        <v>70</v>
+        <v>66</v>
       </c>
       <c r="B39" s="0" t="s">
         <v>67</v>
       </c>
       <c r="C39" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="0" t="s">
-        <v>71</v>
+        <v>68</v>
       </c>
       <c r="B40" s="0" t="s">
         <v>69</v>
       </c>
       <c r="C40" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="0" t="s">
-        <v>72</v>
+        <v>70</v>
       </c>
       <c r="B41" s="0" t="s">
-        <v>73</v>
+        <v>71</v>
       </c>
       <c r="C41" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="0" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
       <c r="B42" s="0" t="s">
-        <v>75</v>
+        <v>73</v>
       </c>
       <c r="C42" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="0" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="B43" s="0" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="C43" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="0" t="s">
-        <v>78</v>
+        <v>75</v>
       </c>
       <c r="B44" s="0" t="s">
-        <v>79</v>
+        <v>76</v>
       </c>
       <c r="C44" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="0" t="s">
-        <v>80</v>
+        <v>77</v>
       </c>
       <c r="B45" s="0" t="s">
-        <v>81</v>
+        <v>78</v>
       </c>
       <c r="C45" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="0" t="s">
-        <v>82</v>
+        <v>79</v>
       </c>
       <c r="B46" s="0" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="C46" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="0" t="s">
-        <v>83</v>
+        <v>80</v>
       </c>
       <c r="B47" s="0" t="s">
         <v>81</v>
       </c>
       <c r="C47" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="0" t="s">
-        <v>84</v>
+        <v>82</v>
       </c>
       <c r="B48" s="0" t="s">
-        <v>85</v>
+        <v>83</v>
       </c>
       <c r="C48" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="0" t="s">
-        <v>86</v>
+        <v>84</v>
       </c>
       <c r="B49" s="0" t="s">
-        <v>87</v>
+        <v>81</v>
       </c>
       <c r="C49" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="0" t="s">
-        <v>88</v>
+        <v>85</v>
       </c>
       <c r="B50" s="0" t="s">
-        <v>89</v>
+        <v>83</v>
       </c>
       <c r="C50" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="0" t="s">
-        <v>90</v>
+        <v>86</v>
       </c>
       <c r="B51" s="0" t="s">
         <v>87</v>
       </c>
       <c r="C51" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="0" t="s">
-        <v>91</v>
+        <v>88</v>
       </c>
       <c r="B52" s="0" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="C52" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="0" t="s">
-        <v>92</v>
+        <v>90</v>
       </c>
       <c r="B53" s="0" t="s">
-        <v>93</v>
+        <v>91</v>
       </c>
       <c r="C53" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="0" t="s">
-        <v>94</v>
+        <v>92</v>
       </c>
       <c r="B54" s="0" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="C54" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="0" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="B55" s="0" t="s">
-        <v>97</v>
+        <v>95</v>
       </c>
       <c r="C55" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="0" t="s">
-        <v>98</v>
+        <v>96</v>
       </c>
       <c r="B56" s="0" t="s">
-        <v>99</v>
+        <v>97</v>
       </c>
       <c r="C56" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="0" t="s">
-        <v>100</v>
+        <v>98</v>
       </c>
       <c r="B57" s="0" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="C57" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="0" t="s">
-        <v>101</v>
+        <v>100</v>
       </c>
       <c r="B58" s="0" t="s">
-        <v>102</v>
+        <v>97</v>
       </c>
       <c r="C58" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="0" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="B59" s="0" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="C59" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="0" t="s">
-        <v>104</v>
+        <v>102</v>
       </c>
       <c r="B60" s="0" t="s">
-        <v>97</v>
+        <v>103</v>
       </c>
       <c r="C60" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="0" t="s">
+        <v>104</v>
+      </c>
+      <c r="B61" s="0" t="s">
         <v>105</v>
-      </c>
-[...1 lines deleted...]
-        <v>106</v>
       </c>
       <c r="C61" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="0" t="s">
+        <v>106</v>
+      </c>
+      <c r="B62" s="0" t="s">
         <v>107</v>
-      </c>
-[...1 lines deleted...]
-        <v>108</v>
       </c>
       <c r="C62" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="0" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="B63" s="0" t="s">
-        <v>110</v>
+        <v>105</v>
       </c>
       <c r="C63" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="0" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="B64" s="0" t="s">
-        <v>108</v>
+        <v>105</v>
       </c>
       <c r="C64" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="0" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="B65" s="0" t="s">
-        <v>108</v>
+        <v>111</v>
       </c>
       <c r="C65" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="0" t="s">
+        <v>112</v>
+      </c>
+      <c r="B66" s="0" t="s">
         <v>113</v>
-      </c>
-[...1 lines deleted...]
-        <v>110</v>
       </c>
       <c r="C66" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="0" t="s">
         <v>114</v>
       </c>
       <c r="B67" s="0" t="s">
-        <v>108</v>
+        <v>111</v>
       </c>
       <c r="C67" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="0" t="s">
-        <v>22</v>
+        <v>13</v>
       </c>
       <c r="B68" s="0" t="s">
-        <v>23</v>
+        <v>14</v>
       </c>
       <c r="C68" s="0" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" s="0" t="s">
-        <v>24</v>
+        <v>102</v>
       </c>
       <c r="B69" s="0" t="s">
-        <v>25</v>
+        <v>103</v>
       </c>
       <c r="C69" s="0" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="0" t="s">
-        <v>84</v>
+        <v>106</v>
       </c>
       <c r="B70" s="0" t="s">
-        <v>85</v>
+        <v>107</v>
       </c>
       <c r="C70" s="0" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="0" t="s">
-        <v>86</v>
+        <v>20</v>
       </c>
       <c r="B71" s="0" t="s">
-        <v>87</v>
+        <v>21</v>
       </c>
       <c r="C71" s="0" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="0" t="s">
-        <v>88</v>
+        <v>26</v>
       </c>
       <c r="B72" s="0" t="s">
-        <v>89</v>
+        <v>23</v>
       </c>
       <c r="C72" s="0" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" s="0" t="s">
-        <v>29</v>
+        <v>27</v>
       </c>
       <c r="B73" s="0" t="s">
-        <v>30</v>
+        <v>23</v>
       </c>
       <c r="C73" s="0" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" s="0" t="s">
-        <v>31</v>
+        <v>19</v>
       </c>
       <c r="B74" s="0" t="s">
-        <v>32</v>
+        <v>16</v>
       </c>
       <c r="C74" s="0" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" s="0" t="s">
-        <v>33</v>
+        <v>108</v>
       </c>
       <c r="B75" s="0" t="s">
-        <v>34</v>
+        <v>105</v>
       </c>
       <c r="C75" s="0" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" s="0" t="s">
-        <v>36</v>
+        <v>109</v>
       </c>
       <c r="B76" s="0" t="s">
-        <v>37</v>
+        <v>105</v>
       </c>
       <c r="C76" s="0" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" s="0" t="s">
-        <v>38</v>
+        <v>114</v>
       </c>
       <c r="B77" s="0" t="s">
-        <v>39</v>
+        <v>111</v>
       </c>
       <c r="C77" s="0" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" s="0" t="s">
-        <v>40</v>
+        <v>3</v>
       </c>
       <c r="B78" s="0" t="s">
-        <v>37</v>
+        <v>4</v>
       </c>
       <c r="C78" s="0" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" s="0" t="s">
-        <v>41</v>
+        <v>8</v>
       </c>
       <c r="B79" s="0" t="s">
-        <v>37</v>
+        <v>7</v>
       </c>
       <c r="C79" s="0" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" s="0" t="s">
         <v>28</v>
       </c>
       <c r="B80" s="0" t="s">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="C80" s="0" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" s="0" t="s">
-        <v>90</v>
+        <v>62</v>
       </c>
       <c r="B81" s="0" t="s">
-        <v>87</v>
+        <v>63</v>
       </c>
       <c r="C81" s="0" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" s="0" t="s">
-        <v>91</v>
+        <v>9</v>
       </c>
       <c r="B82" s="0" t="s">
-        <v>87</v>
+        <v>10</v>
       </c>
       <c r="C82" s="0" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" s="0" t="s">
-        <v>35</v>
+        <v>70</v>
       </c>
       <c r="B83" s="0" t="s">
-        <v>32</v>
+        <v>71</v>
       </c>
       <c r="C83" s="0" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" s="0" t="s">
-        <v>26</v>
+        <v>74</v>
       </c>
       <c r="B84" s="0" t="s">
-        <v>27</v>
+        <v>73</v>
       </c>
       <c r="C84" s="0" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" s="0" t="s">
-        <v>55</v>
+        <v>66</v>
       </c>
       <c r="B85" s="0" t="s">
-        <v>56</v>
+        <v>67</v>
       </c>
       <c r="C85" s="0" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" s="0" t="s">
-        <v>3</v>
+        <v>35</v>
       </c>
       <c r="B86" s="0" t="s">
-        <v>4</v>
+        <v>36</v>
       </c>
       <c r="C86" s="0" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" s="0" t="s">
-        <v>8</v>
+        <v>75</v>
       </c>
       <c r="B87" s="0" t="s">
-        <v>7</v>
+        <v>76</v>
       </c>
       <c r="C87" s="0" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" s="0" t="s">
-        <v>42</v>
+        <v>79</v>
       </c>
       <c r="B88" s="0" t="s">
-        <v>43</v>
+        <v>78</v>
       </c>
       <c r="C88" s="0" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" s="0" t="s">
-        <v>46</v>
+        <v>84</v>
       </c>
       <c r="B89" s="0" t="s">
-        <v>47</v>
+        <v>81</v>
       </c>
       <c r="C89" s="0" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" s="0" t="s">
-        <v>51</v>
+        <v>82</v>
       </c>
       <c r="B90" s="0" t="s">
-        <v>52</v>
+        <v>83</v>
       </c>
       <c r="C90" s="0" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" s="0" t="s">
-        <v>9</v>
+        <v>80</v>
       </c>
       <c r="B91" s="0" t="s">
-        <v>10</v>
+        <v>81</v>
       </c>
       <c r="C91" s="0" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" s="0" t="s">
-        <v>11</v>
+        <v>51</v>
       </c>
       <c r="B92" s="0" t="s">
-        <v>12</v>
+        <v>44</v>
       </c>
       <c r="C92" s="0" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" s="0" t="s">
-        <v>13</v>
+        <v>39</v>
       </c>
       <c r="B93" s="0" t="s">
-        <v>14</v>
+        <v>40</v>
       </c>
       <c r="C93" s="0" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" s="0" t="s">
-        <v>15</v>
+        <v>41</v>
       </c>
       <c r="B94" s="0" t="s">
-        <v>16</v>
+        <v>42</v>
       </c>
       <c r="C94" s="0" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" s="0" t="s">
-        <v>17</v>
+        <v>45</v>
       </c>
       <c r="B95" s="0" t="s">
-        <v>14</v>
+        <v>46</v>
       </c>
       <c r="C95" s="0" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" s="0" t="s">
-        <v>20</v>
+        <v>47</v>
       </c>
       <c r="B96" s="0" t="s">
-        <v>21</v>
+        <v>44</v>
       </c>
       <c r="C96" s="0" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" s="0" t="s">
-        <v>53</v>
+        <v>48</v>
       </c>
       <c r="B97" s="0" t="s">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="C97" s="0" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" s="0" t="s">
-        <v>63</v>
+        <v>50</v>
       </c>
       <c r="B98" s="0" t="s">
-        <v>64</v>
+        <v>44</v>
       </c>
       <c r="C98" s="0" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" s="0" t="s">
-        <v>66</v>
+        <v>90</v>
       </c>
       <c r="B99" s="0" t="s">
-        <v>67</v>
+        <v>91</v>
       </c>
       <c r="C99" s="0" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" s="0" t="s">
-        <v>76</v>
+        <v>98</v>
       </c>
       <c r="B100" s="0" t="s">
-        <v>77</v>
+        <v>99</v>
       </c>
       <c r="C100" s="0" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" s="0" t="s">
-        <v>78</v>
+        <v>100</v>
       </c>
       <c r="B101" s="0" t="s">
-        <v>79</v>
+        <v>97</v>
       </c>
       <c r="C101" s="0" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" s="0" t="s">
-        <v>96</v>
+        <v>101</v>
       </c>
       <c r="B102" s="0" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="C102" s="0" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" s="0" t="s">
-        <v>107</v>
+        <v>60</v>
       </c>
       <c r="B103" s="0" t="s">
-        <v>108</v>
+        <v>57</v>
       </c>
       <c r="C103" s="0" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" s="0" t="s">
-        <v>109</v>
+        <v>59</v>
       </c>
       <c r="B104" s="0" t="s">
-        <v>110</v>
+        <v>55</v>
       </c>
       <c r="C104" s="0" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" s="0" t="s">
-        <v>61</v>
+        <v>58</v>
       </c>
       <c r="B105" s="0" t="s">
-        <v>62</v>
+        <v>55</v>
       </c>
       <c r="C105" s="0" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" s="0" t="s">
-        <v>18</v>
+        <v>52</v>
       </c>
       <c r="B106" s="0" t="s">
-        <v>19</v>
+        <v>53</v>
       </c>
       <c r="C106" s="0" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" s="0" t="s">
-        <v>74</v>
+        <v>61</v>
       </c>
       <c r="B107" s="0" t="s">
-        <v>75</v>
+        <v>55</v>
       </c>
       <c r="C107" s="0" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" s="0" t="s">
-        <v>6</v>
+        <v>34</v>
       </c>
       <c r="B108" s="0" t="s">
-        <v>7</v>
+        <v>31</v>
       </c>
       <c r="C108" s="0" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" s="0" t="s">
-        <v>44</v>
+        <v>64</v>
       </c>
       <c r="B109" s="0" t="s">
-        <v>45</v>
+        <v>65</v>
       </c>
       <c r="C109" s="0" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" s="0" t="s">
-        <v>57</v>
+        <v>15</v>
       </c>
       <c r="B110" s="0" t="s">
-        <v>58</v>
+        <v>16</v>
       </c>
       <c r="C110" s="0" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" s="0" t="s">
-        <v>59</v>
+        <v>104</v>
       </c>
       <c r="B111" s="0" t="s">
-        <v>60</v>
+        <v>105</v>
       </c>
       <c r="C111" s="0" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" s="0" t="s">
-        <v>65</v>
+        <v>85</v>
       </c>
       <c r="B112" s="0" t="s">
-        <v>62</v>
+        <v>83</v>
       </c>
       <c r="C112" s="0" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" s="0" t="s">
         <v>68</v>
       </c>
       <c r="B113" s="0" t="s">
         <v>69</v>
       </c>
       <c r="C113" s="0" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" s="0" t="s">
-        <v>70</v>
+        <v>32</v>
       </c>
       <c r="B114" s="0" t="s">
-        <v>67</v>
+        <v>33</v>
       </c>
       <c r="C114" s="0" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" s="0" t="s">
-        <v>71</v>
+        <v>37</v>
       </c>
       <c r="B115" s="0" t="s">
-        <v>69</v>
+        <v>38</v>
       </c>
       <c r="C115" s="0" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" s="0" t="s">
-        <v>104</v>
+        <v>6</v>
       </c>
       <c r="B116" s="0" t="s">
-        <v>97</v>
+        <v>7</v>
       </c>
       <c r="C116" s="0" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" s="0" t="s">
-        <v>92</v>
+        <v>30</v>
       </c>
       <c r="B117" s="0" t="s">
-        <v>93</v>
+        <v>31</v>
       </c>
       <c r="C117" s="0" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" s="0" t="s">
-        <v>94</v>
+        <v>72</v>
       </c>
       <c r="B118" s="0" t="s">
-        <v>95</v>
+        <v>73</v>
       </c>
       <c r="C118" s="0" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="119">
       <c r="A119" s="0" t="s">
-        <v>98</v>
+        <v>11</v>
       </c>
       <c r="B119" s="0" t="s">
-        <v>99</v>
+        <v>12</v>
       </c>
       <c r="C119" s="0" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="120">
       <c r="A120" s="0" t="s">
-        <v>100</v>
+        <v>77</v>
       </c>
       <c r="B120" s="0" t="s">
-        <v>97</v>
+        <v>78</v>
       </c>
       <c r="C120" s="0" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="121">
       <c r="A121" s="0" t="s">
-        <v>101</v>
+        <v>17</v>
       </c>
       <c r="B121" s="0" t="s">
-        <v>102</v>
+        <v>18</v>
       </c>
       <c r="C121" s="0" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="122">
       <c r="A122" s="0" t="s">
-        <v>103</v>
+        <v>110</v>
       </c>
       <c r="B122" s="0" t="s">
-        <v>97</v>
+        <v>111</v>
       </c>
       <c r="C122" s="0" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="123">
       <c r="A123" s="0" t="s">
-        <v>72</v>
+        <v>112</v>
       </c>
       <c r="B123" s="0" t="s">
-        <v>73</v>
+        <v>113</v>
       </c>
       <c r="C123" s="0" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="124">
       <c r="A124" s="0" t="s">
-        <v>80</v>
+        <v>43</v>
       </c>
       <c r="B124" s="0" t="s">
-        <v>81</v>
+        <v>44</v>
       </c>
       <c r="C124" s="0" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="125">
       <c r="A125" s="0" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
       <c r="B125" s="0" t="s">
-        <v>79</v>
+        <v>87</v>
       </c>
       <c r="C125" s="0" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="126">
       <c r="A126" s="0" t="s">
-        <v>83</v>
+        <v>88</v>
       </c>
       <c r="B126" s="0" t="s">
-        <v>81</v>
+        <v>89</v>
       </c>
       <c r="C126" s="0" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="127">
       <c r="A127" s="0" t="s">
-        <v>113</v>
+        <v>92</v>
       </c>
       <c r="B127" s="0" t="s">
-        <v>110</v>
+        <v>93</v>
       </c>
       <c r="C127" s="0" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="128">
       <c r="A128" s="0" t="s">
-        <v>112</v>
+        <v>94</v>
       </c>
       <c r="B128" s="0" t="s">
-        <v>108</v>
+        <v>95</v>
       </c>
       <c r="C128" s="0" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="129">
       <c r="A129" s="0" t="s">
-        <v>111</v>
+        <v>96</v>
       </c>
       <c r="B129" s="0" t="s">
-        <v>108</v>
+        <v>97</v>
       </c>
       <c r="C129" s="0" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="130">
       <c r="A130" s="0" t="s">
-        <v>105</v>
+        <v>22</v>
       </c>
       <c r="B130" s="0" t="s">
-        <v>106</v>
+        <v>23</v>
       </c>
       <c r="C130" s="0" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="131">
       <c r="A131" s="0" t="s">
-        <v>114</v>
+        <v>24</v>
       </c>
       <c r="B131" s="0" t="s">
-        <v>108</v>
+        <v>25</v>
       </c>
       <c r="C131" s="0" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="132">
       <c r="A132" s="0" t="s">
-        <v>48</v>
+        <v>54</v>
       </c>
       <c r="B132" s="0" t="s">
-        <v>45</v>
+        <v>55</v>
       </c>
       <c r="C132" s="0" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="133">
       <c r="A133" s="0" t="s">
-        <v>49</v>
+        <v>56</v>
       </c>
       <c r="B133" s="0" t="s">
-        <v>50</v>
+        <v>57</v>
       </c>
       <c r="C133" s="0" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="134">
       <c r="C134" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="135">
       <c r="C135" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="136">
       <c r="C136" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="137">
       <c r="C137" s="0" t="s">
         <v>5</v>
       </c>
     </row>
@@ -3619,373 +3619,373 @@
     </row>
     <row r="294">
       <c r="A294" s="0" t="s">
         <v>132</v>
       </c>
       <c r="B294" s="0" t="s">
         <v>133</v>
       </c>
       <c r="C294" s="0" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="295">
       <c r="A295" s="0" t="s">
         <v>134</v>
       </c>
       <c r="B295" s="0" t="s">
         <v>135</v>
       </c>
       <c r="C295" s="0" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="296">
       <c r="A296" s="0" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="B296" s="0" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="C296" s="0" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="297">
       <c r="A297" s="0" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
       <c r="B297" s="0" t="s">
-        <v>139</v>
+        <v>137</v>
       </c>
       <c r="C297" s="0" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="298">
       <c r="A298" s="0" t="s">
-        <v>140</v>
+        <v>229</v>
       </c>
       <c r="B298" s="0" t="s">
-        <v>137</v>
+        <v>230</v>
       </c>
       <c r="C298" s="0" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="299">
       <c r="A299" s="0" t="s">
-        <v>229</v>
+        <v>200</v>
       </c>
       <c r="B299" s="0" t="s">
-        <v>230</v>
+        <v>201</v>
       </c>
       <c r="C299" s="0" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="300">
       <c r="A300" s="0" t="s">
-        <v>200</v>
+        <v>204</v>
       </c>
       <c r="B300" s="0" t="s">
-        <v>201</v>
+        <v>205</v>
       </c>
       <c r="C300" s="0" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="301">
       <c r="A301" s="0" t="s">
-        <v>204</v>
+        <v>210</v>
       </c>
       <c r="B301" s="0" t="s">
-        <v>205</v>
+        <v>203</v>
       </c>
       <c r="C301" s="0" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="302">
       <c r="A302" s="0" t="s">
-        <v>210</v>
+        <v>213</v>
       </c>
       <c r="B302" s="0" t="s">
-        <v>203</v>
+        <v>214</v>
       </c>
       <c r="C302" s="0" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="303">
       <c r="A303" s="0" t="s">
-        <v>211</v>
+        <v>215</v>
       </c>
       <c r="B303" s="0" t="s">
         <v>212</v>
       </c>
       <c r="C303" s="0" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="304">
       <c r="A304" s="0" t="s">
-        <v>213</v>
+        <v>216</v>
       </c>
       <c r="B304" s="0" t="s">
         <v>214</v>
       </c>
       <c r="C304" s="0" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="305">
       <c r="A305" s="0" t="s">
-        <v>215</v>
+        <v>143</v>
       </c>
       <c r="B305" s="0" t="s">
-        <v>212</v>
+        <v>144</v>
       </c>
       <c r="C305" s="0" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="306">
       <c r="A306" s="0" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="B306" s="0" t="s">
-        <v>214</v>
+        <v>218</v>
       </c>
       <c r="C306" s="0" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="307">
       <c r="A307" s="0" t="s">
-        <v>143</v>
+        <v>221</v>
       </c>
       <c r="B307" s="0" t="s">
-        <v>144</v>
+        <v>222</v>
       </c>
       <c r="C307" s="0" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="308">
       <c r="A308" s="0" t="s">
-        <v>217</v>
+        <v>225</v>
       </c>
       <c r="B308" s="0" t="s">
-        <v>218</v>
+        <v>226</v>
       </c>
       <c r="C308" s="0" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="309">
       <c r="A309" s="0" t="s">
-        <v>221</v>
+        <v>227</v>
       </c>
       <c r="B309" s="0" t="s">
-        <v>222</v>
+        <v>224</v>
       </c>
       <c r="C309" s="0" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="310">
       <c r="A310" s="0" t="s">
-        <v>223</v>
+        <v>228</v>
       </c>
       <c r="B310" s="0" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="C310" s="0" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="311">
       <c r="A311" s="0" t="s">
-        <v>225</v>
+        <v>206</v>
       </c>
       <c r="B311" s="0" t="s">
-        <v>226</v>
+        <v>207</v>
       </c>
       <c r="C311" s="0" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="312">
       <c r="A312" s="0" t="s">
-        <v>227</v>
+        <v>191</v>
       </c>
       <c r="B312" s="0" t="s">
-        <v>224</v>
+        <v>192</v>
       </c>
       <c r="C312" s="0" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="313">
       <c r="A313" s="0" t="s">
-        <v>228</v>
+        <v>193</v>
       </c>
       <c r="B313" s="0" t="s">
-        <v>226</v>
+        <v>194</v>
       </c>
       <c r="C313" s="0" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="314">
       <c r="A314" s="0" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="B314" s="0" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
       <c r="C314" s="0" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="315">
       <c r="A315" s="0" t="s">
-        <v>191</v>
+        <v>128</v>
       </c>
       <c r="B315" s="0" t="s">
-        <v>192</v>
+        <v>129</v>
       </c>
       <c r="C315" s="0" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="316">
       <c r="A316" s="0" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="B316" s="0" t="s">
-        <v>194</v>
+        <v>188</v>
       </c>
       <c r="C316" s="0" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="317">
       <c r="A317" s="0" t="s">
-        <v>208</v>
+        <v>125</v>
       </c>
       <c r="B317" s="0" t="s">
-        <v>209</v>
+        <v>126</v>
       </c>
       <c r="C317" s="0" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="318">
       <c r="A318" s="0" t="s">
-        <v>128</v>
+        <v>136</v>
       </c>
       <c r="B318" s="0" t="s">
-        <v>129</v>
+        <v>137</v>
       </c>
       <c r="C318" s="0" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="319">
       <c r="A319" s="0" t="s">
-        <v>202</v>
+        <v>211</v>
       </c>
       <c r="B319" s="0" t="s">
-        <v>203</v>
+        <v>212</v>
       </c>
       <c r="C319" s="0" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="320">
       <c r="A320" s="0" t="s">
-        <v>141</v>
+        <v>187</v>
       </c>
       <c r="B320" s="0" t="s">
-        <v>142</v>
+        <v>188</v>
       </c>
       <c r="C320" s="0" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="321">
       <c r="A321" s="0" t="s">
-        <v>219</v>
+        <v>196</v>
       </c>
       <c r="B321" s="0" t="s">
-        <v>220</v>
+        <v>197</v>
       </c>
       <c r="C321" s="0" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="322">
       <c r="A322" s="0" t="s">
-        <v>125</v>
+        <v>202</v>
       </c>
       <c r="B322" s="0" t="s">
-        <v>126</v>
+        <v>203</v>
       </c>
       <c r="C322" s="0" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="323">
       <c r="A323" s="0" t="s">
-        <v>187</v>
+        <v>141</v>
       </c>
       <c r="B323" s="0" t="s">
-        <v>188</v>
+        <v>142</v>
       </c>
       <c r="C323" s="0" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="324">
       <c r="A324" s="0" t="s">
-        <v>195</v>
+        <v>219</v>
       </c>
       <c r="B324" s="0" t="s">
-        <v>188</v>
+        <v>220</v>
       </c>
       <c r="C324" s="0" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="325">
       <c r="A325" s="0" t="s">
-        <v>196</v>
+        <v>223</v>
       </c>
       <c r="B325" s="0" t="s">
-        <v>197</v>
+        <v>224</v>
       </c>
       <c r="C325" s="0" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="326">
       <c r="C326" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="327">
       <c r="C327" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="328">
       <c r="C328" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="329">
       <c r="C329" s="0" t="s">
         <v>5</v>
       </c>
     </row>
@@ -4344,1415 +4344,1415 @@
         <v>13</v>
       </c>
       <c r="B394" s="0" t="s">
         <v>14</v>
       </c>
       <c r="C394" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="395">
       <c r="A395" s="0" t="s">
         <v>15</v>
       </c>
       <c r="B395" s="0" t="s">
         <v>16</v>
       </c>
       <c r="C395" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="396">
       <c r="A396" s="0" t="s">
         <v>17</v>
       </c>
       <c r="B396" s="0" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="C396" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="397">
       <c r="A397" s="0" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="B397" s="0" t="s">
-        <v>19</v>
+        <v>16</v>
       </c>
       <c r="C397" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="398">
       <c r="A398" s="0" t="s">
         <v>20</v>
       </c>
       <c r="B398" s="0" t="s">
         <v>21</v>
       </c>
       <c r="C398" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="399">
       <c r="A399" s="0" t="s">
         <v>22</v>
       </c>
       <c r="B399" s="0" t="s">
         <v>23</v>
       </c>
       <c r="C399" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="400">
       <c r="A400" s="0" t="s">
         <v>24</v>
       </c>
       <c r="B400" s="0" t="s">
         <v>25</v>
       </c>
       <c r="C400" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="401">
       <c r="A401" s="0" t="s">
         <v>26</v>
       </c>
       <c r="B401" s="0" t="s">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="C401" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="402">
       <c r="A402" s="0" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="B402" s="0" t="s">
-        <v>25</v>
+        <v>23</v>
       </c>
       <c r="C402" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="403">
       <c r="A403" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="B403" s="0" t="s">
         <v>29</v>
-      </c>
-[...1 lines deleted...]
-        <v>30</v>
       </c>
       <c r="C403" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="404">
       <c r="A404" s="0" t="s">
+        <v>30</v>
+      </c>
+      <c r="B404" s="0" t="s">
         <v>31</v>
-      </c>
-[...1 lines deleted...]
-        <v>32</v>
       </c>
       <c r="C404" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="405">
       <c r="A405" s="0" t="s">
+        <v>32</v>
+      </c>
+      <c r="B405" s="0" t="s">
         <v>33</v>
-      </c>
-[...1 lines deleted...]
-        <v>34</v>
       </c>
       <c r="C405" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="406">
       <c r="A406" s="0" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="B406" s="0" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="C406" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="407">
       <c r="A407" s="0" t="s">
+        <v>35</v>
+      </c>
+      <c r="B407" s="0" t="s">
         <v>36</v>
-      </c>
-[...1 lines deleted...]
-        <v>37</v>
       </c>
       <c r="C407" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="408">
       <c r="A408" s="0" t="s">
+        <v>37</v>
+      </c>
+      <c r="B408" s="0" t="s">
         <v>38</v>
-      </c>
-[...1 lines deleted...]
-        <v>39</v>
       </c>
       <c r="C408" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="409">
       <c r="A409" s="0" t="s">
+        <v>39</v>
+      </c>
+      <c r="B409" s="0" t="s">
         <v>40</v>
-      </c>
-[...1 lines deleted...]
-        <v>37</v>
       </c>
       <c r="C409" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="410">
       <c r="A410" s="0" t="s">
         <v>41</v>
       </c>
       <c r="B410" s="0" t="s">
-        <v>37</v>
+        <v>42</v>
       </c>
       <c r="C410" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="411">
       <c r="A411" s="0" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="B411" s="0" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="C411" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="412">
       <c r="A412" s="0" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="B412" s="0" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="C412" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="413">
       <c r="A413" s="0" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="B413" s="0" t="s">
-        <v>47</v>
+        <v>44</v>
       </c>
       <c r="C413" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="414">
       <c r="A414" s="0" t="s">
         <v>48</v>
       </c>
       <c r="B414" s="0" t="s">
-        <v>45</v>
+        <v>49</v>
       </c>
       <c r="C414" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="415">
       <c r="A415" s="0" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="B415" s="0" t="s">
-        <v>50</v>
+        <v>44</v>
       </c>
       <c r="C415" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="416">
       <c r="A416" s="0" t="s">
         <v>51</v>
       </c>
       <c r="B416" s="0" t="s">
-        <v>52</v>
+        <v>44</v>
       </c>
       <c r="C416" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="417">
       <c r="A417" s="0" t="s">
+        <v>52</v>
+      </c>
+      <c r="B417" s="0" t="s">
         <v>53</v>
-      </c>
-[...1 lines deleted...]
-        <v>54</v>
       </c>
       <c r="C417" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="418">
       <c r="A418" s="0" t="s">
+        <v>54</v>
+      </c>
+      <c r="B418" s="0" t="s">
         <v>55</v>
-      </c>
-[...1 lines deleted...]
-        <v>56</v>
       </c>
       <c r="C418" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="419">
       <c r="A419" s="0" t="s">
+        <v>56</v>
+      </c>
+      <c r="B419" s="0" t="s">
         <v>57</v>
-      </c>
-[...1 lines deleted...]
-        <v>58</v>
       </c>
       <c r="C419" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="420">
       <c r="A420" s="0" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="B420" s="0" t="s">
-        <v>60</v>
+        <v>55</v>
       </c>
       <c r="C420" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="421">
       <c r="A421" s="0" t="s">
-        <v>61</v>
+        <v>59</v>
       </c>
       <c r="B421" s="0" t="s">
-        <v>62</v>
+        <v>55</v>
       </c>
       <c r="C421" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="422">
       <c r="A422" s="0" t="s">
-        <v>63</v>
+        <v>60</v>
       </c>
       <c r="B422" s="0" t="s">
-        <v>64</v>
+        <v>57</v>
       </c>
       <c r="C422" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="423">
       <c r="A423" s="0" t="s">
-        <v>65</v>
+        <v>61</v>
       </c>
       <c r="B423" s="0" t="s">
-        <v>62</v>
+        <v>55</v>
       </c>
       <c r="C423" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="424">
       <c r="A424" s="0" t="s">
-        <v>66</v>
+        <v>62</v>
       </c>
       <c r="B424" s="0" t="s">
-        <v>67</v>
+        <v>63</v>
       </c>
       <c r="C424" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="425">
       <c r="A425" s="0" t="s">
-        <v>68</v>
+        <v>64</v>
       </c>
       <c r="B425" s="0" t="s">
-        <v>69</v>
+        <v>65</v>
       </c>
       <c r="C425" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="426">
       <c r="A426" s="0" t="s">
-        <v>70</v>
+        <v>66</v>
       </c>
       <c r="B426" s="0" t="s">
         <v>67</v>
       </c>
       <c r="C426" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="427">
       <c r="A427" s="0" t="s">
-        <v>71</v>
+        <v>68</v>
       </c>
       <c r="B427" s="0" t="s">
         <v>69</v>
       </c>
       <c r="C427" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="428">
       <c r="A428" s="0" t="s">
-        <v>72</v>
+        <v>70</v>
       </c>
       <c r="B428" s="0" t="s">
-        <v>73</v>
+        <v>71</v>
       </c>
       <c r="C428" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="429">
       <c r="A429" s="0" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
       <c r="B429" s="0" t="s">
-        <v>75</v>
+        <v>73</v>
       </c>
       <c r="C429" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="430">
       <c r="A430" s="0" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="B430" s="0" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="C430" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="431">
       <c r="A431" s="0" t="s">
-        <v>78</v>
+        <v>75</v>
       </c>
       <c r="B431" s="0" t="s">
-        <v>79</v>
+        <v>76</v>
       </c>
       <c r="C431" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="432">
       <c r="A432" s="0" t="s">
-        <v>80</v>
+        <v>77</v>
       </c>
       <c r="B432" s="0" t="s">
-        <v>81</v>
+        <v>78</v>
       </c>
       <c r="C432" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="433">
       <c r="A433" s="0" t="s">
-        <v>82</v>
+        <v>79</v>
       </c>
       <c r="B433" s="0" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="C433" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="434">
       <c r="A434" s="0" t="s">
-        <v>83</v>
+        <v>80</v>
       </c>
       <c r="B434" s="0" t="s">
         <v>81</v>
       </c>
       <c r="C434" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="435">
       <c r="A435" s="0" t="s">
-        <v>84</v>
+        <v>82</v>
       </c>
       <c r="B435" s="0" t="s">
-        <v>85</v>
+        <v>83</v>
       </c>
       <c r="C435" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="436">
       <c r="A436" s="0" t="s">
-        <v>86</v>
+        <v>84</v>
       </c>
       <c r="B436" s="0" t="s">
-        <v>87</v>
+        <v>81</v>
       </c>
       <c r="C436" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="437">
       <c r="A437" s="0" t="s">
-        <v>88</v>
+        <v>85</v>
       </c>
       <c r="B437" s="0" t="s">
-        <v>89</v>
+        <v>83</v>
       </c>
       <c r="C437" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="438">
       <c r="A438" s="0" t="s">
-        <v>90</v>
+        <v>86</v>
       </c>
       <c r="B438" s="0" t="s">
         <v>87</v>
       </c>
       <c r="C438" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="439">
       <c r="A439" s="0" t="s">
-        <v>91</v>
+        <v>88</v>
       </c>
       <c r="B439" s="0" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="C439" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="440">
       <c r="A440" s="0" t="s">
-        <v>92</v>
+        <v>90</v>
       </c>
       <c r="B440" s="0" t="s">
-        <v>93</v>
+        <v>91</v>
       </c>
       <c r="C440" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="441">
       <c r="A441" s="0" t="s">
-        <v>94</v>
+        <v>92</v>
       </c>
       <c r="B441" s="0" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="C441" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="442">
       <c r="A442" s="0" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="B442" s="0" t="s">
-        <v>97</v>
+        <v>95</v>
       </c>
       <c r="C442" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="443">
       <c r="A443" s="0" t="s">
-        <v>98</v>
+        <v>96</v>
       </c>
       <c r="B443" s="0" t="s">
-        <v>99</v>
+        <v>97</v>
       </c>
       <c r="C443" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="444">
       <c r="A444" s="0" t="s">
-        <v>100</v>
+        <v>98</v>
       </c>
       <c r="B444" s="0" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="C444" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="445">
       <c r="A445" s="0" t="s">
-        <v>101</v>
+        <v>100</v>
       </c>
       <c r="B445" s="0" t="s">
-        <v>102</v>
+        <v>97</v>
       </c>
       <c r="C445" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="446">
       <c r="A446" s="0" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="B446" s="0" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="C446" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="447">
       <c r="A447" s="0" t="s">
-        <v>104</v>
+        <v>102</v>
       </c>
       <c r="B447" s="0" t="s">
-        <v>97</v>
+        <v>103</v>
       </c>
       <c r="C447" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="448">
       <c r="A448" s="0" t="s">
+        <v>104</v>
+      </c>
+      <c r="B448" s="0" t="s">
         <v>105</v>
-      </c>
-[...1 lines deleted...]
-        <v>106</v>
       </c>
       <c r="C448" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="449">
       <c r="A449" s="0" t="s">
+        <v>106</v>
+      </c>
+      <c r="B449" s="0" t="s">
         <v>107</v>
-      </c>
-[...1 lines deleted...]
-        <v>108</v>
       </c>
       <c r="C449" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="450">
       <c r="A450" s="0" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="B450" s="0" t="s">
-        <v>110</v>
+        <v>105</v>
       </c>
       <c r="C450" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="451">
       <c r="A451" s="0" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="B451" s="0" t="s">
-        <v>108</v>
+        <v>105</v>
       </c>
       <c r="C451" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="452">
       <c r="A452" s="0" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="B452" s="0" t="s">
-        <v>108</v>
+        <v>111</v>
       </c>
       <c r="C452" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="453">
       <c r="A453" s="0" t="s">
+        <v>112</v>
+      </c>
+      <c r="B453" s="0" t="s">
         <v>113</v>
-      </c>
-[...1 lines deleted...]
-        <v>110</v>
       </c>
       <c r="C453" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="454">
       <c r="A454" s="0" t="s">
         <v>114</v>
       </c>
       <c r="B454" s="0" t="s">
-        <v>108</v>
+        <v>111</v>
       </c>
       <c r="C454" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="455">
       <c r="A455" s="0" t="s">
-        <v>22</v>
+        <v>13</v>
       </c>
       <c r="B455" s="0" t="s">
-        <v>23</v>
+        <v>14</v>
       </c>
       <c r="C455" s="0" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="456">
       <c r="A456" s="0" t="s">
-        <v>24</v>
+        <v>102</v>
       </c>
       <c r="B456" s="0" t="s">
-        <v>25</v>
+        <v>103</v>
       </c>
       <c r="C456" s="0" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="457">
       <c r="A457" s="0" t="s">
-        <v>84</v>
+        <v>106</v>
       </c>
       <c r="B457" s="0" t="s">
-        <v>85</v>
+        <v>107</v>
       </c>
       <c r="C457" s="0" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="458">
       <c r="A458" s="0" t="s">
-        <v>86</v>
+        <v>20</v>
       </c>
       <c r="B458" s="0" t="s">
-        <v>87</v>
+        <v>21</v>
       </c>
       <c r="C458" s="0" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="459">
       <c r="A459" s="0" t="s">
-        <v>88</v>
+        <v>26</v>
       </c>
       <c r="B459" s="0" t="s">
-        <v>89</v>
+        <v>23</v>
       </c>
       <c r="C459" s="0" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="460">
       <c r="A460" s="0" t="s">
-        <v>29</v>
+        <v>27</v>
       </c>
       <c r="B460" s="0" t="s">
-        <v>30</v>
+        <v>23</v>
       </c>
       <c r="C460" s="0" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="461">
       <c r="A461" s="0" t="s">
-        <v>31</v>
+        <v>19</v>
       </c>
       <c r="B461" s="0" t="s">
-        <v>32</v>
+        <v>16</v>
       </c>
       <c r="C461" s="0" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="462">
       <c r="A462" s="0" t="s">
-        <v>33</v>
+        <v>108</v>
       </c>
       <c r="B462" s="0" t="s">
-        <v>34</v>
+        <v>105</v>
       </c>
       <c r="C462" s="0" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="463">
       <c r="A463" s="0" t="s">
-        <v>36</v>
+        <v>109</v>
       </c>
       <c r="B463" s="0" t="s">
-        <v>37</v>
+        <v>105</v>
       </c>
       <c r="C463" s="0" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="464">
       <c r="A464" s="0" t="s">
-        <v>38</v>
+        <v>114</v>
       </c>
       <c r="B464" s="0" t="s">
-        <v>39</v>
+        <v>111</v>
       </c>
       <c r="C464" s="0" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="465">
       <c r="A465" s="0" t="s">
-        <v>40</v>
+        <v>3</v>
       </c>
       <c r="B465" s="0" t="s">
-        <v>37</v>
+        <v>4</v>
       </c>
       <c r="C465" s="0" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="466">
       <c r="A466" s="0" t="s">
-        <v>41</v>
+        <v>8</v>
       </c>
       <c r="B466" s="0" t="s">
-        <v>37</v>
+        <v>7</v>
       </c>
       <c r="C466" s="0" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="467">
       <c r="A467" s="0" t="s">
         <v>28</v>
       </c>
       <c r="B467" s="0" t="s">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="C467" s="0" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="468">
       <c r="A468" s="0" t="s">
-        <v>90</v>
+        <v>62</v>
       </c>
       <c r="B468" s="0" t="s">
-        <v>87</v>
+        <v>63</v>
       </c>
       <c r="C468" s="0" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="469">
       <c r="A469" s="0" t="s">
-        <v>91</v>
+        <v>9</v>
       </c>
       <c r="B469" s="0" t="s">
-        <v>87</v>
+        <v>10</v>
       </c>
       <c r="C469" s="0" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="470">
       <c r="A470" s="0" t="s">
-        <v>35</v>
+        <v>70</v>
       </c>
       <c r="B470" s="0" t="s">
-        <v>32</v>
+        <v>71</v>
       </c>
       <c r="C470" s="0" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="471">
       <c r="A471" s="0" t="s">
-        <v>26</v>
+        <v>74</v>
       </c>
       <c r="B471" s="0" t="s">
-        <v>27</v>
+        <v>73</v>
       </c>
       <c r="C471" s="0" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="472">
       <c r="A472" s="0" t="s">
-        <v>55</v>
+        <v>66</v>
       </c>
       <c r="B472" s="0" t="s">
-        <v>56</v>
+        <v>67</v>
       </c>
       <c r="C472" s="0" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="473">
       <c r="A473" s="0" t="s">
-        <v>3</v>
+        <v>35</v>
       </c>
       <c r="B473" s="0" t="s">
-        <v>4</v>
+        <v>36</v>
       </c>
       <c r="C473" s="0" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="474">
       <c r="A474" s="0" t="s">
-        <v>8</v>
+        <v>75</v>
       </c>
       <c r="B474" s="0" t="s">
-        <v>7</v>
+        <v>76</v>
       </c>
       <c r="C474" s="0" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="475">
       <c r="A475" s="0" t="s">
-        <v>42</v>
+        <v>79</v>
       </c>
       <c r="B475" s="0" t="s">
-        <v>43</v>
+        <v>78</v>
       </c>
       <c r="C475" s="0" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="476">
       <c r="A476" s="0" t="s">
-        <v>46</v>
+        <v>84</v>
       </c>
       <c r="B476" s="0" t="s">
-        <v>47</v>
+        <v>81</v>
       </c>
       <c r="C476" s="0" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="477">
       <c r="A477" s="0" t="s">
-        <v>51</v>
+        <v>82</v>
       </c>
       <c r="B477" s="0" t="s">
-        <v>52</v>
+        <v>83</v>
       </c>
       <c r="C477" s="0" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="478">
       <c r="A478" s="0" t="s">
-        <v>9</v>
+        <v>80</v>
       </c>
       <c r="B478" s="0" t="s">
-        <v>10</v>
+        <v>81</v>
       </c>
       <c r="C478" s="0" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="479">
       <c r="A479" s="0" t="s">
-        <v>11</v>
+        <v>51</v>
       </c>
       <c r="B479" s="0" t="s">
-        <v>12</v>
+        <v>44</v>
       </c>
       <c r="C479" s="0" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="480">
       <c r="A480" s="0" t="s">
-        <v>13</v>
+        <v>39</v>
       </c>
       <c r="B480" s="0" t="s">
-        <v>14</v>
+        <v>40</v>
       </c>
       <c r="C480" s="0" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="481">
       <c r="A481" s="0" t="s">
-        <v>15</v>
+        <v>41</v>
       </c>
       <c r="B481" s="0" t="s">
-        <v>16</v>
+        <v>42</v>
       </c>
       <c r="C481" s="0" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="482">
       <c r="A482" s="0" t="s">
-        <v>17</v>
+        <v>45</v>
       </c>
       <c r="B482" s="0" t="s">
-        <v>14</v>
+        <v>46</v>
       </c>
       <c r="C482" s="0" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="483">
       <c r="A483" s="0" t="s">
-        <v>20</v>
+        <v>47</v>
       </c>
       <c r="B483" s="0" t="s">
-        <v>21</v>
+        <v>44</v>
       </c>
       <c r="C483" s="0" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="484">
       <c r="A484" s="0" t="s">
-        <v>53</v>
+        <v>48</v>
       </c>
       <c r="B484" s="0" t="s">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="C484" s="0" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="485">
       <c r="A485" s="0" t="s">
-        <v>63</v>
+        <v>50</v>
       </c>
       <c r="B485" s="0" t="s">
-        <v>64</v>
+        <v>44</v>
       </c>
       <c r="C485" s="0" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="486">
       <c r="A486" s="0" t="s">
-        <v>66</v>
+        <v>90</v>
       </c>
       <c r="B486" s="0" t="s">
-        <v>67</v>
+        <v>91</v>
       </c>
       <c r="C486" s="0" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="487">
       <c r="A487" s="0" t="s">
-        <v>76</v>
+        <v>98</v>
       </c>
       <c r="B487" s="0" t="s">
-        <v>77</v>
+        <v>99</v>
       </c>
       <c r="C487" s="0" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="488">
       <c r="A488" s="0" t="s">
-        <v>78</v>
+        <v>100</v>
       </c>
       <c r="B488" s="0" t="s">
-        <v>79</v>
+        <v>97</v>
       </c>
       <c r="C488" s="0" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="489">
       <c r="A489" s="0" t="s">
-        <v>96</v>
+        <v>101</v>
       </c>
       <c r="B489" s="0" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="C489" s="0" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="490">
       <c r="A490" s="0" t="s">
-        <v>107</v>
+        <v>60</v>
       </c>
       <c r="B490" s="0" t="s">
-        <v>108</v>
+        <v>57</v>
       </c>
       <c r="C490" s="0" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="491">
       <c r="A491" s="0" t="s">
-        <v>109</v>
+        <v>59</v>
       </c>
       <c r="B491" s="0" t="s">
-        <v>110</v>
+        <v>55</v>
       </c>
       <c r="C491" s="0" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="492">
       <c r="A492" s="0" t="s">
-        <v>61</v>
+        <v>58</v>
       </c>
       <c r="B492" s="0" t="s">
-        <v>62</v>
+        <v>55</v>
       </c>
       <c r="C492" s="0" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="493">
       <c r="A493" s="0" t="s">
-        <v>18</v>
+        <v>52</v>
       </c>
       <c r="B493" s="0" t="s">
-        <v>19</v>
+        <v>53</v>
       </c>
       <c r="C493" s="0" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="494">
       <c r="A494" s="0" t="s">
-        <v>74</v>
+        <v>61</v>
       </c>
       <c r="B494" s="0" t="s">
-        <v>75</v>
+        <v>55</v>
       </c>
       <c r="C494" s="0" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="495">
       <c r="A495" s="0" t="s">
-        <v>6</v>
+        <v>34</v>
       </c>
       <c r="B495" s="0" t="s">
-        <v>7</v>
+        <v>31</v>
       </c>
       <c r="C495" s="0" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="496">
       <c r="A496" s="0" t="s">
-        <v>44</v>
+        <v>64</v>
       </c>
       <c r="B496" s="0" t="s">
-        <v>45</v>
+        <v>65</v>
       </c>
       <c r="C496" s="0" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="497">
       <c r="A497" s="0" t="s">
-        <v>57</v>
+        <v>15</v>
       </c>
       <c r="B497" s="0" t="s">
-        <v>58</v>
+        <v>16</v>
       </c>
       <c r="C497" s="0" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="498">
       <c r="A498" s="0" t="s">
-        <v>59</v>
+        <v>104</v>
       </c>
       <c r="B498" s="0" t="s">
-        <v>60</v>
+        <v>105</v>
       </c>
       <c r="C498" s="0" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="499">
       <c r="A499" s="0" t="s">
-        <v>65</v>
+        <v>85</v>
       </c>
       <c r="B499" s="0" t="s">
-        <v>62</v>
+        <v>83</v>
       </c>
       <c r="C499" s="0" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="500">
       <c r="A500" s="0" t="s">
         <v>68</v>
       </c>
       <c r="B500" s="0" t="s">
         <v>69</v>
       </c>
       <c r="C500" s="0" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="501">
       <c r="A501" s="0" t="s">
-        <v>70</v>
+        <v>32</v>
       </c>
       <c r="B501" s="0" t="s">
-        <v>67</v>
+        <v>33</v>
       </c>
       <c r="C501" s="0" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="502">
       <c r="A502" s="0" t="s">
-        <v>71</v>
+        <v>37</v>
       </c>
       <c r="B502" s="0" t="s">
-        <v>69</v>
+        <v>38</v>
       </c>
       <c r="C502" s="0" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="503">
       <c r="A503" s="0" t="s">
-        <v>104</v>
+        <v>6</v>
       </c>
       <c r="B503" s="0" t="s">
-        <v>97</v>
+        <v>7</v>
       </c>
       <c r="C503" s="0" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="504">
       <c r="A504" s="0" t="s">
-        <v>92</v>
+        <v>30</v>
       </c>
       <c r="B504" s="0" t="s">
-        <v>93</v>
+        <v>31</v>
       </c>
       <c r="C504" s="0" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="505">
       <c r="A505" s="0" t="s">
-        <v>94</v>
+        <v>72</v>
       </c>
       <c r="B505" s="0" t="s">
-        <v>95</v>
+        <v>73</v>
       </c>
       <c r="C505" s="0" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="506">
       <c r="A506" s="0" t="s">
-        <v>98</v>
+        <v>11</v>
       </c>
       <c r="B506" s="0" t="s">
-        <v>99</v>
+        <v>12</v>
       </c>
       <c r="C506" s="0" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="507">
       <c r="A507" s="0" t="s">
-        <v>100</v>
+        <v>77</v>
       </c>
       <c r="B507" s="0" t="s">
-        <v>97</v>
+        <v>78</v>
       </c>
       <c r="C507" s="0" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="508">
       <c r="A508" s="0" t="s">
-        <v>101</v>
+        <v>17</v>
       </c>
       <c r="B508" s="0" t="s">
-        <v>102</v>
+        <v>18</v>
       </c>
       <c r="C508" s="0" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="509">
       <c r="A509" s="0" t="s">
-        <v>103</v>
+        <v>110</v>
       </c>
       <c r="B509" s="0" t="s">
-        <v>97</v>
+        <v>111</v>
       </c>
       <c r="C509" s="0" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="510">
       <c r="A510" s="0" t="s">
-        <v>72</v>
+        <v>112</v>
       </c>
       <c r="B510" s="0" t="s">
-        <v>73</v>
+        <v>113</v>
       </c>
       <c r="C510" s="0" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="511">
       <c r="A511" s="0" t="s">
-        <v>80</v>
+        <v>43</v>
       </c>
       <c r="B511" s="0" t="s">
-        <v>81</v>
+        <v>44</v>
       </c>
       <c r="C511" s="0" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="512">
       <c r="A512" s="0" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
       <c r="B512" s="0" t="s">
-        <v>79</v>
+        <v>87</v>
       </c>
       <c r="C512" s="0" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="513">
       <c r="A513" s="0" t="s">
-        <v>83</v>
+        <v>88</v>
       </c>
       <c r="B513" s="0" t="s">
-        <v>81</v>
+        <v>89</v>
       </c>
       <c r="C513" s="0" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="514">
       <c r="A514" s="0" t="s">
-        <v>113</v>
+        <v>92</v>
       </c>
       <c r="B514" s="0" t="s">
-        <v>110</v>
+        <v>93</v>
       </c>
       <c r="C514" s="0" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="515">
       <c r="A515" s="0" t="s">
-        <v>112</v>
+        <v>94</v>
       </c>
       <c r="B515" s="0" t="s">
-        <v>108</v>
+        <v>95</v>
       </c>
       <c r="C515" s="0" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="516">
       <c r="A516" s="0" t="s">
-        <v>111</v>
+        <v>96</v>
       </c>
       <c r="B516" s="0" t="s">
-        <v>108</v>
+        <v>97</v>
       </c>
       <c r="C516" s="0" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="517">
       <c r="A517" s="0" t="s">
-        <v>105</v>
+        <v>22</v>
       </c>
       <c r="B517" s="0" t="s">
-        <v>106</v>
+        <v>23</v>
       </c>
       <c r="C517" s="0" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="518">
       <c r="A518" s="0" t="s">
-        <v>114</v>
+        <v>24</v>
       </c>
       <c r="B518" s="0" t="s">
-        <v>108</v>
+        <v>25</v>
       </c>
       <c r="C518" s="0" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="519">
       <c r="A519" s="0" t="s">
-        <v>48</v>
+        <v>54</v>
       </c>
       <c r="B519" s="0" t="s">
-        <v>45</v>
+        <v>55</v>
       </c>
       <c r="C519" s="0" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="520">
       <c r="A520" s="0" t="s">
-        <v>49</v>
+        <v>56</v>
       </c>
       <c r="B520" s="0" t="s">
-        <v>50</v>
+        <v>57</v>
       </c>
       <c r="C520" s="0" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="521">
       <c r="C521" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="522">
       <c r="C522" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="523">
       <c r="C523" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="524">
       <c r="C524" s="0" t="s">
         <v>5</v>
       </c>
     </row>