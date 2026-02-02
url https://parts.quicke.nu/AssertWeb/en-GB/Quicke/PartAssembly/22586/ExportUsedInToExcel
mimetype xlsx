--- v0 (2025-11-04)
+++ v1 (2026-02-02)
@@ -440,230 +440,230 @@
     </row>
     <row r="17">
       <c r="A17" s="0" t="s">
         <v>31</v>
       </c>
       <c r="B17" s="0" t="s">
         <v>30</v>
       </c>
       <c r="C17" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="0" t="s">
         <v>32</v>
       </c>
       <c r="B18" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C18" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="0" t="s">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="B19" s="0" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="C19" s="0" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="0" t="s">
-        <v>24</v>
+        <v>12</v>
       </c>
       <c r="B20" s="0" t="s">
-        <v>25</v>
+        <v>13</v>
       </c>
       <c r="C20" s="0" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="0" t="s">
-        <v>32</v>
+        <v>18</v>
       </c>
       <c r="B21" s="0" t="s">
-        <v>7</v>
+        <v>15</v>
       </c>
       <c r="C21" s="0" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="0" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="B22" s="0" t="s">
-        <v>30</v>
+        <v>25</v>
       </c>
       <c r="C22" s="0" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="0" t="s">
-        <v>31</v>
+        <v>22</v>
       </c>
       <c r="B23" s="0" t="s">
-        <v>30</v>
+        <v>23</v>
       </c>
       <c r="C23" s="0" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="0" t="s">
-        <v>14</v>
+        <v>26</v>
       </c>
       <c r="B24" s="0" t="s">
-        <v>15</v>
+        <v>27</v>
       </c>
       <c r="C24" s="0" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="0" t="s">
-        <v>8</v>
+        <v>21</v>
       </c>
       <c r="B25" s="0" t="s">
-        <v>9</v>
+        <v>20</v>
       </c>
       <c r="C25" s="0" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="0" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
       <c r="B26" s="0" t="s">
-        <v>13</v>
+        <v>7</v>
       </c>
       <c r="C26" s="0" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="0" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="B27" s="0" t="s">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="C27" s="0" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="0" t="s">
-        <v>28</v>
+        <v>3</v>
       </c>
       <c r="B28" s="0" t="s">
-        <v>25</v>
+        <v>4</v>
       </c>
       <c r="C28" s="0" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="0" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="B29" s="0" t="s">
-        <v>23</v>
+        <v>17</v>
       </c>
       <c r="C29" s="0" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="0" t="s">
-        <v>26</v>
+        <v>10</v>
       </c>
       <c r="B30" s="0" t="s">
-        <v>27</v>
+        <v>11</v>
       </c>
       <c r="C30" s="0" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="0" t="s">
-        <v>21</v>
+        <v>14</v>
       </c>
       <c r="B31" s="0" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
       <c r="C31" s="0" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="0" t="s">
-        <v>6</v>
+        <v>32</v>
       </c>
       <c r="B32" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C32" s="0" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="0" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="B33" s="0" t="s">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="C33" s="0" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="0" t="s">
-        <v>3</v>
+        <v>29</v>
       </c>
       <c r="B34" s="0" t="s">
-        <v>4</v>
+        <v>30</v>
       </c>
       <c r="C34" s="0" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="0" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="B35" s="0" t="s">
-        <v>17</v>
+        <v>30</v>
       </c>
       <c r="C35" s="0" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="36">
       <c r="C36" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="37">
       <c r="C37" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="38">
       <c r="C38" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="39">
       <c r="C39" s="0" t="s">
         <v>5</v>
       </c>
     </row>
@@ -932,131 +932,131 @@
     </row>
     <row r="71">
       <c r="A71" s="0" t="s">
         <v>41</v>
       </c>
       <c r="B71" s="0" t="s">
         <v>40</v>
       </c>
       <c r="C71" s="0" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="0" t="s">
         <v>50</v>
       </c>
       <c r="B72" s="0" t="s">
         <v>51</v>
       </c>
       <c r="C72" s="0" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" s="0" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="B73" s="0" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="C73" s="0" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" s="0" t="s">
-        <v>54</v>
+        <v>58</v>
       </c>
       <c r="B74" s="0" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="C74" s="0" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" s="0" t="s">
-        <v>58</v>
+        <v>36</v>
       </c>
       <c r="B75" s="0" t="s">
-        <v>57</v>
+        <v>35</v>
       </c>
       <c r="C75" s="0" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" s="0" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="B76" s="0" t="s">
-        <v>35</v>
+        <v>40</v>
       </c>
       <c r="C76" s="0" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" s="0" t="s">
-        <v>39</v>
+        <v>34</v>
       </c>
       <c r="B77" s="0" t="s">
-        <v>40</v>
+        <v>35</v>
       </c>
       <c r="C77" s="0" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" s="0" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="B78" s="0" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="C78" s="0" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" s="0" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="B79" s="0" t="s">
-        <v>57</v>
+        <v>53</v>
       </c>
       <c r="C79" s="0" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" s="0" t="s">
-        <v>37</v>
+        <v>56</v>
       </c>
       <c r="B80" s="0" t="s">
-        <v>38</v>
+        <v>57</v>
       </c>
       <c r="C80" s="0" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="81">
       <c r="C81" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="82">
       <c r="C82" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="83">
       <c r="C83" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="84">
       <c r="C84" s="0" t="s">
         <v>5</v>
       </c>
     </row>
@@ -1277,230 +1277,230 @@
     </row>
     <row r="110">
       <c r="A110" s="0" t="s">
         <v>31</v>
       </c>
       <c r="B110" s="0" t="s">
         <v>30</v>
       </c>
       <c r="C110" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" s="0" t="s">
         <v>32</v>
       </c>
       <c r="B111" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C111" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" s="0" t="s">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="B112" s="0" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="C112" s="0" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" s="0" t="s">
-        <v>24</v>
+        <v>12</v>
       </c>
       <c r="B113" s="0" t="s">
-        <v>25</v>
+        <v>13</v>
       </c>
       <c r="C113" s="0" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" s="0" t="s">
-        <v>32</v>
+        <v>18</v>
       </c>
       <c r="B114" s="0" t="s">
-        <v>7</v>
+        <v>15</v>
       </c>
       <c r="C114" s="0" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" s="0" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="B115" s="0" t="s">
-        <v>30</v>
+        <v>25</v>
       </c>
       <c r="C115" s="0" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" s="0" t="s">
-        <v>31</v>
+        <v>22</v>
       </c>
       <c r="B116" s="0" t="s">
-        <v>30</v>
+        <v>23</v>
       </c>
       <c r="C116" s="0" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" s="0" t="s">
-        <v>14</v>
+        <v>26</v>
       </c>
       <c r="B117" s="0" t="s">
-        <v>15</v>
+        <v>27</v>
       </c>
       <c r="C117" s="0" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" s="0" t="s">
-        <v>8</v>
+        <v>21</v>
       </c>
       <c r="B118" s="0" t="s">
-        <v>9</v>
+        <v>20</v>
       </c>
       <c r="C118" s="0" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="119">
       <c r="A119" s="0" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
       <c r="B119" s="0" t="s">
-        <v>13</v>
+        <v>7</v>
       </c>
       <c r="C119" s="0" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="120">
       <c r="A120" s="0" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="B120" s="0" t="s">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="C120" s="0" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="121">
       <c r="A121" s="0" t="s">
-        <v>28</v>
+        <v>3</v>
       </c>
       <c r="B121" s="0" t="s">
-        <v>25</v>
+        <v>4</v>
       </c>
       <c r="C121" s="0" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="122">
       <c r="A122" s="0" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="B122" s="0" t="s">
-        <v>23</v>
+        <v>17</v>
       </c>
       <c r="C122" s="0" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="123">
       <c r="A123" s="0" t="s">
-        <v>26</v>
+        <v>10</v>
       </c>
       <c r="B123" s="0" t="s">
-        <v>27</v>
+        <v>11</v>
       </c>
       <c r="C123" s="0" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="124">
       <c r="A124" s="0" t="s">
-        <v>21</v>
+        <v>14</v>
       </c>
       <c r="B124" s="0" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
       <c r="C124" s="0" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="125">
       <c r="A125" s="0" t="s">
-        <v>6</v>
+        <v>32</v>
       </c>
       <c r="B125" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C125" s="0" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="126">
       <c r="A126" s="0" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="B126" s="0" t="s">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="C126" s="0" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="127">
       <c r="A127" s="0" t="s">
-        <v>3</v>
+        <v>29</v>
       </c>
       <c r="B127" s="0" t="s">
-        <v>4</v>
+        <v>30</v>
       </c>
       <c r="C127" s="0" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="128">
       <c r="A128" s="0" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="B128" s="0" t="s">
-        <v>17</v>
+        <v>30</v>
       </c>
       <c r="C128" s="0" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="129">
       <c r="C129" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="130">
       <c r="C130" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="131">
       <c r="C131" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="132">
       <c r="C132" s="0" t="s">
         <v>5</v>
       </c>
     </row>