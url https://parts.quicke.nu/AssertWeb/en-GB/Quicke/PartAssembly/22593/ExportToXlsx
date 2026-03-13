--- v0 (2025-10-30)
+++ v1 (2026-03-13)
@@ -4,51 +4,51 @@
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Part" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="57" uniqueCount="57">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="58" uniqueCount="58">
   <si>
     <t>Id</t>
   </si>
   <si>
     <t>Quantity</t>
   </si>
   <si>
     <t>Number</t>
   </si>
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Market information</t>
   </si>
   <si>
     <t>Net Weight</t>
   </si>
   <si>
     <t>Specification</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
@@ -139,50 +139,53 @@
     <t>5220102</t>
   </si>
   <si>
     <t>Pin</t>
   </si>
   <si>
     <t>0.900</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>1102001</t>
   </si>
   <si>
     <t>Linch pin</t>
   </si>
   <si>
     <t>.042</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>60018062</t>
+  </si>
+  <si>
+    <t>Pivot Pin</t>
   </si>
   <si>
     <t>Use original parts from Quicke/Trima when replacing pivot pins and extend the life of your front loader. Eliminate loose joints and get a better driving experience.</t>
   </si>
   <si>
     <t>1.400</t>
   </si>
   <si>
     <t>D=40, L=127mm (9020036)</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>5219231</t>
   </si>
   <si>
     <t>Pin RH</t>
   </si>
   <si>
     <t>Original parts from Alo with the best fit and high quality, extends the life of your front loader. Make it easy with the right part for Quicke or Trima loader</t>
   </si>
   <si>
     <t>1.800</t>
   </si>
@@ -422,87 +425,87 @@
       </c>
       <c r="B10" s="0" t="s">
         <v>13</v>
       </c>
       <c r="C10" s="0" t="s">
         <v>40</v>
       </c>
       <c r="D10" s="0" t="s">
         <v>41</v>
       </c>
       <c r="F10" s="0" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="0" t="s">
         <v>43</v>
       </c>
       <c r="B11" s="0" t="s">
         <v>22</v>
       </c>
       <c r="C11" s="0" t="s">
         <v>44</v>
       </c>
       <c r="D11" s="0" t="s">
-        <v>37</v>
+        <v>45</v>
       </c>
       <c r="E11" s="0" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="F11" s="0" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="G11" s="0" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="0" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="B12" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C12" s="0" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="D12" s="0" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="E12" s="0" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="F12" s="0" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="G12" s="0" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="0" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="B13" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C13" s="0" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="D13" s="0" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="E13" s="0" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="F13" s="0" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="G13" s="0" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>