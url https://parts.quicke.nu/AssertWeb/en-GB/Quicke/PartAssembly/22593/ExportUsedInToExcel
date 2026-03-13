--- v0 (2025-10-30)
+++ v1 (2026-03-13)
@@ -465,86 +465,86 @@
   <si>
     <t>5054Q8</t>
   </si>
   <si>
     <t>7512Q8</t>
   </si>
   <si>
     <t>Q75 UM</t>
   </si>
   <si>
     <t>7514Q8</t>
   </si>
   <si>
     <t>Q75 DM</t>
   </si>
   <si>
     <t>7516Q8</t>
   </si>
   <si>
     <t>Q75 DM ext.</t>
   </si>
   <si>
     <t>7524Q8</t>
   </si>
   <si>
+    <t>501741</t>
+  </si>
+  <si>
+    <t>N4 DM</t>
+  </si>
+  <si>
     <t>501146</t>
   </si>
   <si>
     <t>N4S DM</t>
   </si>
   <si>
+    <t>501751</t>
+  </si>
+  <si>
+    <t>N5 DM</t>
+  </si>
+  <si>
     <t>501156</t>
   </si>
   <si>
     <t>N5S DM</t>
   </si>
   <si>
     <t>501158</t>
   </si>
   <si>
     <t>N5M DM</t>
   </si>
   <si>
     <t>501166</t>
   </si>
   <si>
     <t>N6S DM</t>
   </si>
   <si>
-    <t>501741</t>
-[...10 lines deleted...]
-  <si>
     <t>501761</t>
   </si>
   <si>
     <t>N6 DM</t>
   </si>
   <si>
     <t>110178</t>
   </si>
   <si>
     <t>Q7M DM</t>
   </si>
   <si>
     <t>110176</t>
   </si>
   <si>
     <t>Q7S DM</t>
   </si>
   <si>
     <t>110169</t>
   </si>
   <si>
     <t>Q6L DM</t>
   </si>
   <si>
     <t>110168</t>
@@ -1077,72 +1077,72 @@
   <si>
     <t>Q6 DM</t>
   </si>
   <si>
     <t>101159</t>
   </si>
   <si>
     <t>101158</t>
   </si>
   <si>
     <t>101156</t>
   </si>
   <si>
     <t>101751</t>
   </si>
   <si>
     <t>Q5 DM</t>
   </si>
   <si>
     <t>101149</t>
   </si>
   <si>
     <t>101148</t>
   </si>
   <si>
+    <t>101733</t>
+  </si>
+  <si>
+    <t>Q3 DM</t>
+  </si>
+  <si>
+    <t>101136</t>
+  </si>
+  <si>
+    <t>101138</t>
+  </si>
+  <si>
+    <t>101139</t>
+  </si>
+  <si>
+    <t>101741</t>
+  </si>
+  <si>
+    <t>Q4 DM</t>
+  </si>
+  <si>
     <t>101146</t>
-  </si>
-[...19 lines deleted...]
-    <t>Q3 DM</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
@@ -4391,106 +4391,106 @@
         <v>355</v>
       </c>
       <c r="B293" s="0" t="s">
         <v>184</v>
       </c>
       <c r="C293" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="294">
       <c r="A294" s="0" t="s">
         <v>356</v>
       </c>
       <c r="B294" s="0" t="s">
         <v>186</v>
       </c>
       <c r="C294" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="295">
       <c r="A295" s="0" t="s">
         <v>357</v>
       </c>
       <c r="B295" s="0" t="s">
-        <v>188</v>
+        <v>358</v>
       </c>
       <c r="C295" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="296">
       <c r="A296" s="0" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="B296" s="0" t="s">
-        <v>359</v>
+        <v>194</v>
       </c>
       <c r="C296" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="297">
       <c r="A297" s="0" t="s">
         <v>360</v>
       </c>
       <c r="B297" s="0" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="C297" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="298">
       <c r="A298" s="0" t="s">
         <v>361</v>
       </c>
       <c r="B298" s="0" t="s">
-        <v>192</v>
+        <v>190</v>
       </c>
       <c r="C298" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="299">
       <c r="A299" s="0" t="s">
         <v>362</v>
       </c>
       <c r="B299" s="0" t="s">
-        <v>194</v>
+        <v>363</v>
       </c>
       <c r="C299" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="300">
       <c r="A300" s="0" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="B300" s="0" t="s">
-        <v>364</v>
+        <v>188</v>
       </c>
       <c r="C300" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="301">
       <c r="A301" s="0" t="s">
         <v>341</v>
       </c>
       <c r="B301" s="0" t="s">
         <v>342</v>
       </c>
       <c r="C301" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="302">
       <c r="A302" s="0" t="s">
         <v>343</v>
       </c>
       <c r="B302" s="0" t="s">
         <v>168</v>
       </c>
       <c r="C302" s="0" t="s">
         <v>5</v>
@@ -4600,106 +4600,106 @@
         <v>355</v>
       </c>
       <c r="B312" s="0" t="s">
         <v>184</v>
       </c>
       <c r="C312" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="313">
       <c r="A313" s="0" t="s">
         <v>356</v>
       </c>
       <c r="B313" s="0" t="s">
         <v>186</v>
       </c>
       <c r="C313" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="314">
       <c r="A314" s="0" t="s">
         <v>357</v>
       </c>
       <c r="B314" s="0" t="s">
-        <v>188</v>
+        <v>358</v>
       </c>
       <c r="C314" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="315">
       <c r="A315" s="0" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="B315" s="0" t="s">
-        <v>359</v>
+        <v>194</v>
       </c>
       <c r="C315" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="316">
       <c r="A316" s="0" t="s">
         <v>360</v>
       </c>
       <c r="B316" s="0" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="C316" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="317">
       <c r="A317" s="0" t="s">
         <v>361</v>
       </c>
       <c r="B317" s="0" t="s">
-        <v>192</v>
+        <v>190</v>
       </c>
       <c r="C317" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="318">
       <c r="A318" s="0" t="s">
         <v>362</v>
       </c>
       <c r="B318" s="0" t="s">
-        <v>194</v>
+        <v>363</v>
       </c>
       <c r="C318" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="319">
       <c r="A319" s="0" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="B319" s="0" t="s">
-        <v>364</v>
+        <v>188</v>
       </c>
       <c r="C319" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="320">
       <c r="C320" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="321">
       <c r="C321" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="322">
       <c r="A322" s="0" t="s">
         <v>3</v>
       </c>
       <c r="B322" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C322" s="0" t="s">
         <v>5</v>
       </c>