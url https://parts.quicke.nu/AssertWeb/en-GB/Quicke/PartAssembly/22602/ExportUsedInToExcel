--- v0 (2025-10-27)
+++ v1 (2025-12-28)
@@ -4,125 +4,122 @@
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Part" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="45" uniqueCount="45">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="44" uniqueCount="44">
   <si>
     <t>Product No</t>
   </si>
   <si>
     <t>Product name</t>
   </si>
   <si>
     <t>Path</t>
   </si>
   <si>
     <t>3611Q8</t>
   </si>
   <si>
     <t>Q36 US</t>
   </si>
   <si>
     <t xml:space="preserve">Bearing boxes/ </t>
   </si>
   <si>
     <t>3511Q8</t>
   </si>
   <si>
     <t>Q35 US</t>
   </si>
   <si>
     <t>3564Q8</t>
   </si>
   <si>
     <t>Q35 DM</t>
   </si>
   <si>
     <t>4611Q8</t>
   </si>
   <si>
     <t>Q46 US</t>
   </si>
   <si>
+    <t>5611Q8</t>
+  </si>
+  <si>
+    <t>Q56 US</t>
+  </si>
+  <si>
+    <t>5511Q8</t>
+  </si>
+  <si>
+    <t>Q55 US</t>
+  </si>
+  <si>
+    <t>5512Q8</t>
+  </si>
+  <si>
+    <t>Q55 UM</t>
+  </si>
+  <si>
     <t>4912Q8</t>
   </si>
   <si>
     <t>Q49 UM</t>
   </si>
   <si>
-    <t>Bearing boxes/5220192-7 Bearing box</t>
-[...7 lines deleted...]
-  <si>
     <t>5612Q8</t>
   </si>
   <si>
     <t>Q56 UM</t>
   </si>
   <si>
     <t>4511Q8</t>
   </si>
   <si>
     <t>Q45 US</t>
-  </si>
-[...10 lines deleted...]
-    <t>Q55 UM</t>
   </si>
   <si>
     <t>3511T8</t>
   </si>
   <si>
     <t>+2.0P US</t>
   </si>
   <si>
     <t>Bearing boxes/5220192-1 Bearing box</t>
   </si>
   <si>
     <t>3611T8</t>
   </si>
   <si>
     <t>+2.1P US</t>
   </si>
   <si>
     <t>4912T8</t>
   </si>
   <si>
     <t>+3.4P UM</t>
   </si>
   <si>
     <t>4511T8</t>
   </si>
@@ -261,103 +258,103 @@
         <v>9</v>
       </c>
       <c r="C4" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="0" t="s">
         <v>10</v>
       </c>
       <c r="B5" s="0" t="s">
         <v>11</v>
       </c>
       <c r="C5" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="0" t="s">
         <v>12</v>
       </c>
       <c r="B6" s="0" t="s">
         <v>13</v>
       </c>
       <c r="C6" s="0" t="s">
-        <v>14</v>
+        <v>5</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="B7" s="0" t="s">
         <v>15</v>
-      </c>
-[...1 lines deleted...]
-        <v>16</v>
       </c>
       <c r="C7" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="B8" s="0" t="s">
         <v>17</v>
-      </c>
-[...1 lines deleted...]
-        <v>18</v>
       </c>
       <c r="C8" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="B9" s="0" t="s">
         <v>19</v>
-      </c>
-[...1 lines deleted...]
-        <v>20</v>
       </c>
       <c r="C9" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="0" t="s">
+        <v>20</v>
+      </c>
+      <c r="B10" s="0" t="s">
         <v>21</v>
-      </c>
-[...1 lines deleted...]
-        <v>22</v>
       </c>
       <c r="C10" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="0" t="s">
+        <v>22</v>
+      </c>
+      <c r="B11" s="0" t="s">
         <v>23</v>
-      </c>
-[...1 lines deleted...]
-        <v>24</v>
       </c>
       <c r="C11" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="0" t="s">
         <v>3</v>
       </c>
       <c r="B12" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C12" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="0" t="s">
         <v>6</v>
       </c>
       <c r="B13" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C13" s="0" t="s">
         <v>5</v>
@@ -371,295 +368,295 @@
         <v>9</v>
       </c>
       <c r="C14" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="0" t="s">
         <v>10</v>
       </c>
       <c r="B15" s="0" t="s">
         <v>11</v>
       </c>
       <c r="C15" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="0" t="s">
         <v>12</v>
       </c>
       <c r="B16" s="0" t="s">
         <v>13</v>
       </c>
       <c r="C16" s="0" t="s">
-        <v>14</v>
+        <v>5</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="B17" s="0" t="s">
         <v>15</v>
-      </c>
-[...1 lines deleted...]
-        <v>16</v>
       </c>
       <c r="C17" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="B18" s="0" t="s">
         <v>17</v>
-      </c>
-[...1 lines deleted...]
-        <v>18</v>
       </c>
       <c r="C18" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="B19" s="0" t="s">
         <v>19</v>
-      </c>
-[...1 lines deleted...]
-        <v>20</v>
       </c>
       <c r="C19" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="0" t="s">
+        <v>20</v>
+      </c>
+      <c r="B20" s="0" t="s">
         <v>21</v>
-      </c>
-[...1 lines deleted...]
-        <v>22</v>
       </c>
       <c r="C20" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="0" t="s">
+        <v>22</v>
+      </c>
+      <c r="B21" s="0" t="s">
         <v>23</v>
-      </c>
-[...1 lines deleted...]
-        <v>24</v>
       </c>
       <c r="C21" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="B22" s="0" t="s">
         <v>25</v>
       </c>
-      <c r="B22" s="0" t="s">
+      <c r="C22" s="0" t="s">
         <v>26</v>
-      </c>
-[...1 lines deleted...]
-        <v>27</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="0" t="s">
+        <v>27</v>
+      </c>
+      <c r="B23" s="0" t="s">
         <v>28</v>
-      </c>
-[...1 lines deleted...]
-        <v>29</v>
       </c>
       <c r="C23" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="B24" s="0" t="s">
         <v>30</v>
-      </c>
-[...1 lines deleted...]
-        <v>31</v>
       </c>
       <c r="C24" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="0" t="s">
+        <v>31</v>
+      </c>
+      <c r="B25" s="0" t="s">
         <v>32</v>
       </c>
-      <c r="B25" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C25" s="0" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="0" t="s">
+        <v>33</v>
+      </c>
+      <c r="B26" s="0" t="s">
         <v>34</v>
       </c>
-      <c r="B26" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C26" s="0" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="0" t="s">
+        <v>35</v>
+      </c>
+      <c r="B27" s="0" t="s">
         <v>36</v>
-      </c>
-[...1 lines deleted...]
-        <v>37</v>
       </c>
       <c r="C27" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="0" t="s">
+        <v>37</v>
+      </c>
+      <c r="B28" s="0" t="s">
         <v>38</v>
-      </c>
-[...1 lines deleted...]
-        <v>39</v>
       </c>
       <c r="C28" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="0" t="s">
+        <v>39</v>
+      </c>
+      <c r="B29" s="0" t="s">
         <v>40</v>
-      </c>
-[...1 lines deleted...]
-        <v>41</v>
       </c>
       <c r="C29" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="0" t="s">
+        <v>41</v>
+      </c>
+      <c r="B30" s="0" t="s">
         <v>42</v>
-      </c>
-[...1 lines deleted...]
-        <v>43</v>
       </c>
       <c r="C30" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="B31" s="0" t="s">
         <v>25</v>
       </c>
-      <c r="B31" s="0" t="s">
+      <c r="C31" s="0" t="s">
         <v>26</v>
-      </c>
-[...1 lines deleted...]
-        <v>27</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="0" t="s">
+        <v>27</v>
+      </c>
+      <c r="B32" s="0" t="s">
         <v>28</v>
-      </c>
-[...1 lines deleted...]
-        <v>29</v>
       </c>
       <c r="C32" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="B33" s="0" t="s">
         <v>30</v>
-      </c>
-[...1 lines deleted...]
-        <v>31</v>
       </c>
       <c r="C33" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="0" t="s">
+        <v>31</v>
+      </c>
+      <c r="B34" s="0" t="s">
         <v>32</v>
       </c>
-      <c r="B34" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C34" s="0" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="0" t="s">
+        <v>33</v>
+      </c>
+      <c r="B35" s="0" t="s">
         <v>34</v>
       </c>
-      <c r="B35" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C35" s="0" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="0" t="s">
+        <v>35</v>
+      </c>
+      <c r="B36" s="0" t="s">
         <v>36</v>
-      </c>
-[...1 lines deleted...]
-        <v>37</v>
       </c>
       <c r="C36" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="0" t="s">
+        <v>37</v>
+      </c>
+      <c r="B37" s="0" t="s">
         <v>38</v>
-      </c>
-[...1 lines deleted...]
-        <v>39</v>
       </c>
       <c r="C37" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="0" t="s">
+        <v>39</v>
+      </c>
+      <c r="B38" s="0" t="s">
         <v>40</v>
-      </c>
-[...1 lines deleted...]
-        <v>41</v>
       </c>
       <c r="C38" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="0" t="s">
+        <v>41</v>
+      </c>
+      <c r="B39" s="0" t="s">
         <v>42</v>
-      </c>
-[...1 lines deleted...]
-        <v>43</v>
       </c>
       <c r="C39" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="40">
       <c r="C40" s="0" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
     </row>
     <row r="41">
       <c r="C41" s="0" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>