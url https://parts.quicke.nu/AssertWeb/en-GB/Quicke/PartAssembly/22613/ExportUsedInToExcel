--- v0 (2025-10-19)
+++ v1 (2025-12-07)
@@ -30,72 +30,72 @@
   <si>
     <t>Product No</t>
   </si>
   <si>
     <t>Product name</t>
   </si>
   <si>
     <t>Path</t>
   </si>
   <si>
     <t>3111Q8</t>
   </si>
   <si>
     <t>Q31 US</t>
   </si>
   <si>
     <t xml:space="preserve">Bearing boxes/ </t>
   </si>
   <si>
     <t>4111Q8</t>
   </si>
   <si>
     <t>Q41 US</t>
   </si>
   <si>
+    <t>3011Q8</t>
+  </si>
+  <si>
+    <t>Q30 US</t>
+  </si>
+  <si>
+    <t>4011Q8</t>
+  </si>
+  <si>
+    <t>Q40 US</t>
+  </si>
+  <si>
+    <t>5011Q8</t>
+  </si>
+  <si>
+    <t>Q50 US</t>
+  </si>
+  <si>
     <t>5111Q8</t>
   </si>
   <si>
     <t>Q51 US</t>
-  </si>
-[...16 lines deleted...]
-    <t>Q50 US</t>
   </si>
   <si>
     <t xml:space="preserve">/ </t>
   </si>
   <si>
     <t>3011T8</t>
   </si>
   <si>
     <t>+2.0 US</t>
   </si>
   <si>
     <t>Bearing boxes/5220206-1 Bearing box</t>
   </si>
   <si>
     <t>4011T8</t>
   </si>
   <si>
     <t>+3.0 US</t>
   </si>
   <si>
     <t>3111T8</t>
   </si>
   <si>
     <t>+2.1 US</t>
   </si>