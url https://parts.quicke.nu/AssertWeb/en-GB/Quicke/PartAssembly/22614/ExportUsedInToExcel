--- v0 (2025-10-17)
+++ v1 (2025-12-16)
@@ -54,78 +54,78 @@
   <si>
     <t>3313Q8</t>
   </si>
   <si>
     <t>Q33 DS</t>
   </si>
   <si>
     <t>3314Q8</t>
   </si>
   <si>
     <t>Q33 DM</t>
   </si>
   <si>
     <t>4114Q8</t>
   </si>
   <si>
     <t>Q41 DM</t>
   </si>
   <si>
     <t>4154Q8</t>
   </si>
   <si>
     <t>Bearing boxes/5220207-7 Bearing box</t>
   </si>
   <si>
+    <t>3013Q8</t>
+  </si>
+  <si>
+    <t>Q30 DS</t>
+  </si>
+  <si>
+    <t>3014Q8</t>
+  </si>
+  <si>
+    <t>Q30 DM</t>
+  </si>
+  <si>
+    <t>4014Q8</t>
+  </si>
+  <si>
+    <t>Q40 DM</t>
+  </si>
+  <si>
+    <t>4054Q8</t>
+  </si>
+  <si>
     <t>5114Q8</t>
   </si>
   <si>
     <t>Q51 DM</t>
   </si>
   <si>
     <t>5154Q8</t>
-  </si>
-[...19 lines deleted...]
-    <t>4054Q8</t>
   </si>
   <si>
     <t>5014Q8</t>
   </si>
   <si>
     <t>Q50 DM</t>
   </si>
   <si>
     <t>5054Q8</t>
   </si>
   <si>
     <t xml:space="preserve">/ </t>
   </si>
   <si>
     <t>3013T8</t>
   </si>
   <si>
     <t>+2.0 DS</t>
   </si>
   <si>
     <t>Bearing boxes/5220207-1 Bearing box</t>
   </si>
   <si>
     <t>3014T8</t>
   </si>
@@ -315,73 +315,73 @@
         <v>14</v>
       </c>
       <c r="B7" s="0" t="s">
         <v>13</v>
       </c>
       <c r="C7" s="0" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="0" t="s">
         <v>16</v>
       </c>
       <c r="B8" s="0" t="s">
         <v>17</v>
       </c>
       <c r="C8" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="0" t="s">
         <v>18</v>
       </c>
       <c r="B9" s="0" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="C9" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="0" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="B10" s="0" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="C10" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="0" t="s">
+        <v>22</v>
+      </c>
+      <c r="B11" s="0" t="s">
         <v>21</v>
-      </c>
-[...1 lines deleted...]
-        <v>22</v>
       </c>
       <c r="C11" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="0" t="s">
         <v>23</v>
       </c>
       <c r="B12" s="0" t="s">
         <v>24</v>
       </c>
       <c r="C12" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="0" t="s">
         <v>25</v>
       </c>
       <c r="B13" s="0" t="s">
         <v>24</v>
       </c>
       <c r="C13" s="0" t="s">
         <v>5</v>
@@ -469,73 +469,73 @@
         <v>14</v>
       </c>
       <c r="B21" s="0" t="s">
         <v>13</v>
       </c>
       <c r="C21" s="0" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="0" t="s">
         <v>16</v>
       </c>
       <c r="B22" s="0" t="s">
         <v>17</v>
       </c>
       <c r="C22" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="0" t="s">
         <v>18</v>
       </c>
       <c r="B23" s="0" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="C23" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="0" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="B24" s="0" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="C24" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="0" t="s">
+        <v>22</v>
+      </c>
+      <c r="B25" s="0" t="s">
         <v>21</v>
-      </c>
-[...1 lines deleted...]
-        <v>22</v>
       </c>
       <c r="C25" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="0" t="s">
         <v>23</v>
       </c>
       <c r="B26" s="0" t="s">
         <v>24</v>
       </c>
       <c r="C26" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="0" t="s">
         <v>25</v>
       </c>
       <c r="B27" s="0" t="s">
         <v>24</v>
       </c>
       <c r="C27" s="0" t="s">
         <v>5</v>
@@ -897,73 +897,73 @@
         <v>14</v>
       </c>
       <c r="B61" s="0" t="s">
         <v>13</v>
       </c>
       <c r="C61" s="0" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="0" t="s">
         <v>16</v>
       </c>
       <c r="B62" s="0" t="s">
         <v>17</v>
       </c>
       <c r="C62" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="0" t="s">
         <v>18</v>
       </c>
       <c r="B63" s="0" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="C63" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="0" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="B64" s="0" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="C64" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="0" t="s">
+        <v>22</v>
+      </c>
+      <c r="B65" s="0" t="s">
         <v>21</v>
-      </c>
-[...1 lines deleted...]
-        <v>22</v>
       </c>
       <c r="C65" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="0" t="s">
         <v>23</v>
       </c>
       <c r="B66" s="0" t="s">
         <v>24</v>
       </c>
       <c r="C66" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="0" t="s">
         <v>25</v>
       </c>
       <c r="B67" s="0" t="s">
         <v>24</v>
       </c>
       <c r="C67" s="0" t="s">
         <v>5</v>
@@ -1051,73 +1051,73 @@
         <v>14</v>
       </c>
       <c r="B75" s="0" t="s">
         <v>13</v>
       </c>
       <c r="C75" s="0" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" s="0" t="s">
         <v>16</v>
       </c>
       <c r="B76" s="0" t="s">
         <v>17</v>
       </c>
       <c r="C76" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" s="0" t="s">
         <v>18</v>
       </c>
       <c r="B77" s="0" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="C77" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" s="0" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="B78" s="0" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="C78" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" s="0" t="s">
+        <v>22</v>
+      </c>
+      <c r="B79" s="0" t="s">
         <v>21</v>
-      </c>
-[...1 lines deleted...]
-        <v>22</v>
       </c>
       <c r="C79" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" s="0" t="s">
         <v>23</v>
       </c>
       <c r="B80" s="0" t="s">
         <v>24</v>
       </c>
       <c r="C80" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" s="0" t="s">
         <v>25</v>
       </c>
       <c r="B81" s="0" t="s">
         <v>24</v>
       </c>
       <c r="C81" s="0" t="s">
         <v>5</v>