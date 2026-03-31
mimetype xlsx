--- v0 (2025-12-30)
+++ v1 (2026-03-31)
@@ -1452,108 +1452,108 @@
   <si>
     <t>Q6 DM</t>
   </si>
   <si>
     <t>101159</t>
   </si>
   <si>
     <t>101158</t>
   </si>
   <si>
     <t>101156</t>
   </si>
   <si>
     <t>101751</t>
   </si>
   <si>
     <t>Q5 DM</t>
   </si>
   <si>
     <t>101149</t>
   </si>
   <si>
     <t>101148</t>
   </si>
   <si>
+    <t>101733</t>
+  </si>
+  <si>
+    <t>Q3 DM</t>
+  </si>
+  <si>
+    <t>101136</t>
+  </si>
+  <si>
+    <t>101138</t>
+  </si>
+  <si>
+    <t>101139</t>
+  </si>
+  <si>
+    <t>101741</t>
+  </si>
+  <si>
+    <t>Q4 DM</t>
+  </si>
+  <si>
     <t>101146</t>
   </si>
   <si>
-    <t>101741</t>
-[...17 lines deleted...]
-    <t>Q3 DM</t>
+    <t>501741</t>
+  </si>
+  <si>
+    <t>N4 DM</t>
   </si>
   <si>
     <t>501146</t>
   </si>
   <si>
     <t>N4S DM</t>
   </si>
   <si>
+    <t>501751</t>
+  </si>
+  <si>
+    <t>N5 DM</t>
+  </si>
+  <si>
     <t>501156</t>
   </si>
   <si>
     <t>N5S DM</t>
   </si>
   <si>
     <t>501158</t>
   </si>
   <si>
     <t>N5M DM</t>
   </si>
   <si>
     <t>501166</t>
   </si>
   <si>
     <t>N6S DM</t>
-  </si>
-[...10 lines deleted...]
-    <t>N5 DM</t>
   </si>
   <si>
     <t>501761</t>
   </si>
   <si>
     <t>N6 DM</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
@@ -7696,106 +7696,106 @@
         <v>480</v>
       </c>
       <c r="B555" s="0" t="s">
         <v>454</v>
       </c>
       <c r="C555" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="556">
       <c r="A556" s="0" t="s">
         <v>481</v>
       </c>
       <c r="B556" s="0" t="s">
         <v>456</v>
       </c>
       <c r="C556" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="557">
       <c r="A557" s="0" t="s">
         <v>482</v>
       </c>
       <c r="B557" s="0" t="s">
-        <v>458</v>
+        <v>483</v>
       </c>
       <c r="C557" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="558">
       <c r="A558" s="0" t="s">
-        <v>483</v>
+        <v>484</v>
       </c>
       <c r="B558" s="0" t="s">
-        <v>484</v>
+        <v>464</v>
       </c>
       <c r="C558" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="559">
       <c r="A559" s="0" t="s">
         <v>485</v>
       </c>
       <c r="B559" s="0" t="s">
-        <v>460</v>
+        <v>462</v>
       </c>
       <c r="C559" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="560">
       <c r="A560" s="0" t="s">
         <v>486</v>
       </c>
       <c r="B560" s="0" t="s">
-        <v>462</v>
+        <v>460</v>
       </c>
       <c r="C560" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="561">
       <c r="A561" s="0" t="s">
         <v>487</v>
       </c>
       <c r="B561" s="0" t="s">
-        <v>464</v>
+        <v>488</v>
       </c>
       <c r="C561" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="562">
       <c r="A562" s="0" t="s">
-        <v>488</v>
+        <v>489</v>
       </c>
       <c r="B562" s="0" t="s">
-        <v>489</v>
+        <v>458</v>
       </c>
       <c r="C562" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="563">
       <c r="A563" s="0" t="s">
         <v>3</v>
       </c>
       <c r="B563" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C563" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="564">
       <c r="A564" s="0" t="s">
         <v>6</v>
       </c>
       <c r="B564" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C564" s="0" t="s">
         <v>5</v>