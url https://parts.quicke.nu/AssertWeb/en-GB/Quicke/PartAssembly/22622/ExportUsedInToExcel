--- v0 (2025-10-20)
+++ v1 (2025-12-16)
@@ -30,110 +30,110 @@
   <si>
     <t>Product No</t>
   </si>
   <si>
     <t>Product name</t>
   </si>
   <si>
     <t>Path</t>
   </si>
   <si>
     <t>2011Q8</t>
   </si>
   <si>
     <t>Q20 US</t>
   </si>
   <si>
     <t xml:space="preserve">/ </t>
   </si>
   <si>
     <t>2013Q8</t>
   </si>
   <si>
     <t>Q20 DS</t>
   </si>
   <si>
+    <t>2513Q8</t>
+  </si>
+  <si>
+    <t>Q25 DS</t>
+  </si>
+  <si>
+    <t>3011Q8</t>
+  </si>
+  <si>
+    <t>Q30 US</t>
+  </si>
+  <si>
+    <t>3013Q8</t>
+  </si>
+  <si>
+    <t>Q30 DS</t>
+  </si>
+  <si>
+    <t>3511Q8</t>
+  </si>
+  <si>
+    <t>Q35 US</t>
+  </si>
+  <si>
+    <t>3513Q8</t>
+  </si>
+  <si>
+    <t>Q35 DS</t>
+  </si>
+  <si>
+    <t>4011Q8</t>
+  </si>
+  <si>
+    <t>Q40 US</t>
+  </si>
+  <si>
+    <t>5011Q8</t>
+  </si>
+  <si>
+    <t>Q50 US</t>
+  </si>
+  <si>
+    <t>5511Q8</t>
+  </si>
+  <si>
+    <t>Q55 US</t>
+  </si>
+  <si>
     <t>2511Q8</t>
   </si>
   <si>
     <t>Q25 US</t>
   </si>
   <si>
-    <t>2513Q8</t>
-[...40 lines deleted...]
-  <si>
     <t>4511Q8</t>
   </si>
   <si>
     <t>Q45 US</t>
   </si>
   <si>
-    <t>5511Q8</t>
-[...4 lines deleted...]
-  <si>
     <t>2111Q8</t>
   </si>
   <si>
     <t>Q21 US</t>
   </si>
   <si>
     <t>2113Q8</t>
   </si>
   <si>
     <t>Q21 DS</t>
   </si>
   <si>
     <t>2611Q8</t>
   </si>
   <si>
     <t>Q26 US</t>
   </si>
   <si>
     <t>2613Q8</t>
   </si>
   <si>
     <t>Q26 DS</t>
   </si>
   <si>
     <t>3111Q8</t>
@@ -156,66 +156,66 @@
   <si>
     <t>3611Q8</t>
   </si>
   <si>
     <t>Q36 US</t>
   </si>
   <si>
     <t>3613Q8</t>
   </si>
   <si>
     <t>Q36 DS</t>
   </si>
   <si>
     <t>3813Q8</t>
   </si>
   <si>
     <t>Q38 DS</t>
   </si>
   <si>
     <t>4111Q8</t>
   </si>
   <si>
     <t>Q41 US</t>
   </si>
   <si>
+    <t>4611Q8</t>
+  </si>
+  <si>
+    <t>Q46 US</t>
+  </si>
+  <si>
+    <t>5611Q8</t>
+  </si>
+  <si>
+    <t>Q56 US</t>
+  </si>
+  <si>
     <t>5111Q8</t>
   </si>
   <si>
     <t>Q51 US</t>
-  </si>
-[...10 lines deleted...]
-    <t>Q56 US</t>
   </si>
   <si>
     <t>2111T8</t>
   </si>
   <si>
     <t>+1.1 US</t>
   </si>
   <si>
     <t>2113T8</t>
   </si>
   <si>
     <t>+1.1 DS</t>
   </si>
   <si>
     <t>2611T8</t>
   </si>
   <si>
     <t>+1.1P US</t>
   </si>
   <si>
     <t>2613T8</t>
   </si>
   <si>
     <t>+1.1P DS</t>
   </si>