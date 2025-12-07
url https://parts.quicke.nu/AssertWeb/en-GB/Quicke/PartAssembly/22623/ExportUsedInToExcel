--- v0 (2025-10-21)
+++ v1 (2025-12-07)
@@ -30,275 +30,275 @@
   <si>
     <t>Product No</t>
   </si>
   <si>
     <t>Product name</t>
   </si>
   <si>
     <t>Path</t>
   </si>
   <si>
     <t>2011Q8</t>
   </si>
   <si>
     <t>Q20 US</t>
   </si>
   <si>
     <t xml:space="preserve">/ </t>
   </si>
   <si>
     <t>2013Q8</t>
   </si>
   <si>
     <t>Q20 DS</t>
   </si>
   <si>
+    <t>2513Q8</t>
+  </si>
+  <si>
+    <t>Q25 DS</t>
+  </si>
+  <si>
+    <t>3011Q8</t>
+  </si>
+  <si>
+    <t>Q30 US</t>
+  </si>
+  <si>
+    <t>3013Q8</t>
+  </si>
+  <si>
+    <t>Q30 DS</t>
+  </si>
+  <si>
+    <t>3511Q8</t>
+  </si>
+  <si>
+    <t>Q35 US</t>
+  </si>
+  <si>
+    <t>3513Q8</t>
+  </si>
+  <si>
+    <t>Q35 DS</t>
+  </si>
+  <si>
+    <t>4011Q8</t>
+  </si>
+  <si>
+    <t>Q40 US</t>
+  </si>
+  <si>
+    <t>5011Q8</t>
+  </si>
+  <si>
+    <t>Q50 US</t>
+  </si>
+  <si>
+    <t>5511Q8</t>
+  </si>
+  <si>
+    <t>Q55 US</t>
+  </si>
+  <si>
     <t>2511Q8</t>
   </si>
   <si>
     <t>Q25 US</t>
   </si>
   <si>
-    <t>2513Q8</t>
-[...40 lines deleted...]
-  <si>
     <t>4511Q8</t>
   </si>
   <si>
     <t>Q45 US</t>
   </si>
   <si>
-    <t>5511Q8</t>
-[...4 lines deleted...]
-  <si>
     <t>2014Q8</t>
   </si>
   <si>
     <t>Q20 DM</t>
   </si>
   <si>
+    <t>3014Q8</t>
+  </si>
+  <si>
+    <t>Q30 DM</t>
+  </si>
+  <si>
+    <t>3016Q8</t>
+  </si>
+  <si>
+    <t>Q30 DM ext.</t>
+  </si>
+  <si>
+    <t>3514Q8</t>
+  </si>
+  <si>
+    <t>Q35 DM</t>
+  </si>
+  <si>
+    <t>3516Q8</t>
+  </si>
+  <si>
+    <t>Q35 DM ext.</t>
+  </si>
+  <si>
+    <t>3564Q8</t>
+  </si>
+  <si>
+    <t>4014Q8</t>
+  </si>
+  <si>
+    <t>Q40 DM</t>
+  </si>
+  <si>
+    <t>4016Q8</t>
+  </si>
+  <si>
+    <t>Q40 DM ext.</t>
+  </si>
+  <si>
+    <t>4054Q8</t>
+  </si>
+  <si>
+    <t>6014Q8</t>
+  </si>
+  <si>
+    <t>Q60 DM</t>
+  </si>
+  <si>
+    <t>6016Q8</t>
+  </si>
+  <si>
+    <t>Q60 DM ext.</t>
+  </si>
+  <si>
+    <t>6044Q8</t>
+  </si>
+  <si>
+    <t>6046Q8</t>
+  </si>
+  <si>
+    <t>5512Q8</t>
+  </si>
+  <si>
+    <t>Q55 UM</t>
+  </si>
+  <si>
+    <t>5514Q8</t>
+  </si>
+  <si>
+    <t>Q55 DM</t>
+  </si>
+  <si>
+    <t>5516Q8</t>
+  </si>
+  <si>
+    <t>Q55 DM ext.</t>
+  </si>
+  <si>
+    <t>Q55 DM, DM ext</t>
+  </si>
+  <si>
+    <t>5544Q, 5546Q</t>
+  </si>
+  <si>
+    <t>5554Q8</t>
+  </si>
+  <si>
+    <t>5564Q8</t>
+  </si>
+  <si>
+    <t>6512Q8</t>
+  </si>
+  <si>
+    <t>Q65 UM</t>
+  </si>
+  <si>
+    <t>6514Q8</t>
+  </si>
+  <si>
+    <t>Q65 DM</t>
+  </si>
+  <si>
+    <t>6516Q8</t>
+  </si>
+  <si>
+    <t>Q65 DM ext.</t>
+  </si>
+  <si>
+    <t>6534Q8</t>
+  </si>
+  <si>
+    <t>6544Q8</t>
+  </si>
+  <si>
+    <t>6546Q8</t>
+  </si>
+  <si>
+    <t>6564Q8</t>
+  </si>
+  <si>
     <t>2514Q8</t>
   </si>
   <si>
     <t>Q25 DM</t>
   </si>
   <si>
-    <t>3014Q8</t>
-[...38 lines deleted...]
-    <t>4054Q8</t>
+    <t>4514Q8</t>
+  </si>
+  <si>
+    <t>Q45 DM</t>
+  </si>
+  <si>
+    <t>4516Q8</t>
+  </si>
+  <si>
+    <t>Q45 DM ext.</t>
+  </si>
+  <si>
+    <t>4554Q8</t>
+  </si>
+  <si>
+    <t>4564Q8</t>
   </si>
   <si>
     <t>5014Q8</t>
   </si>
   <si>
     <t>Q50 DM</t>
   </si>
   <si>
     <t>5016Q8</t>
   </si>
   <si>
     <t>Q50 DM ext.</t>
   </si>
   <si>
     <t>5054Q8</t>
   </si>
   <si>
-    <t>6014Q8</t>
-[...94 lines deleted...]
-  <si>
     <t>7512Q8</t>
   </si>
   <si>
     <t>Q75 UM</t>
   </si>
   <si>
     <t>7514Q8</t>
   </si>
   <si>
     <t>Q75 DM</t>
   </si>
   <si>
     <t>7516Q8</t>
   </si>
   <si>
     <t>Q75 DM ext.</t>
   </si>
   <si>
     <t>7524Q8</t>
   </si>
   <si>
     <t>2111Q8</t>
   </si>
   <si>
     <t>Q21 US</t>
@@ -342,68 +342,68 @@
   <si>
     <t>3611Q8</t>
   </si>
   <si>
     <t>Q36 US</t>
   </si>
   <si>
     <t>3613Q8</t>
   </si>
   <si>
     <t>Q36 DS</t>
   </si>
   <si>
     <t>3813Q8</t>
   </si>
   <si>
     <t>Q38 DS</t>
   </si>
   <si>
     <t>4111Q8</t>
   </si>
   <si>
     <t>Q41 US</t>
   </si>
   <si>
+    <t>4611Q8</t>
+  </si>
+  <si>
+    <t>Q46 US</t>
+  </si>
+  <si>
+    <t>5611Q8</t>
+  </si>
+  <si>
+    <t>Q56 US</t>
+  </si>
+  <si>
     <t>5111Q8</t>
   </si>
   <si>
     <t>Q51 US</t>
   </si>
   <si>
-    <t>4611Q8</t>
-[...10 lines deleted...]
-  <si>
     <t>2114Q8</t>
   </si>
   <si>
     <t>Q21 DM</t>
   </si>
   <si>
     <t>2614Q8</t>
   </si>
   <si>
     <t>Q26 DM</t>
   </si>
   <si>
     <t>3114Q8</t>
   </si>
   <si>
     <t>Q31 DM</t>
   </si>
   <si>
     <t>3116Q8</t>
   </si>
   <si>
     <t>Q31 DM ext.</t>
   </si>
   <si>
     <t>3314Q8</t>
@@ -447,153 +447,153 @@
   <si>
     <t>Q39 DM</t>
   </si>
   <si>
     <t>3916Q8</t>
   </si>
   <si>
     <t>Q39 DM ext.</t>
   </si>
   <si>
     <t>4114Q8</t>
   </si>
   <si>
     <t>Q41 DM</t>
   </si>
   <si>
     <t>4154Q8</t>
   </si>
   <si>
     <t>4916Q8</t>
   </si>
   <si>
     <t>Q49 DM ext.</t>
   </si>
   <si>
+    <t>5116Q8</t>
+  </si>
+  <si>
+    <t>Q51 DM ext.</t>
+  </si>
+  <si>
+    <t>4614Q8</t>
+  </si>
+  <si>
+    <t>Q46 DM</t>
+  </si>
+  <si>
+    <t>4616Q8</t>
+  </si>
+  <si>
+    <t>Q46 DM ext.</t>
+  </si>
+  <si>
+    <t>4654Q8</t>
+  </si>
+  <si>
+    <t>5616Q8</t>
+  </si>
+  <si>
+    <t>Q56 DM ext.</t>
+  </si>
+  <si>
+    <t>4816Q8</t>
+  </si>
+  <si>
+    <t>Q48 DM ext.</t>
+  </si>
+  <si>
+    <t>4814Q8</t>
+  </si>
+  <si>
+    <t>Q48 DM</t>
+  </si>
+  <si>
+    <t>4912Q8</t>
+  </si>
+  <si>
+    <t>Q49 UM</t>
+  </si>
+  <si>
+    <t>4914Q8</t>
+  </si>
+  <si>
+    <t>Q49 DM</t>
+  </si>
+  <si>
     <t>5114Q8</t>
   </si>
   <si>
     <t>Q51 DM</t>
   </si>
   <si>
-    <t>5116Q8</t>
-[...4 lines deleted...]
-  <si>
     <t>5154Q8</t>
   </si>
   <si>
+    <t>5612Q8</t>
+  </si>
+  <si>
+    <t>Q56 UM</t>
+  </si>
+  <si>
+    <t>5614Q8</t>
+  </si>
+  <si>
+    <t>Q56 DM</t>
+  </si>
+  <si>
+    <t>5654Q8</t>
+  </si>
+  <si>
+    <t>5856Q8</t>
+  </si>
+  <si>
+    <t>Q58 DM ext.</t>
+  </si>
+  <si>
+    <t>5854Q8</t>
+  </si>
+  <si>
+    <t>Q58 DM</t>
+  </si>
+  <si>
+    <t>5816Q8</t>
+  </si>
+  <si>
+    <t>5814Q8</t>
+  </si>
+  <si>
     <t>6114Q8</t>
   </si>
   <si>
     <t>Q61 DM</t>
   </si>
   <si>
     <t>6116Q8</t>
   </si>
   <si>
     <t>Q61 DM ext.</t>
-  </si>
-[...76 lines deleted...]
-    <t>5856Q8</t>
   </si>
   <si>
     <t>6612Q8</t>
   </si>
   <si>
     <t>Q66 UM</t>
   </si>
   <si>
     <t>6614Q8</t>
   </si>
   <si>
     <t>Q66 DM</t>
   </si>
   <si>
     <t>6616Q8</t>
   </si>
   <si>
     <t>Q66 DM ext.</t>
   </si>
   <si>
     <t>6814Q8</t>
   </si>
   <si>
     <t>Q68 DM</t>
   </si>
@@ -881,359 +881,359 @@
         <v>34</v>
       </c>
       <c r="B17" s="0" t="s">
         <v>35</v>
       </c>
       <c r="C17" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="0" t="s">
         <v>36</v>
       </c>
       <c r="B18" s="0" t="s">
         <v>37</v>
       </c>
       <c r="C18" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="0" t="s">
         <v>38</v>
       </c>
       <c r="B19" s="0" t="s">
-        <v>39</v>
+        <v>35</v>
       </c>
       <c r="C19" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="0" t="s">
+        <v>39</v>
+      </c>
+      <c r="B20" s="0" t="s">
         <v>40</v>
-      </c>
-[...1 lines deleted...]
-        <v>37</v>
       </c>
       <c r="C20" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="0" t="s">
         <v>41</v>
       </c>
       <c r="B21" s="0" t="s">
         <v>42</v>
       </c>
       <c r="C21" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="0" t="s">
         <v>43</v>
       </c>
       <c r="B22" s="0" t="s">
-        <v>44</v>
+        <v>40</v>
       </c>
       <c r="C22" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="0" t="s">
+        <v>44</v>
+      </c>
+      <c r="B23" s="0" t="s">
         <v>45</v>
-      </c>
-[...1 lines deleted...]
-        <v>42</v>
       </c>
       <c r="C23" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="0" t="s">
         <v>46</v>
       </c>
       <c r="B24" s="0" t="s">
         <v>47</v>
       </c>
       <c r="C24" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="0" t="s">
         <v>48</v>
       </c>
       <c r="B25" s="0" t="s">
-        <v>49</v>
+        <v>45</v>
       </c>
       <c r="C25" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="0" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="B26" s="0" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
       <c r="C26" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="0" t="s">
+        <v>50</v>
+      </c>
+      <c r="B27" s="0" t="s">
         <v>51</v>
-      </c>
-[...1 lines deleted...]
-        <v>52</v>
       </c>
       <c r="C27" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="0" t="s">
+        <v>52</v>
+      </c>
+      <c r="B28" s="0" t="s">
         <v>53</v>
-      </c>
-[...1 lines deleted...]
-        <v>54</v>
       </c>
       <c r="C28" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="0" t="s">
+        <v>54</v>
+      </c>
+      <c r="B29" s="0" t="s">
         <v>55</v>
-      </c>
-[...1 lines deleted...]
-        <v>52</v>
       </c>
       <c r="C29" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="0" t="s">
         <v>56</v>
       </c>
       <c r="B30" s="0" t="s">
-        <v>52</v>
+        <v>57</v>
       </c>
       <c r="C30" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="0" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="B31" s="0" t="s">
-        <v>58</v>
+        <v>53</v>
       </c>
       <c r="C31" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="0" t="s">
         <v>59</v>
       </c>
       <c r="B32" s="0" t="s">
-        <v>60</v>
+        <v>53</v>
       </c>
       <c r="C32" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="0" t="s">
+        <v>60</v>
+      </c>
+      <c r="B33" s="0" t="s">
         <v>61</v>
-      </c>
-[...1 lines deleted...]
-        <v>58</v>
       </c>
       <c r="C33" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="0" t="s">
         <v>62</v>
       </c>
       <c r="B34" s="0" t="s">
-        <v>58</v>
+        <v>63</v>
       </c>
       <c r="C34" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="0" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="B35" s="0" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="C35" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="0" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="B36" s="0" t="s">
-        <v>66</v>
+        <v>63</v>
       </c>
       <c r="C36" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="0" t="s">
         <v>67</v>
       </c>
       <c r="B37" s="0" t="s">
-        <v>68</v>
+        <v>63</v>
       </c>
       <c r="C37" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="0" t="s">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="B38" s="0" t="s">
-        <v>70</v>
+        <v>65</v>
       </c>
       <c r="C38" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="0" t="s">
-        <v>71</v>
+        <v>69</v>
       </c>
       <c r="B39" s="0" t="s">
-        <v>66</v>
+        <v>63</v>
       </c>
       <c r="C39" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="0" t="s">
-        <v>72</v>
+        <v>70</v>
       </c>
       <c r="B40" s="0" t="s">
-        <v>66</v>
+        <v>71</v>
       </c>
       <c r="C40" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="0" t="s">
+        <v>72</v>
+      </c>
+      <c r="B41" s="0" t="s">
         <v>73</v>
-      </c>
-[...1 lines deleted...]
-        <v>74</v>
       </c>
       <c r="C41" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="0" t="s">
+        <v>74</v>
+      </c>
+      <c r="B42" s="0" t="s">
         <v>75</v>
-      </c>
-[...1 lines deleted...]
-        <v>76</v>
       </c>
       <c r="C42" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="0" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="B43" s="0" t="s">
-        <v>78</v>
+        <v>73</v>
       </c>
       <c r="C43" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="0" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="B44" s="0" t="s">
-        <v>76</v>
+        <v>73</v>
       </c>
       <c r="C44" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="0" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="B45" s="0" t="s">
-        <v>76</v>
+        <v>79</v>
       </c>
       <c r="C45" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="0" t="s">
+        <v>80</v>
+      </c>
+      <c r="B46" s="0" t="s">
         <v>81</v>
-      </c>
-[...1 lines deleted...]
-        <v>78</v>
       </c>
       <c r="C46" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="0" t="s">
         <v>82</v>
       </c>
       <c r="B47" s="0" t="s">
-        <v>76</v>
+        <v>79</v>
       </c>
       <c r="C47" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="0" t="s">
         <v>83</v>
       </c>
       <c r="B48" s="0" t="s">
         <v>84</v>
       </c>
       <c r="C48" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="0" t="s">
         <v>85</v>
       </c>
       <c r="B49" s="0" t="s">
         <v>86</v>
       </c>
       <c r="C49" s="0" t="s">
         <v>5</v>
@@ -1585,238 +1585,238 @@
         <v>147</v>
       </c>
       <c r="B81" s="0" t="s">
         <v>148</v>
       </c>
       <c r="C81" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" s="0" t="s">
         <v>149</v>
       </c>
       <c r="B82" s="0" t="s">
         <v>150</v>
       </c>
       <c r="C82" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" s="0" t="s">
         <v>151</v>
       </c>
       <c r="B83" s="0" t="s">
-        <v>148</v>
+        <v>152</v>
       </c>
       <c r="C83" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" s="0" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="B84" s="0" t="s">
-        <v>153</v>
+        <v>150</v>
       </c>
       <c r="C84" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" s="0" t="s">
         <v>154</v>
       </c>
       <c r="B85" s="0" t="s">
         <v>155</v>
       </c>
       <c r="C85" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" s="0" t="s">
         <v>156</v>
       </c>
       <c r="B86" s="0" t="s">
         <v>157</v>
       </c>
       <c r="C86" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" s="0" t="s">
         <v>158</v>
       </c>
       <c r="B87" s="0" t="s">
         <v>159</v>
       </c>
       <c r="C87" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" s="0" t="s">
         <v>160</v>
       </c>
       <c r="B88" s="0" t="s">
-        <v>157</v>
+        <v>161</v>
       </c>
       <c r="C88" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" s="0" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="B89" s="0" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="C89" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" s="0" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="B90" s="0" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="C90" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" s="0" t="s">
+        <v>166</v>
+      </c>
+      <c r="B91" s="0" t="s">
         <v>165</v>
-      </c>
-[...1 lines deleted...]
-        <v>166</v>
       </c>
       <c r="C91" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" s="0" t="s">
         <v>167</v>
       </c>
       <c r="B92" s="0" t="s">
         <v>168</v>
       </c>
       <c r="C92" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" s="0" t="s">
         <v>169</v>
       </c>
       <c r="B93" s="0" t="s">
         <v>170</v>
       </c>
       <c r="C93" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" s="0" t="s">
         <v>171</v>
       </c>
       <c r="B94" s="0" t="s">
-        <v>172</v>
+        <v>170</v>
       </c>
       <c r="C94" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" s="0" t="s">
+        <v>172</v>
+      </c>
+      <c r="B95" s="0" t="s">
         <v>173</v>
-      </c>
-[...1 lines deleted...]
-        <v>174</v>
       </c>
       <c r="C95" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" s="0" t="s">
+        <v>174</v>
+      </c>
+      <c r="B96" s="0" t="s">
         <v>175</v>
-      </c>
-[...1 lines deleted...]
-        <v>172</v>
       </c>
       <c r="C96" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" s="0" t="s">
         <v>176</v>
       </c>
       <c r="B97" s="0" t="s">
-        <v>177</v>
+        <v>173</v>
       </c>
       <c r="C97" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" s="0" t="s">
-        <v>178</v>
+        <v>177</v>
       </c>
       <c r="B98" s="0" t="s">
-        <v>179</v>
+        <v>175</v>
       </c>
       <c r="C98" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" s="0" t="s">
-        <v>180</v>
+        <v>178</v>
       </c>
       <c r="B99" s="0" t="s">
-        <v>177</v>
+        <v>179</v>
       </c>
       <c r="C99" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" s="0" t="s">
+        <v>180</v>
+      </c>
+      <c r="B100" s="0" t="s">
         <v>181</v>
-      </c>
-[...1 lines deleted...]
-        <v>179</v>
       </c>
       <c r="C100" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" s="0" t="s">
         <v>182</v>
       </c>
       <c r="B101" s="0" t="s">
         <v>183</v>
       </c>
       <c r="C101" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" s="0" t="s">
         <v>184</v>
       </c>
       <c r="B102" s="0" t="s">
         <v>185</v>
       </c>
       <c r="C102" s="0" t="s">
         <v>5</v>
@@ -2267,359 +2267,359 @@
         <v>34</v>
       </c>
       <c r="B143" s="0" t="s">
         <v>35</v>
       </c>
       <c r="C143" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="144">
       <c r="A144" s="0" t="s">
         <v>36</v>
       </c>
       <c r="B144" s="0" t="s">
         <v>37</v>
       </c>
       <c r="C144" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="145">
       <c r="A145" s="0" t="s">
         <v>38</v>
       </c>
       <c r="B145" s="0" t="s">
-        <v>39</v>
+        <v>35</v>
       </c>
       <c r="C145" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="146">
       <c r="A146" s="0" t="s">
+        <v>39</v>
+      </c>
+      <c r="B146" s="0" t="s">
         <v>40</v>
-      </c>
-[...1 lines deleted...]
-        <v>37</v>
       </c>
       <c r="C146" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="147">
       <c r="A147" s="0" t="s">
         <v>41</v>
       </c>
       <c r="B147" s="0" t="s">
         <v>42</v>
       </c>
       <c r="C147" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="148">
       <c r="A148" s="0" t="s">
         <v>43</v>
       </c>
       <c r="B148" s="0" t="s">
-        <v>44</v>
+        <v>40</v>
       </c>
       <c r="C148" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="149">
       <c r="A149" s="0" t="s">
+        <v>44</v>
+      </c>
+      <c r="B149" s="0" t="s">
         <v>45</v>
-      </c>
-[...1 lines deleted...]
-        <v>42</v>
       </c>
       <c r="C149" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="150">
       <c r="A150" s="0" t="s">
         <v>46</v>
       </c>
       <c r="B150" s="0" t="s">
         <v>47</v>
       </c>
       <c r="C150" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="151">
       <c r="A151" s="0" t="s">
         <v>48</v>
       </c>
       <c r="B151" s="0" t="s">
-        <v>49</v>
+        <v>45</v>
       </c>
       <c r="C151" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="152">
       <c r="A152" s="0" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="B152" s="0" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
       <c r="C152" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="153">
       <c r="A153" s="0" t="s">
+        <v>50</v>
+      </c>
+      <c r="B153" s="0" t="s">
         <v>51</v>
-      </c>
-[...1 lines deleted...]
-        <v>52</v>
       </c>
       <c r="C153" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="154">
       <c r="A154" s="0" t="s">
+        <v>52</v>
+      </c>
+      <c r="B154" s="0" t="s">
         <v>53</v>
-      </c>
-[...1 lines deleted...]
-        <v>54</v>
       </c>
       <c r="C154" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="155">
       <c r="A155" s="0" t="s">
+        <v>54</v>
+      </c>
+      <c r="B155" s="0" t="s">
         <v>55</v>
-      </c>
-[...1 lines deleted...]
-        <v>52</v>
       </c>
       <c r="C155" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="156">
       <c r="A156" s="0" t="s">
         <v>56</v>
       </c>
       <c r="B156" s="0" t="s">
-        <v>52</v>
+        <v>57</v>
       </c>
       <c r="C156" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="157">
       <c r="A157" s="0" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="B157" s="0" t="s">
-        <v>58</v>
+        <v>53</v>
       </c>
       <c r="C157" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="158">
       <c r="A158" s="0" t="s">
         <v>59</v>
       </c>
       <c r="B158" s="0" t="s">
-        <v>60</v>
+        <v>53</v>
       </c>
       <c r="C158" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="159">
       <c r="A159" s="0" t="s">
+        <v>60</v>
+      </c>
+      <c r="B159" s="0" t="s">
         <v>61</v>
-      </c>
-[...1 lines deleted...]
-        <v>58</v>
       </c>
       <c r="C159" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="160">
       <c r="A160" s="0" t="s">
         <v>62</v>
       </c>
       <c r="B160" s="0" t="s">
-        <v>58</v>
+        <v>63</v>
       </c>
       <c r="C160" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="161">
       <c r="A161" s="0" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="B161" s="0" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="C161" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="162">
       <c r="A162" s="0" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="B162" s="0" t="s">
-        <v>66</v>
+        <v>63</v>
       </c>
       <c r="C162" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="163">
       <c r="A163" s="0" t="s">
         <v>67</v>
       </c>
       <c r="B163" s="0" t="s">
-        <v>68</v>
+        <v>63</v>
       </c>
       <c r="C163" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="164">
       <c r="A164" s="0" t="s">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="B164" s="0" t="s">
-        <v>70</v>
+        <v>65</v>
       </c>
       <c r="C164" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="165">
       <c r="A165" s="0" t="s">
-        <v>71</v>
+        <v>69</v>
       </c>
       <c r="B165" s="0" t="s">
-        <v>66</v>
+        <v>63</v>
       </c>
       <c r="C165" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="166">
       <c r="A166" s="0" t="s">
-        <v>72</v>
+        <v>70</v>
       </c>
       <c r="B166" s="0" t="s">
-        <v>66</v>
+        <v>71</v>
       </c>
       <c r="C166" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="167">
       <c r="A167" s="0" t="s">
+        <v>72</v>
+      </c>
+      <c r="B167" s="0" t="s">
         <v>73</v>
-      </c>
-[...1 lines deleted...]
-        <v>74</v>
       </c>
       <c r="C167" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="168">
       <c r="A168" s="0" t="s">
+        <v>74</v>
+      </c>
+      <c r="B168" s="0" t="s">
         <v>75</v>
-      </c>
-[...1 lines deleted...]
-        <v>76</v>
       </c>
       <c r="C168" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="169">
       <c r="A169" s="0" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="B169" s="0" t="s">
-        <v>78</v>
+        <v>73</v>
       </c>
       <c r="C169" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="170">
       <c r="A170" s="0" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="B170" s="0" t="s">
-        <v>76</v>
+        <v>73</v>
       </c>
       <c r="C170" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="171">
       <c r="A171" s="0" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="B171" s="0" t="s">
-        <v>76</v>
+        <v>79</v>
       </c>
       <c r="C171" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="172">
       <c r="A172" s="0" t="s">
+        <v>80</v>
+      </c>
+      <c r="B172" s="0" t="s">
         <v>81</v>
-      </c>
-[...1 lines deleted...]
-        <v>78</v>
       </c>
       <c r="C172" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="173">
       <c r="A173" s="0" t="s">
         <v>82</v>
       </c>
       <c r="B173" s="0" t="s">
-        <v>76</v>
+        <v>79</v>
       </c>
       <c r="C173" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="174">
       <c r="A174" s="0" t="s">
         <v>83</v>
       </c>
       <c r="B174" s="0" t="s">
         <v>84</v>
       </c>
       <c r="C174" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="175">
       <c r="A175" s="0" t="s">
         <v>85</v>
       </c>
       <c r="B175" s="0" t="s">
         <v>86</v>
       </c>
       <c r="C175" s="0" t="s">
         <v>5</v>
@@ -2817,238 +2817,238 @@
         <v>147</v>
       </c>
       <c r="B193" s="0" t="s">
         <v>148</v>
       </c>
       <c r="C193" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="194">
       <c r="A194" s="0" t="s">
         <v>149</v>
       </c>
       <c r="B194" s="0" t="s">
         <v>150</v>
       </c>
       <c r="C194" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="195">
       <c r="A195" s="0" t="s">
         <v>151</v>
       </c>
       <c r="B195" s="0" t="s">
-        <v>148</v>
+        <v>152</v>
       </c>
       <c r="C195" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="196">
       <c r="A196" s="0" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="B196" s="0" t="s">
-        <v>153</v>
+        <v>150</v>
       </c>
       <c r="C196" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="197">
       <c r="A197" s="0" t="s">
         <v>154</v>
       </c>
       <c r="B197" s="0" t="s">
         <v>155</v>
       </c>
       <c r="C197" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="198">
       <c r="A198" s="0" t="s">
         <v>156</v>
       </c>
       <c r="B198" s="0" t="s">
         <v>157</v>
       </c>
       <c r="C198" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="199">
       <c r="A199" s="0" t="s">
         <v>158</v>
       </c>
       <c r="B199" s="0" t="s">
         <v>159</v>
       </c>
       <c r="C199" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="200">
       <c r="A200" s="0" t="s">
         <v>160</v>
       </c>
       <c r="B200" s="0" t="s">
-        <v>157</v>
+        <v>161</v>
       </c>
       <c r="C200" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="201">
       <c r="A201" s="0" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="B201" s="0" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="C201" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="202">
       <c r="A202" s="0" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="B202" s="0" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="C202" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="203">
       <c r="A203" s="0" t="s">
+        <v>166</v>
+      </c>
+      <c r="B203" s="0" t="s">
         <v>165</v>
-      </c>
-[...1 lines deleted...]
-        <v>166</v>
       </c>
       <c r="C203" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="204">
       <c r="A204" s="0" t="s">
         <v>167</v>
       </c>
       <c r="B204" s="0" t="s">
         <v>168</v>
       </c>
       <c r="C204" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="205">
       <c r="A205" s="0" t="s">
         <v>169</v>
       </c>
       <c r="B205" s="0" t="s">
         <v>170</v>
       </c>
       <c r="C205" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="206">
       <c r="A206" s="0" t="s">
         <v>171</v>
       </c>
       <c r="B206" s="0" t="s">
-        <v>172</v>
+        <v>170</v>
       </c>
       <c r="C206" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="207">
       <c r="A207" s="0" t="s">
+        <v>172</v>
+      </c>
+      <c r="B207" s="0" t="s">
         <v>173</v>
-      </c>
-[...1 lines deleted...]
-        <v>174</v>
       </c>
       <c r="C207" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="208">
       <c r="A208" s="0" t="s">
+        <v>174</v>
+      </c>
+      <c r="B208" s="0" t="s">
         <v>175</v>
-      </c>
-[...1 lines deleted...]
-        <v>172</v>
       </c>
       <c r="C208" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="209">
       <c r="A209" s="0" t="s">
         <v>176</v>
       </c>
       <c r="B209" s="0" t="s">
-        <v>177</v>
+        <v>173</v>
       </c>
       <c r="C209" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="210">
       <c r="A210" s="0" t="s">
-        <v>178</v>
+        <v>177</v>
       </c>
       <c r="B210" s="0" t="s">
-        <v>179</v>
+        <v>175</v>
       </c>
       <c r="C210" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="211">
       <c r="A211" s="0" t="s">
-        <v>180</v>
+        <v>178</v>
       </c>
       <c r="B211" s="0" t="s">
-        <v>177</v>
+        <v>179</v>
       </c>
       <c r="C211" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="212">
       <c r="A212" s="0" t="s">
+        <v>180</v>
+      </c>
+      <c r="B212" s="0" t="s">
         <v>181</v>
-      </c>
-[...1 lines deleted...]
-        <v>179</v>
       </c>
       <c r="C212" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="213">
       <c r="A213" s="0" t="s">
         <v>182</v>
       </c>
       <c r="B213" s="0" t="s">
         <v>183</v>
       </c>
       <c r="C213" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="214">
       <c r="A214" s="0" t="s">
         <v>184</v>
       </c>
       <c r="B214" s="0" t="s">
         <v>185</v>
       </c>
       <c r="C214" s="0" t="s">
         <v>5</v>