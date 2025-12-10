--- v0 (2025-10-15)
+++ v1 (2025-12-10)
@@ -105,261 +105,261 @@
   <si>
     <t>Q39 DM</t>
   </si>
   <si>
     <t>3916Q8</t>
   </si>
   <si>
     <t>Q39 DM ext.</t>
   </si>
   <si>
     <t>4114Q8</t>
   </si>
   <si>
     <t>Q41 DM</t>
   </si>
   <si>
     <t>4154Q8</t>
   </si>
   <si>
     <t>4916Q8</t>
   </si>
   <si>
     <t>Q49 DM ext.</t>
   </si>
   <si>
+    <t>5116Q8</t>
+  </si>
+  <si>
+    <t>Q51 DM ext.</t>
+  </si>
+  <si>
+    <t>4614Q8</t>
+  </si>
+  <si>
+    <t>Q46 DM</t>
+  </si>
+  <si>
+    <t>4616Q8</t>
+  </si>
+  <si>
+    <t>Q46 DM ext.</t>
+  </si>
+  <si>
+    <t>4654Q8</t>
+  </si>
+  <si>
+    <t>5616Q8</t>
+  </si>
+  <si>
+    <t>Q56 DM ext.</t>
+  </si>
+  <si>
+    <t>4816Q8</t>
+  </si>
+  <si>
+    <t>Q48 DM ext.</t>
+  </si>
+  <si>
+    <t>4814Q8</t>
+  </si>
+  <si>
+    <t>Q48 DM</t>
+  </si>
+  <si>
+    <t>4912Q8</t>
+  </si>
+  <si>
+    <t>Q49 UM</t>
+  </si>
+  <si>
+    <t>4914Q8</t>
+  </si>
+  <si>
+    <t>Q49 DM</t>
+  </si>
+  <si>
     <t>5114Q8</t>
   </si>
   <si>
     <t>Q51 DM</t>
   </si>
   <si>
-    <t>5116Q8</t>
-[...4 lines deleted...]
-  <si>
     <t>5154Q8</t>
   </si>
   <si>
-    <t>4614Q8</t>
-[...37 lines deleted...]
-  <si>
     <t>5612Q8</t>
   </si>
   <si>
     <t>Q56 UM</t>
   </si>
   <si>
     <t>5614Q8</t>
   </si>
   <si>
     <t>Q56 DM</t>
   </si>
   <si>
-    <t>5616Q8</t>
-[...4 lines deleted...]
-  <si>
     <t>5654Q8</t>
   </si>
   <si>
+    <t>5856Q8</t>
+  </si>
+  <si>
+    <t>Q58 DM ext.</t>
+  </si>
+  <si>
+    <t>5854Q8</t>
+  </si>
+  <si>
+    <t>Q58 DM</t>
+  </si>
+  <si>
+    <t>5816Q8</t>
+  </si>
+  <si>
     <t>5814Q8</t>
   </si>
   <si>
-    <t>Q58 DM</t>
-[...13 lines deleted...]
-  <si>
     <t>2014Q8</t>
   </si>
   <si>
     <t>Q20 DM</t>
   </si>
   <si>
+    <t>3014Q8</t>
+  </si>
+  <si>
+    <t>Q30 DM</t>
+  </si>
+  <si>
+    <t>3016Q8</t>
+  </si>
+  <si>
+    <t>Q30 DM ext.</t>
+  </si>
+  <si>
+    <t>3514Q8</t>
+  </si>
+  <si>
+    <t>Q35 DM</t>
+  </si>
+  <si>
+    <t>3516Q8</t>
+  </si>
+  <si>
+    <t>Q35 DM ext.</t>
+  </si>
+  <si>
+    <t>3564Q8</t>
+  </si>
+  <si>
+    <t>4014Q8</t>
+  </si>
+  <si>
+    <t>Q40 DM</t>
+  </si>
+  <si>
+    <t>4016Q8</t>
+  </si>
+  <si>
+    <t>Q40 DM ext.</t>
+  </si>
+  <si>
+    <t>4054Q8</t>
+  </si>
+  <si>
+    <t>5512Q8</t>
+  </si>
+  <si>
+    <t>Q55 UM</t>
+  </si>
+  <si>
+    <t>5514Q8</t>
+  </si>
+  <si>
+    <t>Q55 DM</t>
+  </si>
+  <si>
+    <t>5516Q8</t>
+  </si>
+  <si>
+    <t>Q55 DM ext.</t>
+  </si>
+  <si>
+    <t>5534Q8</t>
+  </si>
+  <si>
+    <t>Q55 DM, DM ext</t>
+  </si>
+  <si>
+    <t>5544Q, 5546Q</t>
+  </si>
+  <si>
+    <t>5554Q8</t>
+  </si>
+  <si>
+    <t>5564Q8</t>
+  </si>
+  <si>
     <t>2514Q8</t>
   </si>
   <si>
     <t>Q25 DM</t>
   </si>
   <si>
-    <t>3014Q8</t>
-[...38 lines deleted...]
-    <t>4054Q8</t>
+    <t>4514Q8</t>
+  </si>
+  <si>
+    <t>Q45 DM</t>
+  </si>
+  <si>
+    <t>4516Q8</t>
+  </si>
+  <si>
+    <t>Q45 DM ext.</t>
+  </si>
+  <si>
+    <t>4554Q8</t>
+  </si>
+  <si>
+    <t>4564Q8</t>
   </si>
   <si>
     <t>5014Q8</t>
   </si>
   <si>
     <t>Q50 DM</t>
   </si>
   <si>
     <t>5016Q8</t>
   </si>
   <si>
     <t>Q50 DM ext.</t>
   </si>
   <si>
     <t>5054Q8</t>
-  </si>
-[...49 lines deleted...]
-    <t>5564Q8</t>
   </si>
   <si>
     <t>3014T8</t>
   </si>
   <si>
     <t>+2.0 DM</t>
   </si>
   <si>
     <t>3016T8</t>
   </si>
   <si>
     <t>+2.0 DM ext.</t>
   </si>
   <si>
     <t>3514T8</t>
   </si>
   <si>
     <t>+2.0P DM</t>
   </si>
   <si>
     <t>3516T8</t>
   </si>
   <si>
     <t>+2.0P DM ext.</t>
   </si>
@@ -878,172 +878,172 @@
         <v>33</v>
       </c>
       <c r="B17" s="0" t="s">
         <v>34</v>
       </c>
       <c r="C17" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="0" t="s">
         <v>35</v>
       </c>
       <c r="B18" s="0" t="s">
         <v>36</v>
       </c>
       <c r="C18" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="0" t="s">
         <v>37</v>
       </c>
       <c r="B19" s="0" t="s">
-        <v>34</v>
+        <v>38</v>
       </c>
       <c r="C19" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="0" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="B20" s="0" t="s">
-        <v>39</v>
+        <v>36</v>
       </c>
       <c r="C20" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="0" t="s">
         <v>40</v>
       </c>
       <c r="B21" s="0" t="s">
         <v>41</v>
       </c>
       <c r="C21" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="0" t="s">
         <v>42</v>
       </c>
       <c r="B22" s="0" t="s">
-        <v>39</v>
+        <v>43</v>
       </c>
       <c r="C22" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="0" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="B23" s="0" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="C23" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="0" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="B24" s="0" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="C24" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="0" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="B25" s="0" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="C25" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="0" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="B26" s="0" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="C26" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="0" t="s">
+        <v>52</v>
+      </c>
+      <c r="B27" s="0" t="s">
         <v>51</v>
-      </c>
-[...1 lines deleted...]
-        <v>52</v>
       </c>
       <c r="C27" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="0" t="s">
         <v>53</v>
       </c>
       <c r="B28" s="0" t="s">
         <v>54</v>
       </c>
       <c r="C28" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="0" t="s">
         <v>55</v>
       </c>
       <c r="B29" s="0" t="s">
         <v>56</v>
       </c>
       <c r="C29" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="0" t="s">
         <v>57</v>
       </c>
       <c r="B30" s="0" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="C30" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="0" t="s">
         <v>58</v>
       </c>
       <c r="B31" s="0" t="s">
         <v>59</v>
       </c>
       <c r="C31" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="0" t="s">
         <v>60</v>
       </c>
       <c r="B32" s="0" t="s">
         <v>61</v>
       </c>
       <c r="C32" s="0" t="s">
         <v>5</v>
@@ -1109,95 +1109,95 @@
         <v>70</v>
       </c>
       <c r="B38" s="0" t="s">
         <v>71</v>
       </c>
       <c r="C38" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="0" t="s">
         <v>72</v>
       </c>
       <c r="B39" s="0" t="s">
         <v>73</v>
       </c>
       <c r="C39" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="0" t="s">
         <v>74</v>
       </c>
       <c r="B40" s="0" t="s">
-        <v>75</v>
+        <v>71</v>
       </c>
       <c r="C40" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="0" t="s">
+        <v>75</v>
+      </c>
+      <c r="B41" s="0" t="s">
         <v>76</v>
-      </c>
-[...1 lines deleted...]
-        <v>73</v>
       </c>
       <c r="C41" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="0" t="s">
         <v>77</v>
       </c>
       <c r="B42" s="0" t="s">
         <v>78</v>
       </c>
       <c r="C42" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="0" t="s">
         <v>79</v>
       </c>
       <c r="B43" s="0" t="s">
-        <v>80</v>
+        <v>76</v>
       </c>
       <c r="C43" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="0" t="s">
+        <v>80</v>
+      </c>
+      <c r="B44" s="0" t="s">
         <v>81</v>
-      </c>
-[...1 lines deleted...]
-        <v>78</v>
       </c>
       <c r="C44" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="0" t="s">
         <v>82</v>
       </c>
       <c r="B45" s="0" t="s">
         <v>83</v>
       </c>
       <c r="C45" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="0" t="s">
         <v>84</v>
       </c>
       <c r="B46" s="0" t="s">
         <v>85</v>
       </c>
       <c r="C46" s="0" t="s">
         <v>5</v>
@@ -1208,150 +1208,150 @@
         <v>86</v>
       </c>
       <c r="B47" s="0" t="s">
         <v>83</v>
       </c>
       <c r="C47" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="0" t="s">
         <v>87</v>
       </c>
       <c r="B48" s="0" t="s">
         <v>88</v>
       </c>
       <c r="C48" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="0" t="s">
         <v>89</v>
       </c>
       <c r="B49" s="0" t="s">
-        <v>90</v>
+        <v>83</v>
       </c>
       <c r="C49" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="0" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="B50" s="0" t="s">
-        <v>88</v>
+        <v>83</v>
       </c>
       <c r="C50" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="0" t="s">
+        <v>91</v>
+      </c>
+      <c r="B51" s="0" t="s">
         <v>92</v>
-      </c>
-[...1 lines deleted...]
-        <v>88</v>
       </c>
       <c r="C51" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="0" t="s">
         <v>93</v>
       </c>
       <c r="B52" s="0" t="s">
         <v>94</v>
       </c>
       <c r="C52" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="0" t="s">
         <v>95</v>
       </c>
       <c r="B53" s="0" t="s">
         <v>96</v>
       </c>
       <c r="C53" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="0" t="s">
         <v>97</v>
       </c>
       <c r="B54" s="0" t="s">
-        <v>98</v>
+        <v>94</v>
       </c>
       <c r="C54" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="0" t="s">
-        <v>99</v>
+        <v>98</v>
       </c>
       <c r="B55" s="0" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="C55" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="0" t="s">
+        <v>99</v>
+      </c>
+      <c r="B56" s="0" t="s">
         <v>100</v>
-      </c>
-[...1 lines deleted...]
-        <v>101</v>
       </c>
       <c r="C56" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="0" t="s">
+        <v>101</v>
+      </c>
+      <c r="B57" s="0" t="s">
         <v>102</v>
-      </c>
-[...1 lines deleted...]
-        <v>96</v>
       </c>
       <c r="C57" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="0" t="s">
         <v>103</v>
       </c>
       <c r="B58" s="0" t="s">
-        <v>96</v>
+        <v>100</v>
       </c>
       <c r="C58" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="0" t="s">
         <v>3</v>
       </c>
       <c r="B59" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C59" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="0" t="s">
         <v>6</v>
       </c>
       <c r="B60" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C60" s="0" t="s">
         <v>5</v>
@@ -1505,172 +1505,172 @@
         <v>33</v>
       </c>
       <c r="B74" s="0" t="s">
         <v>34</v>
       </c>
       <c r="C74" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" s="0" t="s">
         <v>35</v>
       </c>
       <c r="B75" s="0" t="s">
         <v>36</v>
       </c>
       <c r="C75" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" s="0" t="s">
         <v>37</v>
       </c>
       <c r="B76" s="0" t="s">
-        <v>34</v>
+        <v>38</v>
       </c>
       <c r="C76" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" s="0" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="B77" s="0" t="s">
-        <v>39</v>
+        <v>36</v>
       </c>
       <c r="C77" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" s="0" t="s">
         <v>40</v>
       </c>
       <c r="B78" s="0" t="s">
         <v>41</v>
       </c>
       <c r="C78" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" s="0" t="s">
         <v>42</v>
       </c>
       <c r="B79" s="0" t="s">
-        <v>39</v>
+        <v>43</v>
       </c>
       <c r="C79" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" s="0" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="B80" s="0" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="C80" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" s="0" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="B81" s="0" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="C81" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" s="0" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="B82" s="0" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="C82" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" s="0" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="B83" s="0" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="C83" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" s="0" t="s">
+        <v>52</v>
+      </c>
+      <c r="B84" s="0" t="s">
         <v>51</v>
-      </c>
-[...1 lines deleted...]
-        <v>52</v>
       </c>
       <c r="C84" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" s="0" t="s">
         <v>53</v>
       </c>
       <c r="B85" s="0" t="s">
         <v>54</v>
       </c>
       <c r="C85" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" s="0" t="s">
         <v>55</v>
       </c>
       <c r="B86" s="0" t="s">
         <v>56</v>
       </c>
       <c r="C86" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" s="0" t="s">
         <v>57</v>
       </c>
       <c r="B87" s="0" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="C87" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" s="0" t="s">
         <v>58</v>
       </c>
       <c r="B88" s="0" t="s">
         <v>59</v>
       </c>
       <c r="C88" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" s="0" t="s">
         <v>60</v>
       </c>
       <c r="B89" s="0" t="s">
         <v>61</v>
       </c>
       <c r="C89" s="0" t="s">
         <v>5</v>
@@ -1736,95 +1736,95 @@
         <v>70</v>
       </c>
       <c r="B95" s="0" t="s">
         <v>71</v>
       </c>
       <c r="C95" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" s="0" t="s">
         <v>72</v>
       </c>
       <c r="B96" s="0" t="s">
         <v>73</v>
       </c>
       <c r="C96" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" s="0" t="s">
         <v>74</v>
       </c>
       <c r="B97" s="0" t="s">
-        <v>75</v>
+        <v>71</v>
       </c>
       <c r="C97" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" s="0" t="s">
+        <v>75</v>
+      </c>
+      <c r="B98" s="0" t="s">
         <v>76</v>
-      </c>
-[...1 lines deleted...]
-        <v>73</v>
       </c>
       <c r="C98" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" s="0" t="s">
         <v>77</v>
       </c>
       <c r="B99" s="0" t="s">
         <v>78</v>
       </c>
       <c r="C99" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" s="0" t="s">
         <v>79</v>
       </c>
       <c r="B100" s="0" t="s">
-        <v>80</v>
+        <v>76</v>
       </c>
       <c r="C100" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" s="0" t="s">
+        <v>80</v>
+      </c>
+      <c r="B101" s="0" t="s">
         <v>81</v>
-      </c>
-[...1 lines deleted...]
-        <v>78</v>
       </c>
       <c r="C101" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" s="0" t="s">
         <v>82</v>
       </c>
       <c r="B102" s="0" t="s">
         <v>83</v>
       </c>
       <c r="C102" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" s="0" t="s">
         <v>84</v>
       </c>
       <c r="B103" s="0" t="s">
         <v>85</v>
       </c>
       <c r="C103" s="0" t="s">
         <v>5</v>
@@ -1835,150 +1835,150 @@
         <v>86</v>
       </c>
       <c r="B104" s="0" t="s">
         <v>83</v>
       </c>
       <c r="C104" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" s="0" t="s">
         <v>87</v>
       </c>
       <c r="B105" s="0" t="s">
         <v>88</v>
       </c>
       <c r="C105" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" s="0" t="s">
         <v>89</v>
       </c>
       <c r="B106" s="0" t="s">
-        <v>90</v>
+        <v>83</v>
       </c>
       <c r="C106" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" s="0" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="B107" s="0" t="s">
-        <v>88</v>
+        <v>83</v>
       </c>
       <c r="C107" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" s="0" t="s">
+        <v>91</v>
+      </c>
+      <c r="B108" s="0" t="s">
         <v>92</v>
-      </c>
-[...1 lines deleted...]
-        <v>88</v>
       </c>
       <c r="C108" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" s="0" t="s">
         <v>93</v>
       </c>
       <c r="B109" s="0" t="s">
         <v>94</v>
       </c>
       <c r="C109" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" s="0" t="s">
         <v>95</v>
       </c>
       <c r="B110" s="0" t="s">
         <v>96</v>
       </c>
       <c r="C110" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" s="0" t="s">
         <v>97</v>
       </c>
       <c r="B111" s="0" t="s">
-        <v>98</v>
+        <v>94</v>
       </c>
       <c r="C111" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" s="0" t="s">
-        <v>99</v>
+        <v>98</v>
       </c>
       <c r="B112" s="0" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="C112" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" s="0" t="s">
+        <v>99</v>
+      </c>
+      <c r="B113" s="0" t="s">
         <v>100</v>
-      </c>
-[...1 lines deleted...]
-        <v>101</v>
       </c>
       <c r="C113" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" s="0" t="s">
+        <v>101</v>
+      </c>
+      <c r="B114" s="0" t="s">
         <v>102</v>
-      </c>
-[...1 lines deleted...]
-        <v>96</v>
       </c>
       <c r="C114" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" s="0" t="s">
         <v>103</v>
       </c>
       <c r="B115" s="0" t="s">
-        <v>96</v>
+        <v>100</v>
       </c>
       <c r="C115" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="116">
       <c r="C116" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" s="0" t="s">
         <v>104</v>
       </c>
       <c r="B117" s="0" t="s">
         <v>105</v>
       </c>
       <c r="C117" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" s="0" t="s">
         <v>106</v>
       </c>
@@ -3308,172 +3308,172 @@
         <v>33</v>
       </c>
       <c r="B239" s="0" t="s">
         <v>34</v>
       </c>
       <c r="C239" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="240">
       <c r="A240" s="0" t="s">
         <v>35</v>
       </c>
       <c r="B240" s="0" t="s">
         <v>36</v>
       </c>
       <c r="C240" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="241">
       <c r="A241" s="0" t="s">
         <v>37</v>
       </c>
       <c r="B241" s="0" t="s">
-        <v>34</v>
+        <v>38</v>
       </c>
       <c r="C241" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="242">
       <c r="A242" s="0" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="B242" s="0" t="s">
-        <v>39</v>
+        <v>36</v>
       </c>
       <c r="C242" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="243">
       <c r="A243" s="0" t="s">
         <v>40</v>
       </c>
       <c r="B243" s="0" t="s">
         <v>41</v>
       </c>
       <c r="C243" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="244">
       <c r="A244" s="0" t="s">
         <v>42</v>
       </c>
       <c r="B244" s="0" t="s">
-        <v>39</v>
+        <v>43</v>
       </c>
       <c r="C244" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="245">
       <c r="A245" s="0" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="B245" s="0" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="C245" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="246">
       <c r="A246" s="0" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="B246" s="0" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="C246" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="247">
       <c r="A247" s="0" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="B247" s="0" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="C247" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="248">
       <c r="A248" s="0" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="B248" s="0" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="C248" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="249">
       <c r="A249" s="0" t="s">
+        <v>52</v>
+      </c>
+      <c r="B249" s="0" t="s">
         <v>51</v>
-      </c>
-[...1 lines deleted...]
-        <v>52</v>
       </c>
       <c r="C249" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="250">
       <c r="A250" s="0" t="s">
         <v>53</v>
       </c>
       <c r="B250" s="0" t="s">
         <v>54</v>
       </c>
       <c r="C250" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="251">
       <c r="A251" s="0" t="s">
         <v>55</v>
       </c>
       <c r="B251" s="0" t="s">
         <v>56</v>
       </c>
       <c r="C251" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="252">
       <c r="A252" s="0" t="s">
         <v>57</v>
       </c>
       <c r="B252" s="0" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="C252" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="253">
       <c r="A253" s="0" t="s">
         <v>58</v>
       </c>
       <c r="B253" s="0" t="s">
         <v>59</v>
       </c>
       <c r="C253" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="254">
       <c r="A254" s="0" t="s">
         <v>60</v>
       </c>
       <c r="B254" s="0" t="s">
         <v>61</v>
       </c>
       <c r="C254" s="0" t="s">
         <v>5</v>
@@ -3539,95 +3539,95 @@
         <v>70</v>
       </c>
       <c r="B260" s="0" t="s">
         <v>71</v>
       </c>
       <c r="C260" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="261">
       <c r="A261" s="0" t="s">
         <v>72</v>
       </c>
       <c r="B261" s="0" t="s">
         <v>73</v>
       </c>
       <c r="C261" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="262">
       <c r="A262" s="0" t="s">
         <v>74</v>
       </c>
       <c r="B262" s="0" t="s">
-        <v>75</v>
+        <v>71</v>
       </c>
       <c r="C262" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="263">
       <c r="A263" s="0" t="s">
+        <v>75</v>
+      </c>
+      <c r="B263" s="0" t="s">
         <v>76</v>
-      </c>
-[...1 lines deleted...]
-        <v>73</v>
       </c>
       <c r="C263" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="264">
       <c r="A264" s="0" t="s">
         <v>77</v>
       </c>
       <c r="B264" s="0" t="s">
         <v>78</v>
       </c>
       <c r="C264" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="265">
       <c r="A265" s="0" t="s">
         <v>79</v>
       </c>
       <c r="B265" s="0" t="s">
-        <v>80</v>
+        <v>76</v>
       </c>
       <c r="C265" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="266">
       <c r="A266" s="0" t="s">
+        <v>80</v>
+      </c>
+      <c r="B266" s="0" t="s">
         <v>81</v>
-      </c>
-[...1 lines deleted...]
-        <v>78</v>
       </c>
       <c r="C266" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="267">
       <c r="A267" s="0" t="s">
         <v>82</v>
       </c>
       <c r="B267" s="0" t="s">
         <v>83</v>
       </c>
       <c r="C267" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="268">
       <c r="A268" s="0" t="s">
         <v>84</v>
       </c>
       <c r="B268" s="0" t="s">
         <v>85</v>
       </c>
       <c r="C268" s="0" t="s">
         <v>5</v>
@@ -3638,150 +3638,150 @@
         <v>86</v>
       </c>
       <c r="B269" s="0" t="s">
         <v>83</v>
       </c>
       <c r="C269" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="270">
       <c r="A270" s="0" t="s">
         <v>87</v>
       </c>
       <c r="B270" s="0" t="s">
         <v>88</v>
       </c>
       <c r="C270" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="271">
       <c r="A271" s="0" t="s">
         <v>89</v>
       </c>
       <c r="B271" s="0" t="s">
-        <v>90</v>
+        <v>83</v>
       </c>
       <c r="C271" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="272">
       <c r="A272" s="0" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="B272" s="0" t="s">
-        <v>88</v>
+        <v>83</v>
       </c>
       <c r="C272" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="273">
       <c r="A273" s="0" t="s">
+        <v>91</v>
+      </c>
+      <c r="B273" s="0" t="s">
         <v>92</v>
-      </c>
-[...1 lines deleted...]
-        <v>88</v>
       </c>
       <c r="C273" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="274">
       <c r="A274" s="0" t="s">
         <v>93</v>
       </c>
       <c r="B274" s="0" t="s">
         <v>94</v>
       </c>
       <c r="C274" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="275">
       <c r="A275" s="0" t="s">
         <v>95</v>
       </c>
       <c r="B275" s="0" t="s">
         <v>96</v>
       </c>
       <c r="C275" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="276">
       <c r="A276" s="0" t="s">
         <v>97</v>
       </c>
       <c r="B276" s="0" t="s">
-        <v>98</v>
+        <v>94</v>
       </c>
       <c r="C276" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="277">
       <c r="A277" s="0" t="s">
-        <v>99</v>
+        <v>98</v>
       </c>
       <c r="B277" s="0" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="C277" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="278">
       <c r="A278" s="0" t="s">
+        <v>99</v>
+      </c>
+      <c r="B278" s="0" t="s">
         <v>100</v>
-      </c>
-[...1 lines deleted...]
-        <v>101</v>
       </c>
       <c r="C278" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="279">
       <c r="A279" s="0" t="s">
+        <v>101</v>
+      </c>
+      <c r="B279" s="0" t="s">
         <v>102</v>
-      </c>
-[...1 lines deleted...]
-        <v>96</v>
       </c>
       <c r="C279" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="280">
       <c r="A280" s="0" t="s">
         <v>103</v>
       </c>
       <c r="B280" s="0" t="s">
-        <v>96</v>
+        <v>100</v>
       </c>
       <c r="C280" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="281">
       <c r="A281" s="0" t="s">
         <v>3</v>
       </c>
       <c r="B281" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C281" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="282">
       <c r="A282" s="0" t="s">
         <v>6</v>
       </c>
       <c r="B282" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C282" s="0" t="s">
         <v>5</v>
@@ -3935,172 +3935,172 @@
         <v>33</v>
       </c>
       <c r="B296" s="0" t="s">
         <v>34</v>
       </c>
       <c r="C296" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="297">
       <c r="A297" s="0" t="s">
         <v>35</v>
       </c>
       <c r="B297" s="0" t="s">
         <v>36</v>
       </c>
       <c r="C297" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="298">
       <c r="A298" s="0" t="s">
         <v>37</v>
       </c>
       <c r="B298" s="0" t="s">
-        <v>34</v>
+        <v>38</v>
       </c>
       <c r="C298" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="299">
       <c r="A299" s="0" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="B299" s="0" t="s">
-        <v>39</v>
+        <v>36</v>
       </c>
       <c r="C299" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="300">
       <c r="A300" s="0" t="s">
         <v>40</v>
       </c>
       <c r="B300" s="0" t="s">
         <v>41</v>
       </c>
       <c r="C300" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="301">
       <c r="A301" s="0" t="s">
         <v>42</v>
       </c>
       <c r="B301" s="0" t="s">
-        <v>39</v>
+        <v>43</v>
       </c>
       <c r="C301" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="302">
       <c r="A302" s="0" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="B302" s="0" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="C302" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="303">
       <c r="A303" s="0" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="B303" s="0" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="C303" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="304">
       <c r="A304" s="0" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="B304" s="0" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="C304" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="305">
       <c r="A305" s="0" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="B305" s="0" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="C305" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="306">
       <c r="A306" s="0" t="s">
+        <v>52</v>
+      </c>
+      <c r="B306" s="0" t="s">
         <v>51</v>
-      </c>
-[...1 lines deleted...]
-        <v>52</v>
       </c>
       <c r="C306" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="307">
       <c r="A307" s="0" t="s">
         <v>53</v>
       </c>
       <c r="B307" s="0" t="s">
         <v>54</v>
       </c>
       <c r="C307" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="308">
       <c r="A308" s="0" t="s">
         <v>55</v>
       </c>
       <c r="B308" s="0" t="s">
         <v>56</v>
       </c>
       <c r="C308" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="309">
       <c r="A309" s="0" t="s">
         <v>57</v>
       </c>
       <c r="B309" s="0" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="C309" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="310">
       <c r="A310" s="0" t="s">
         <v>58</v>
       </c>
       <c r="B310" s="0" t="s">
         <v>59</v>
       </c>
       <c r="C310" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="311">
       <c r="A311" s="0" t="s">
         <v>60</v>
       </c>
       <c r="B311" s="0" t="s">
         <v>61</v>
       </c>
       <c r="C311" s="0" t="s">
         <v>5</v>
@@ -4166,95 +4166,95 @@
         <v>70</v>
       </c>
       <c r="B317" s="0" t="s">
         <v>71</v>
       </c>
       <c r="C317" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="318">
       <c r="A318" s="0" t="s">
         <v>72</v>
       </c>
       <c r="B318" s="0" t="s">
         <v>73</v>
       </c>
       <c r="C318" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="319">
       <c r="A319" s="0" t="s">
         <v>74</v>
       </c>
       <c r="B319" s="0" t="s">
-        <v>75</v>
+        <v>71</v>
       </c>
       <c r="C319" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="320">
       <c r="A320" s="0" t="s">
+        <v>75</v>
+      </c>
+      <c r="B320" s="0" t="s">
         <v>76</v>
-      </c>
-[...1 lines deleted...]
-        <v>73</v>
       </c>
       <c r="C320" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="321">
       <c r="A321" s="0" t="s">
         <v>77</v>
       </c>
       <c r="B321" s="0" t="s">
         <v>78</v>
       </c>
       <c r="C321" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="322">
       <c r="A322" s="0" t="s">
         <v>79</v>
       </c>
       <c r="B322" s="0" t="s">
-        <v>80</v>
+        <v>76</v>
       </c>
       <c r="C322" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="323">
       <c r="A323" s="0" t="s">
+        <v>80</v>
+      </c>
+      <c r="B323" s="0" t="s">
         <v>81</v>
-      </c>
-[...1 lines deleted...]
-        <v>78</v>
       </c>
       <c r="C323" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="324">
       <c r="A324" s="0" t="s">
         <v>82</v>
       </c>
       <c r="B324" s="0" t="s">
         <v>83</v>
       </c>
       <c r="C324" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="325">
       <c r="A325" s="0" t="s">
         <v>84</v>
       </c>
       <c r="B325" s="0" t="s">
         <v>85</v>
       </c>
       <c r="C325" s="0" t="s">
         <v>5</v>
@@ -4265,150 +4265,150 @@
         <v>86</v>
       </c>
       <c r="B326" s="0" t="s">
         <v>83</v>
       </c>
       <c r="C326" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="327">
       <c r="A327" s="0" t="s">
         <v>87</v>
       </c>
       <c r="B327" s="0" t="s">
         <v>88</v>
       </c>
       <c r="C327" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="328">
       <c r="A328" s="0" t="s">
         <v>89</v>
       </c>
       <c r="B328" s="0" t="s">
-        <v>90</v>
+        <v>83</v>
       </c>
       <c r="C328" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="329">
       <c r="A329" s="0" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="B329" s="0" t="s">
-        <v>88</v>
+        <v>83</v>
       </c>
       <c r="C329" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="330">
       <c r="A330" s="0" t="s">
+        <v>91</v>
+      </c>
+      <c r="B330" s="0" t="s">
         <v>92</v>
-      </c>
-[...1 lines deleted...]
-        <v>88</v>
       </c>
       <c r="C330" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="331">
       <c r="A331" s="0" t="s">
         <v>93</v>
       </c>
       <c r="B331" s="0" t="s">
         <v>94</v>
       </c>
       <c r="C331" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="332">
       <c r="A332" s="0" t="s">
         <v>95</v>
       </c>
       <c r="B332" s="0" t="s">
         <v>96</v>
       </c>
       <c r="C332" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="333">
       <c r="A333" s="0" t="s">
         <v>97</v>
       </c>
       <c r="B333" s="0" t="s">
-        <v>98</v>
+        <v>94</v>
       </c>
       <c r="C333" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="334">
       <c r="A334" s="0" t="s">
-        <v>99</v>
+        <v>98</v>
       </c>
       <c r="B334" s="0" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="C334" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="335">
       <c r="A335" s="0" t="s">
+        <v>99</v>
+      </c>
+      <c r="B335" s="0" t="s">
         <v>100</v>
-      </c>
-[...1 lines deleted...]
-        <v>101</v>
       </c>
       <c r="C335" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="336">
       <c r="A336" s="0" t="s">
+        <v>101</v>
+      </c>
+      <c r="B336" s="0" t="s">
         <v>102</v>
-      </c>
-[...1 lines deleted...]
-        <v>96</v>
       </c>
       <c r="C336" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="337">
       <c r="A337" s="0" t="s">
         <v>103</v>
       </c>
       <c r="B337" s="0" t="s">
-        <v>96</v>
+        <v>100</v>
       </c>
       <c r="C337" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="338">
       <c r="C338" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="339">
       <c r="C339" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="340">
       <c r="C340" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="341">
       <c r="C341" s="0" t="s">
         <v>5</v>
       </c>
     </row>