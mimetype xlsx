--- v0 (2025-10-23)
+++ v1 (2026-03-22)
@@ -129,51 +129,51 @@
   <si>
     <t>4500867</t>
   </si>
   <si>
     <t>Screw kit</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>60021067</t>
   </si>
   <si>
     <t>For tool carriers Euro, Euro/SMS (Quicke Dimension/Trima Plus) and Euro/Alo Type 3, Euro/MX, Euro/Valtra, Euro/Faucheux, Big BM (Q-series/Quicke Dimension / Trima Plus)</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>5220383</t>
   </si>
   <si>
     <t>MX Replacement hook set</t>
   </si>
   <si>
-    <t>6.200</t>
+    <t>15.000</t>
   </si>
   <si>
     <t>For Euro/MX tool carrier only</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>1102001</t>
   </si>
   <si>
     <t>Linch pin</t>
   </si>
   <si>
     <t>.042</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>5220395</t>
   </si>
   <si>
     <t>Pin</t>
   </si>