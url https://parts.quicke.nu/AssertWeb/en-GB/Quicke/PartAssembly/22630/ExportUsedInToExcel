--- v0 (2025-10-23)
+++ v1 (2025-12-22)
@@ -105,155 +105,155 @@
   <si>
     <t>Q39 DM</t>
   </si>
   <si>
     <t>3916Q8</t>
   </si>
   <si>
     <t>Q39 DM ext.</t>
   </si>
   <si>
     <t>4114Q8</t>
   </si>
   <si>
     <t>Q41 DM</t>
   </si>
   <si>
     <t>4154Q8</t>
   </si>
   <si>
     <t>4916Q8</t>
   </si>
   <si>
     <t>Q49 DM ext.</t>
   </si>
   <si>
+    <t>5116Q8</t>
+  </si>
+  <si>
+    <t>Q51 DM ext.</t>
+  </si>
+  <si>
+    <t>4614Q8</t>
+  </si>
+  <si>
+    <t>Q46 DM</t>
+  </si>
+  <si>
+    <t>4616Q8</t>
+  </si>
+  <si>
+    <t>Q46 DM ext.</t>
+  </si>
+  <si>
+    <t>4654Q8</t>
+  </si>
+  <si>
+    <t>5616Q8</t>
+  </si>
+  <si>
+    <t>Q56 DM ext.</t>
+  </si>
+  <si>
+    <t>4816Q8</t>
+  </si>
+  <si>
+    <t>Q48 DM ext.</t>
+  </si>
+  <si>
+    <t>4814Q8</t>
+  </si>
+  <si>
+    <t>Q48 DM</t>
+  </si>
+  <si>
+    <t>4912Q8</t>
+  </si>
+  <si>
+    <t>Q49 UM</t>
+  </si>
+  <si>
+    <t>4914Q8</t>
+  </si>
+  <si>
+    <t>Q49 DM</t>
+  </si>
+  <si>
     <t>5114Q8</t>
   </si>
   <si>
     <t>Q51 DM</t>
   </si>
   <si>
-    <t>5116Q8</t>
-[...4 lines deleted...]
-  <si>
     <t>5154Q8</t>
   </si>
   <si>
+    <t>5612Q8</t>
+  </si>
+  <si>
+    <t>Q56 UM</t>
+  </si>
+  <si>
+    <t>5614Q8</t>
+  </si>
+  <si>
+    <t>Q56 DM</t>
+  </si>
+  <si>
+    <t>5654Q8</t>
+  </si>
+  <si>
+    <t>5856Q8</t>
+  </si>
+  <si>
+    <t>Q58 DM ext.</t>
+  </si>
+  <si>
+    <t>5854Q8</t>
+  </si>
+  <si>
+    <t>Q58 DM</t>
+  </si>
+  <si>
+    <t>5816Q8</t>
+  </si>
+  <si>
+    <t>5814Q8</t>
+  </si>
+  <si>
     <t>6114Q8</t>
   </si>
   <si>
     <t>Q61 DM</t>
   </si>
   <si>
     <t>6116Q8</t>
   </si>
   <si>
     <t>Q61 DM ext.</t>
   </si>
   <si>
-    <t>4614Q8</t>
-[...76 lines deleted...]
-  <si>
     <t>6612Q8</t>
   </si>
   <si>
     <t>Q66 UM</t>
   </si>
   <si>
     <t>6614Q8</t>
   </si>
   <si>
     <t>Q66 DM</t>
   </si>
   <si>
     <t>6616Q8</t>
   </si>
   <si>
     <t>Q66 DM ext.</t>
   </si>
   <si>
     <t>6814Q8</t>
   </si>
   <si>
     <t>Q68 DM</t>
   </si>
   <si>
     <t>6816Q8</t>
@@ -285,207 +285,207 @@
   <si>
     <t>Q76 DM ext.</t>
   </si>
   <si>
     <t>7814Q8</t>
   </si>
   <si>
     <t>Q78 DM</t>
   </si>
   <si>
     <t>7816Q8</t>
   </si>
   <si>
     <t>Q78 DM Ext.</t>
   </si>
   <si>
     <t>7854Q8</t>
   </si>
   <si>
     <t>2014Q8</t>
   </si>
   <si>
     <t>Q20 DM</t>
   </si>
   <si>
+    <t>3014Q8</t>
+  </si>
+  <si>
+    <t>Q30 DM</t>
+  </si>
+  <si>
+    <t>3016Q8</t>
+  </si>
+  <si>
+    <t>Q30 DM ext.</t>
+  </si>
+  <si>
+    <t>3514Q8</t>
+  </si>
+  <si>
+    <t>Q35 DM</t>
+  </si>
+  <si>
+    <t>3516Q8</t>
+  </si>
+  <si>
+    <t>Q35 DM ext.</t>
+  </si>
+  <si>
+    <t>3564Q8</t>
+  </si>
+  <si>
+    <t>4014Q8</t>
+  </si>
+  <si>
+    <t>Q40 DM</t>
+  </si>
+  <si>
+    <t>4016Q8</t>
+  </si>
+  <si>
+    <t>Q40 DM ext.</t>
+  </si>
+  <si>
+    <t>4054Q8</t>
+  </si>
+  <si>
+    <t>6014Q8</t>
+  </si>
+  <si>
+    <t>Q60 DM</t>
+  </si>
+  <si>
+    <t>6016Q8</t>
+  </si>
+  <si>
+    <t>Q60 DM ext.</t>
+  </si>
+  <si>
+    <t>6044Q8</t>
+  </si>
+  <si>
+    <t>6046Q8</t>
+  </si>
+  <si>
+    <t>5512Q8</t>
+  </si>
+  <si>
+    <t>Q55 UM</t>
+  </si>
+  <si>
+    <t>5514Q8</t>
+  </si>
+  <si>
+    <t>Q55 DM</t>
+  </si>
+  <si>
+    <t>5516Q8</t>
+  </si>
+  <si>
+    <t>Q55 DM ext.</t>
+  </si>
+  <si>
+    <t>Q55 DM, DM ext</t>
+  </si>
+  <si>
+    <t>5544Q, 5546Q</t>
+  </si>
+  <si>
+    <t>5554Q8</t>
+  </si>
+  <si>
+    <t>5564Q8</t>
+  </si>
+  <si>
+    <t>6512Q8</t>
+  </si>
+  <si>
+    <t>Q65 UM</t>
+  </si>
+  <si>
+    <t>6514Q8</t>
+  </si>
+  <si>
+    <t>Q65 DM</t>
+  </si>
+  <si>
+    <t>6516Q8</t>
+  </si>
+  <si>
+    <t>Q65 DM ext.</t>
+  </si>
+  <si>
+    <t>6534Q8</t>
+  </si>
+  <si>
+    <t>6544Q8</t>
+  </si>
+  <si>
+    <t>6546Q8</t>
+  </si>
+  <si>
+    <t>6564Q8</t>
+  </si>
+  <si>
     <t>2514Q8</t>
   </si>
   <si>
     <t>Q25 DM</t>
   </si>
   <si>
-    <t>3014Q8</t>
-[...38 lines deleted...]
-    <t>4054Q8</t>
+    <t>4514Q8</t>
+  </si>
+  <si>
+    <t>Q45 DM</t>
+  </si>
+  <si>
+    <t>4516Q8</t>
+  </si>
+  <si>
+    <t>Q45 DM ext.</t>
+  </si>
+  <si>
+    <t>4554Q8</t>
+  </si>
+  <si>
+    <t>4564Q8</t>
   </si>
   <si>
     <t>5014Q8</t>
   </si>
   <si>
     <t>Q50 DM</t>
   </si>
   <si>
     <t>5016Q8</t>
   </si>
   <si>
     <t>Q50 DM ext.</t>
   </si>
   <si>
     <t>5054Q8</t>
-  </si>
-[...94 lines deleted...]
-    <t>6564Q8</t>
   </si>
   <si>
     <t>7512Q8</t>
   </si>
   <si>
     <t>Q75 UM</t>
   </si>
   <si>
     <t>7514Q8</t>
   </si>
   <si>
     <t>Q75 DM</t>
   </si>
   <si>
     <t>7516Q8</t>
   </si>
   <si>
     <t>Q75 DM ext.</t>
   </si>
   <si>
     <t>7524Q8</t>
   </si>
   <si>
     <t>501146</t>
   </si>
@@ -1361,238 +1361,238 @@
         <v>33</v>
       </c>
       <c r="B17" s="0" t="s">
         <v>34</v>
       </c>
       <c r="C17" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="0" t="s">
         <v>35</v>
       </c>
       <c r="B18" s="0" t="s">
         <v>36</v>
       </c>
       <c r="C18" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="0" t="s">
         <v>37</v>
       </c>
       <c r="B19" s="0" t="s">
-        <v>34</v>
+        <v>38</v>
       </c>
       <c r="C19" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="0" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="B20" s="0" t="s">
-        <v>39</v>
+        <v>36</v>
       </c>
       <c r="C20" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="0" t="s">
         <v>40</v>
       </c>
       <c r="B21" s="0" t="s">
         <v>41</v>
       </c>
       <c r="C21" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="0" t="s">
         <v>42</v>
       </c>
       <c r="B22" s="0" t="s">
         <v>43</v>
       </c>
       <c r="C22" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="0" t="s">
         <v>44</v>
       </c>
       <c r="B23" s="0" t="s">
         <v>45</v>
       </c>
       <c r="C23" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="0" t="s">
         <v>46</v>
       </c>
       <c r="B24" s="0" t="s">
-        <v>43</v>
+        <v>47</v>
       </c>
       <c r="C24" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="0" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="B25" s="0" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="C25" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="0" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="B26" s="0" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="C26" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="0" t="s">
+        <v>52</v>
+      </c>
+      <c r="B27" s="0" t="s">
         <v>51</v>
-      </c>
-[...1 lines deleted...]
-        <v>52</v>
       </c>
       <c r="C27" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="0" t="s">
         <v>53</v>
       </c>
       <c r="B28" s="0" t="s">
         <v>54</v>
       </c>
       <c r="C28" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="0" t="s">
         <v>55</v>
       </c>
       <c r="B29" s="0" t="s">
         <v>56</v>
       </c>
       <c r="C29" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="0" t="s">
         <v>57</v>
       </c>
       <c r="B30" s="0" t="s">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="C30" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="0" t="s">
+        <v>58</v>
+      </c>
+      <c r="B31" s="0" t="s">
         <v>59</v>
-      </c>
-[...1 lines deleted...]
-        <v>60</v>
       </c>
       <c r="C31" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="0" t="s">
+        <v>60</v>
+      </c>
+      <c r="B32" s="0" t="s">
         <v>61</v>
-      </c>
-[...1 lines deleted...]
-        <v>58</v>
       </c>
       <c r="C32" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="0" t="s">
         <v>62</v>
       </c>
       <c r="B33" s="0" t="s">
-        <v>63</v>
+        <v>59</v>
       </c>
       <c r="C33" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="0" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="B34" s="0" t="s">
-        <v>65</v>
+        <v>61</v>
       </c>
       <c r="C34" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="0" t="s">
-        <v>66</v>
+        <v>64</v>
       </c>
       <c r="B35" s="0" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="C35" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="0" t="s">
+        <v>66</v>
+      </c>
+      <c r="B36" s="0" t="s">
         <v>67</v>
-      </c>
-[...1 lines deleted...]
-        <v>65</v>
       </c>
       <c r="C36" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="0" t="s">
         <v>68</v>
       </c>
       <c r="B37" s="0" t="s">
         <v>69</v>
       </c>
       <c r="C37" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="0" t="s">
         <v>70</v>
       </c>
       <c r="B38" s="0" t="s">
         <v>71</v>
       </c>
       <c r="C38" s="0" t="s">
         <v>5</v>
@@ -1757,359 +1757,359 @@
         <v>97</v>
       </c>
       <c r="B53" s="0" t="s">
         <v>98</v>
       </c>
       <c r="C53" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="0" t="s">
         <v>99</v>
       </c>
       <c r="B54" s="0" t="s">
         <v>100</v>
       </c>
       <c r="C54" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="0" t="s">
         <v>101</v>
       </c>
       <c r="B55" s="0" t="s">
-        <v>102</v>
+        <v>98</v>
       </c>
       <c r="C55" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="0" t="s">
+        <v>102</v>
+      </c>
+      <c r="B56" s="0" t="s">
         <v>103</v>
-      </c>
-[...1 lines deleted...]
-        <v>100</v>
       </c>
       <c r="C56" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="0" t="s">
         <v>104</v>
       </c>
       <c r="B57" s="0" t="s">
         <v>105</v>
       </c>
       <c r="C57" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="0" t="s">
         <v>106</v>
       </c>
       <c r="B58" s="0" t="s">
-        <v>107</v>
+        <v>103</v>
       </c>
       <c r="C58" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="0" t="s">
+        <v>107</v>
+      </c>
+      <c r="B59" s="0" t="s">
         <v>108</v>
-      </c>
-[...1 lines deleted...]
-        <v>105</v>
       </c>
       <c r="C59" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="0" t="s">
         <v>109</v>
       </c>
       <c r="B60" s="0" t="s">
         <v>110</v>
       </c>
       <c r="C60" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="0" t="s">
         <v>111</v>
       </c>
       <c r="B61" s="0" t="s">
-        <v>112</v>
+        <v>108</v>
       </c>
       <c r="C61" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="0" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="B62" s="0" t="s">
-        <v>110</v>
+        <v>108</v>
       </c>
       <c r="C62" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="0" t="s">
+        <v>113</v>
+      </c>
+      <c r="B63" s="0" t="s">
         <v>114</v>
-      </c>
-[...1 lines deleted...]
-        <v>115</v>
       </c>
       <c r="C63" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="0" t="s">
+        <v>115</v>
+      </c>
+      <c r="B64" s="0" t="s">
         <v>116</v>
-      </c>
-[...1 lines deleted...]
-        <v>117</v>
       </c>
       <c r="C64" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="0" t="s">
+        <v>117</v>
+      </c>
+      <c r="B65" s="0" t="s">
         <v>118</v>
-      </c>
-[...1 lines deleted...]
-        <v>115</v>
       </c>
       <c r="C65" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="0" t="s">
         <v>119</v>
       </c>
       <c r="B66" s="0" t="s">
-        <v>115</v>
+        <v>120</v>
       </c>
       <c r="C66" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="0" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="B67" s="0" t="s">
-        <v>121</v>
+        <v>116</v>
       </c>
       <c r="C67" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="0" t="s">
         <v>122</v>
       </c>
       <c r="B68" s="0" t="s">
-        <v>123</v>
+        <v>116</v>
       </c>
       <c r="C68" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" s="0" t="s">
+        <v>123</v>
+      </c>
+      <c r="B69" s="0" t="s">
         <v>124</v>
-      </c>
-[...1 lines deleted...]
-        <v>121</v>
       </c>
       <c r="C69" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="0" t="s">
         <v>125</v>
       </c>
       <c r="B70" s="0" t="s">
-        <v>121</v>
+        <v>126</v>
       </c>
       <c r="C70" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="0" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="B71" s="0" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="C71" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="0" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="B72" s="0" t="s">
-        <v>129</v>
+        <v>126</v>
       </c>
       <c r="C72" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" s="0" t="s">
         <v>130</v>
       </c>
       <c r="B73" s="0" t="s">
-        <v>131</v>
+        <v>126</v>
       </c>
       <c r="C73" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" s="0" t="s">
-        <v>132</v>
+        <v>131</v>
       </c>
       <c r="B74" s="0" t="s">
-        <v>133</v>
+        <v>128</v>
       </c>
       <c r="C74" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" s="0" t="s">
-        <v>134</v>
+        <v>132</v>
       </c>
       <c r="B75" s="0" t="s">
-        <v>129</v>
+        <v>126</v>
       </c>
       <c r="C75" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" s="0" t="s">
-        <v>135</v>
+        <v>133</v>
       </c>
       <c r="B76" s="0" t="s">
-        <v>129</v>
+        <v>134</v>
       </c>
       <c r="C76" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" s="0" t="s">
+        <v>135</v>
+      </c>
+      <c r="B77" s="0" t="s">
         <v>136</v>
-      </c>
-[...1 lines deleted...]
-        <v>137</v>
       </c>
       <c r="C77" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" s="0" t="s">
+        <v>137</v>
+      </c>
+      <c r="B78" s="0" t="s">
         <v>138</v>
-      </c>
-[...1 lines deleted...]
-        <v>139</v>
       </c>
       <c r="C78" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" s="0" t="s">
-        <v>140</v>
+        <v>139</v>
       </c>
       <c r="B79" s="0" t="s">
-        <v>141</v>
+        <v>136</v>
       </c>
       <c r="C79" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" s="0" t="s">
-        <v>142</v>
+        <v>140</v>
       </c>
       <c r="B80" s="0" t="s">
-        <v>139</v>
+        <v>136</v>
       </c>
       <c r="C80" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" s="0" t="s">
-        <v>143</v>
+        <v>141</v>
       </c>
       <c r="B81" s="0" t="s">
-        <v>139</v>
+        <v>142</v>
       </c>
       <c r="C81" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" s="0" t="s">
+        <v>143</v>
+      </c>
+      <c r="B82" s="0" t="s">
         <v>144</v>
-      </c>
-[...1 lines deleted...]
-        <v>141</v>
       </c>
       <c r="C82" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" s="0" t="s">
         <v>145</v>
       </c>
       <c r="B83" s="0" t="s">
-        <v>139</v>
+        <v>142</v>
       </c>
       <c r="C83" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" s="0" t="s">
         <v>146</v>
       </c>
       <c r="B84" s="0" t="s">
         <v>147</v>
       </c>
       <c r="C84" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" s="0" t="s">
         <v>148</v>
       </c>
       <c r="B85" s="0" t="s">
         <v>149</v>
       </c>
       <c r="C85" s="0" t="s">
         <v>5</v>
@@ -4858,238 +4858,238 @@
         <v>33</v>
       </c>
       <c r="B336" s="0" t="s">
         <v>34</v>
       </c>
       <c r="C336" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="337">
       <c r="A337" s="0" t="s">
         <v>35</v>
       </c>
       <c r="B337" s="0" t="s">
         <v>36</v>
       </c>
       <c r="C337" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="338">
       <c r="A338" s="0" t="s">
         <v>37</v>
       </c>
       <c r="B338" s="0" t="s">
-        <v>34</v>
+        <v>38</v>
       </c>
       <c r="C338" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="339">
       <c r="A339" s="0" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="B339" s="0" t="s">
-        <v>39</v>
+        <v>36</v>
       </c>
       <c r="C339" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="340">
       <c r="A340" s="0" t="s">
         <v>40</v>
       </c>
       <c r="B340" s="0" t="s">
         <v>41</v>
       </c>
       <c r="C340" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="341">
       <c r="A341" s="0" t="s">
         <v>42</v>
       </c>
       <c r="B341" s="0" t="s">
         <v>43</v>
       </c>
       <c r="C341" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="342">
       <c r="A342" s="0" t="s">
         <v>44</v>
       </c>
       <c r="B342" s="0" t="s">
         <v>45</v>
       </c>
       <c r="C342" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="343">
       <c r="A343" s="0" t="s">
         <v>46</v>
       </c>
       <c r="B343" s="0" t="s">
-        <v>43</v>
+        <v>47</v>
       </c>
       <c r="C343" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="344">
       <c r="A344" s="0" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="B344" s="0" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="C344" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="345">
       <c r="A345" s="0" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="B345" s="0" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="C345" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="346">
       <c r="A346" s="0" t="s">
+        <v>52</v>
+      </c>
+      <c r="B346" s="0" t="s">
         <v>51</v>
-      </c>
-[...1 lines deleted...]
-        <v>52</v>
       </c>
       <c r="C346" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="347">
       <c r="A347" s="0" t="s">
         <v>53</v>
       </c>
       <c r="B347" s="0" t="s">
         <v>54</v>
       </c>
       <c r="C347" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="348">
       <c r="A348" s="0" t="s">
         <v>55</v>
       </c>
       <c r="B348" s="0" t="s">
         <v>56</v>
       </c>
       <c r="C348" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="349">
       <c r="A349" s="0" t="s">
         <v>57</v>
       </c>
       <c r="B349" s="0" t="s">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="C349" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="350">
       <c r="A350" s="0" t="s">
+        <v>58</v>
+      </c>
+      <c r="B350" s="0" t="s">
         <v>59</v>
-      </c>
-[...1 lines deleted...]
-        <v>60</v>
       </c>
       <c r="C350" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="351">
       <c r="A351" s="0" t="s">
+        <v>60</v>
+      </c>
+      <c r="B351" s="0" t="s">
         <v>61</v>
-      </c>
-[...1 lines deleted...]
-        <v>58</v>
       </c>
       <c r="C351" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="352">
       <c r="A352" s="0" t="s">
         <v>62</v>
       </c>
       <c r="B352" s="0" t="s">
-        <v>63</v>
+        <v>59</v>
       </c>
       <c r="C352" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="353">
       <c r="A353" s="0" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="B353" s="0" t="s">
-        <v>65</v>
+        <v>61</v>
       </c>
       <c r="C353" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="354">
       <c r="A354" s="0" t="s">
-        <v>66</v>
+        <v>64</v>
       </c>
       <c r="B354" s="0" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="C354" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="355">
       <c r="A355" s="0" t="s">
+        <v>66</v>
+      </c>
+      <c r="B355" s="0" t="s">
         <v>67</v>
-      </c>
-[...1 lines deleted...]
-        <v>65</v>
       </c>
       <c r="C355" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="356">
       <c r="A356" s="0" t="s">
         <v>68</v>
       </c>
       <c r="B356" s="0" t="s">
         <v>69</v>
       </c>
       <c r="C356" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="357">
       <c r="A357" s="0" t="s">
         <v>70</v>
       </c>
       <c r="B357" s="0" t="s">
         <v>71</v>
       </c>
       <c r="C357" s="0" t="s">
         <v>5</v>
@@ -5254,359 +5254,359 @@
         <v>97</v>
       </c>
       <c r="B372" s="0" t="s">
         <v>98</v>
       </c>
       <c r="C372" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="373">
       <c r="A373" s="0" t="s">
         <v>99</v>
       </c>
       <c r="B373" s="0" t="s">
         <v>100</v>
       </c>
       <c r="C373" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="374">
       <c r="A374" s="0" t="s">
         <v>101</v>
       </c>
       <c r="B374" s="0" t="s">
-        <v>102</v>
+        <v>98</v>
       </c>
       <c r="C374" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="375">
       <c r="A375" s="0" t="s">
+        <v>102</v>
+      </c>
+      <c r="B375" s="0" t="s">
         <v>103</v>
-      </c>
-[...1 lines deleted...]
-        <v>100</v>
       </c>
       <c r="C375" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="376">
       <c r="A376" s="0" t="s">
         <v>104</v>
       </c>
       <c r="B376" s="0" t="s">
         <v>105</v>
       </c>
       <c r="C376" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="377">
       <c r="A377" s="0" t="s">
         <v>106</v>
       </c>
       <c r="B377" s="0" t="s">
-        <v>107</v>
+        <v>103</v>
       </c>
       <c r="C377" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="378">
       <c r="A378" s="0" t="s">
+        <v>107</v>
+      </c>
+      <c r="B378" s="0" t="s">
         <v>108</v>
-      </c>
-[...1 lines deleted...]
-        <v>105</v>
       </c>
       <c r="C378" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="379">
       <c r="A379" s="0" t="s">
         <v>109</v>
       </c>
       <c r="B379" s="0" t="s">
         <v>110</v>
       </c>
       <c r="C379" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="380">
       <c r="A380" s="0" t="s">
         <v>111</v>
       </c>
       <c r="B380" s="0" t="s">
-        <v>112</v>
+        <v>108</v>
       </c>
       <c r="C380" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="381">
       <c r="A381" s="0" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="B381" s="0" t="s">
-        <v>110</v>
+        <v>108</v>
       </c>
       <c r="C381" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="382">
       <c r="A382" s="0" t="s">
+        <v>113</v>
+      </c>
+      <c r="B382" s="0" t="s">
         <v>114</v>
-      </c>
-[...1 lines deleted...]
-        <v>115</v>
       </c>
       <c r="C382" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="383">
       <c r="A383" s="0" t="s">
+        <v>115</v>
+      </c>
+      <c r="B383" s="0" t="s">
         <v>116</v>
-      </c>
-[...1 lines deleted...]
-        <v>117</v>
       </c>
       <c r="C383" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="384">
       <c r="A384" s="0" t="s">
+        <v>117</v>
+      </c>
+      <c r="B384" s="0" t="s">
         <v>118</v>
-      </c>
-[...1 lines deleted...]
-        <v>115</v>
       </c>
       <c r="C384" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="385">
       <c r="A385" s="0" t="s">
         <v>119</v>
       </c>
       <c r="B385" s="0" t="s">
-        <v>115</v>
+        <v>120</v>
       </c>
       <c r="C385" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="386">
       <c r="A386" s="0" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="B386" s="0" t="s">
-        <v>121</v>
+        <v>116</v>
       </c>
       <c r="C386" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="387">
       <c r="A387" s="0" t="s">
         <v>122</v>
       </c>
       <c r="B387" s="0" t="s">
-        <v>123</v>
+        <v>116</v>
       </c>
       <c r="C387" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="388">
       <c r="A388" s="0" t="s">
+        <v>123</v>
+      </c>
+      <c r="B388" s="0" t="s">
         <v>124</v>
-      </c>
-[...1 lines deleted...]
-        <v>121</v>
       </c>
       <c r="C388" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="389">
       <c r="A389" s="0" t="s">
         <v>125</v>
       </c>
       <c r="B389" s="0" t="s">
-        <v>121</v>
+        <v>126</v>
       </c>
       <c r="C389" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="390">
       <c r="A390" s="0" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="B390" s="0" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="C390" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="391">
       <c r="A391" s="0" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="B391" s="0" t="s">
-        <v>129</v>
+        <v>126</v>
       </c>
       <c r="C391" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="392">
       <c r="A392" s="0" t="s">
         <v>130</v>
       </c>
       <c r="B392" s="0" t="s">
-        <v>131</v>
+        <v>126</v>
       </c>
       <c r="C392" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="393">
       <c r="A393" s="0" t="s">
-        <v>132</v>
+        <v>131</v>
       </c>
       <c r="B393" s="0" t="s">
-        <v>133</v>
+        <v>128</v>
       </c>
       <c r="C393" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="394">
       <c r="A394" s="0" t="s">
-        <v>134</v>
+        <v>132</v>
       </c>
       <c r="B394" s="0" t="s">
-        <v>129</v>
+        <v>126</v>
       </c>
       <c r="C394" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="395">
       <c r="A395" s="0" t="s">
-        <v>135</v>
+        <v>133</v>
       </c>
       <c r="B395" s="0" t="s">
-        <v>129</v>
+        <v>134</v>
       </c>
       <c r="C395" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="396">
       <c r="A396" s="0" t="s">
+        <v>135</v>
+      </c>
+      <c r="B396" s="0" t="s">
         <v>136</v>
-      </c>
-[...1 lines deleted...]
-        <v>137</v>
       </c>
       <c r="C396" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="397">
       <c r="A397" s="0" t="s">
+        <v>137</v>
+      </c>
+      <c r="B397" s="0" t="s">
         <v>138</v>
-      </c>
-[...1 lines deleted...]
-        <v>139</v>
       </c>
       <c r="C397" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="398">
       <c r="A398" s="0" t="s">
-        <v>140</v>
+        <v>139</v>
       </c>
       <c r="B398" s="0" t="s">
-        <v>141</v>
+        <v>136</v>
       </c>
       <c r="C398" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="399">
       <c r="A399" s="0" t="s">
-        <v>142</v>
+        <v>140</v>
       </c>
       <c r="B399" s="0" t="s">
-        <v>139</v>
+        <v>136</v>
       </c>
       <c r="C399" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="400">
       <c r="A400" s="0" t="s">
-        <v>143</v>
+        <v>141</v>
       </c>
       <c r="B400" s="0" t="s">
-        <v>139</v>
+        <v>142</v>
       </c>
       <c r="C400" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="401">
       <c r="A401" s="0" t="s">
+        <v>143</v>
+      </c>
+      <c r="B401" s="0" t="s">
         <v>144</v>
-      </c>
-[...1 lines deleted...]
-        <v>141</v>
       </c>
       <c r="C401" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="402">
       <c r="A402" s="0" t="s">
         <v>145</v>
       </c>
       <c r="B402" s="0" t="s">
-        <v>139</v>
+        <v>142</v>
       </c>
       <c r="C402" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="403">
       <c r="A403" s="0" t="s">
         <v>146</v>
       </c>
       <c r="B403" s="0" t="s">
         <v>147</v>
       </c>
       <c r="C403" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="404">
       <c r="A404" s="0" t="s">
         <v>148</v>
       </c>
       <c r="B404" s="0" t="s">
         <v>149</v>
       </c>
       <c r="C404" s="0" t="s">
         <v>5</v>