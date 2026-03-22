--- v1 (2025-12-22)
+++ v2 (2026-03-22)
@@ -465,86 +465,86 @@
   <si>
     <t>5054Q8</t>
   </si>
   <si>
     <t>7512Q8</t>
   </si>
   <si>
     <t>Q75 UM</t>
   </si>
   <si>
     <t>7514Q8</t>
   </si>
   <si>
     <t>Q75 DM</t>
   </si>
   <si>
     <t>7516Q8</t>
   </si>
   <si>
     <t>Q75 DM ext.</t>
   </si>
   <si>
     <t>7524Q8</t>
   </si>
   <si>
+    <t>501741</t>
+  </si>
+  <si>
+    <t>N4 DM</t>
+  </si>
+  <si>
     <t>501146</t>
   </si>
   <si>
     <t>N4S DM</t>
   </si>
   <si>
+    <t>501751</t>
+  </si>
+  <si>
+    <t>N5 DM</t>
+  </si>
+  <si>
     <t>501156</t>
   </si>
   <si>
     <t>N5S DM</t>
   </si>
   <si>
     <t>501158</t>
   </si>
   <si>
     <t>N5M DM</t>
   </si>
   <si>
     <t>501166</t>
   </si>
   <si>
     <t>N6S DM</t>
   </si>
   <si>
-    <t>501741</t>
-[...10 lines deleted...]
-  <si>
     <t>501761</t>
   </si>
   <si>
     <t>N6 DM</t>
   </si>
   <si>
     <t>110178</t>
   </si>
   <si>
     <t>Q7M DM</t>
   </si>
   <si>
     <t>110176</t>
   </si>
   <si>
     <t>Q7S DM</t>
   </si>
   <si>
     <t>110169</t>
   </si>
   <si>
     <t>Q6L DM</t>
   </si>
   <si>
     <t>110168</t>
@@ -1077,72 +1077,72 @@
   <si>
     <t>Q6 DM</t>
   </si>
   <si>
     <t>101159</t>
   </si>
   <si>
     <t>101158</t>
   </si>
   <si>
     <t>101156</t>
   </si>
   <si>
     <t>101751</t>
   </si>
   <si>
     <t>Q5 DM</t>
   </si>
   <si>
     <t>101149</t>
   </si>
   <si>
     <t>101148</t>
   </si>
   <si>
+    <t>101733</t>
+  </si>
+  <si>
+    <t>Q3 DM</t>
+  </si>
+  <si>
+    <t>101136</t>
+  </si>
+  <si>
+    <t>101138</t>
+  </si>
+  <si>
+    <t>101139</t>
+  </si>
+  <si>
+    <t>101741</t>
+  </si>
+  <si>
+    <t>Q4 DM</t>
+  </si>
+  <si>
     <t>101146</t>
-  </si>
-[...19 lines deleted...]
-    <t>Q3 DM</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
@@ -4391,106 +4391,106 @@
         <v>355</v>
       </c>
       <c r="B293" s="0" t="s">
         <v>184</v>
       </c>
       <c r="C293" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="294">
       <c r="A294" s="0" t="s">
         <v>356</v>
       </c>
       <c r="B294" s="0" t="s">
         <v>186</v>
       </c>
       <c r="C294" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="295">
       <c r="A295" s="0" t="s">
         <v>357</v>
       </c>
       <c r="B295" s="0" t="s">
-        <v>188</v>
+        <v>358</v>
       </c>
       <c r="C295" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="296">
       <c r="A296" s="0" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="B296" s="0" t="s">
-        <v>359</v>
+        <v>194</v>
       </c>
       <c r="C296" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="297">
       <c r="A297" s="0" t="s">
         <v>360</v>
       </c>
       <c r="B297" s="0" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="C297" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="298">
       <c r="A298" s="0" t="s">
         <v>361</v>
       </c>
       <c r="B298" s="0" t="s">
-        <v>192</v>
+        <v>190</v>
       </c>
       <c r="C298" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="299">
       <c r="A299" s="0" t="s">
         <v>362</v>
       </c>
       <c r="B299" s="0" t="s">
-        <v>194</v>
+        <v>363</v>
       </c>
       <c r="C299" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="300">
       <c r="A300" s="0" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="B300" s="0" t="s">
-        <v>364</v>
+        <v>188</v>
       </c>
       <c r="C300" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="301">
       <c r="A301" s="0" t="s">
         <v>341</v>
       </c>
       <c r="B301" s="0" t="s">
         <v>342</v>
       </c>
       <c r="C301" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="302">
       <c r="A302" s="0" t="s">
         <v>343</v>
       </c>
       <c r="B302" s="0" t="s">
         <v>168</v>
       </c>
       <c r="C302" s="0" t="s">
         <v>5</v>
@@ -4600,106 +4600,106 @@
         <v>355</v>
       </c>
       <c r="B312" s="0" t="s">
         <v>184</v>
       </c>
       <c r="C312" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="313">
       <c r="A313" s="0" t="s">
         <v>356</v>
       </c>
       <c r="B313" s="0" t="s">
         <v>186</v>
       </c>
       <c r="C313" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="314">
       <c r="A314" s="0" t="s">
         <v>357</v>
       </c>
       <c r="B314" s="0" t="s">
-        <v>188</v>
+        <v>358</v>
       </c>
       <c r="C314" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="315">
       <c r="A315" s="0" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="B315" s="0" t="s">
-        <v>359</v>
+        <v>194</v>
       </c>
       <c r="C315" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="316">
       <c r="A316" s="0" t="s">
         <v>360</v>
       </c>
       <c r="B316" s="0" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="C316" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="317">
       <c r="A317" s="0" t="s">
         <v>361</v>
       </c>
       <c r="B317" s="0" t="s">
-        <v>192</v>
+        <v>190</v>
       </c>
       <c r="C317" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="318">
       <c r="A318" s="0" t="s">
         <v>362</v>
       </c>
       <c r="B318" s="0" t="s">
-        <v>194</v>
+        <v>363</v>
       </c>
       <c r="C318" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="319">
       <c r="A319" s="0" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="B319" s="0" t="s">
-        <v>364</v>
+        <v>188</v>
       </c>
       <c r="C319" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="320">
       <c r="C320" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="321">
       <c r="A321" s="0" t="s">
         <v>3</v>
       </c>
       <c r="B321" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C321" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="322">
       <c r="A322" s="0" t="s">
         <v>6</v>
       </c>