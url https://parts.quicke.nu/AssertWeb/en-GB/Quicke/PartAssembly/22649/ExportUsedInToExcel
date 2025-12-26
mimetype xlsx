--- v0 (2025-10-24)
+++ v1 (2025-12-26)
@@ -69,207 +69,207 @@
   <si>
     <t>+2.0P Special B</t>
   </si>
   <si>
     <t>4014T8</t>
   </si>
   <si>
     <t>+3.0 DM</t>
   </si>
   <si>
     <t>5016T8</t>
   </si>
   <si>
     <t>+4.0 DM ext.</t>
   </si>
   <si>
     <t>2014Q8</t>
   </si>
   <si>
     <t>Q20 DM</t>
   </si>
   <si>
     <t xml:space="preserve">/ </t>
   </si>
   <si>
+    <t>3014Q8</t>
+  </si>
+  <si>
+    <t>Q30 DM</t>
+  </si>
+  <si>
+    <t>3016Q8</t>
+  </si>
+  <si>
+    <t>Q30 DM ext.</t>
+  </si>
+  <si>
+    <t>3514Q8</t>
+  </si>
+  <si>
+    <t>Q35 DM</t>
+  </si>
+  <si>
+    <t>3516Q8</t>
+  </si>
+  <si>
+    <t>Q35 DM ext.</t>
+  </si>
+  <si>
+    <t>3564Q8</t>
+  </si>
+  <si>
+    <t>4014Q8</t>
+  </si>
+  <si>
+    <t>Q40 DM</t>
+  </si>
+  <si>
+    <t>4016Q8</t>
+  </si>
+  <si>
+    <t>Q40 DM ext.</t>
+  </si>
+  <si>
+    <t>4054Q8</t>
+  </si>
+  <si>
+    <t>6014Q8</t>
+  </si>
+  <si>
+    <t>Q60 DM</t>
+  </si>
+  <si>
+    <t>6016Q8</t>
+  </si>
+  <si>
+    <t>Q60 DM ext.</t>
+  </si>
+  <si>
+    <t>6044Q8</t>
+  </si>
+  <si>
+    <t>6046Q8</t>
+  </si>
+  <si>
+    <t>5512Q8</t>
+  </si>
+  <si>
+    <t>Q55 UM</t>
+  </si>
+  <si>
+    <t>5514Q8</t>
+  </si>
+  <si>
+    <t>Q55 DM</t>
+  </si>
+  <si>
+    <t>5516Q8</t>
+  </si>
+  <si>
+    <t>Q55 DM ext.</t>
+  </si>
+  <si>
+    <t>Q55 DM, DM ext</t>
+  </si>
+  <si>
+    <t>5544Q, 5546Q</t>
+  </si>
+  <si>
+    <t>5554Q8</t>
+  </si>
+  <si>
+    <t>5564Q8</t>
+  </si>
+  <si>
+    <t>6512Q8</t>
+  </si>
+  <si>
+    <t>Q65 UM</t>
+  </si>
+  <si>
+    <t>6514Q8</t>
+  </si>
+  <si>
+    <t>Q65 DM</t>
+  </si>
+  <si>
+    <t>6516Q8</t>
+  </si>
+  <si>
+    <t>Q65 DM ext.</t>
+  </si>
+  <si>
+    <t>6534Q8</t>
+  </si>
+  <si>
+    <t>6544Q8</t>
+  </si>
+  <si>
+    <t>6546Q8</t>
+  </si>
+  <si>
+    <t>6564Q8</t>
+  </si>
+  <si>
     <t>2514Q8</t>
   </si>
   <si>
     <t>Q25 DM</t>
   </si>
   <si>
-    <t>3014Q8</t>
-[...38 lines deleted...]
-    <t>4054Q8</t>
+    <t>4514Q8</t>
+  </si>
+  <si>
+    <t>Q45 DM</t>
+  </si>
+  <si>
+    <t>4516Q8</t>
+  </si>
+  <si>
+    <t>Q45 DM ext.</t>
+  </si>
+  <si>
+    <t>4554Q8</t>
+  </si>
+  <si>
+    <t>4564Q8</t>
   </si>
   <si>
     <t>5014Q8</t>
   </si>
   <si>
     <t>Q50 DM</t>
   </si>
   <si>
     <t>5016Q8</t>
   </si>
   <si>
     <t>Q50 DM ext.</t>
   </si>
   <si>
     <t>5054Q8</t>
-  </si>
-[...94 lines deleted...]
-    <t>6564Q8</t>
   </si>
   <si>
     <t>7512Q8</t>
   </si>
   <si>
     <t>Q75 UM</t>
   </si>
   <si>
     <t>7514Q8</t>
   </si>
   <si>
     <t>Q75 DM</t>
   </si>
   <si>
     <t>7516Q8</t>
   </si>
   <si>
     <t>Q75 DM ext.</t>
   </si>
   <si>
     <t>7524Q8</t>
   </si>
   <si>
     <t>7512T8</t>
   </si>
@@ -574,359 +574,359 @@
         <v>25</v>
       </c>
       <c r="B12" s="0" t="s">
         <v>26</v>
       </c>
       <c r="C12" s="0" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="0" t="s">
         <v>27</v>
       </c>
       <c r="B13" s="0" t="s">
         <v>28</v>
       </c>
       <c r="C13" s="0" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="0" t="s">
         <v>29</v>
       </c>
       <c r="B14" s="0" t="s">
-        <v>30</v>
+        <v>26</v>
       </c>
       <c r="C14" s="0" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="0" t="s">
+        <v>30</v>
+      </c>
+      <c r="B15" s="0" t="s">
         <v>31</v>
-      </c>
-[...1 lines deleted...]
-        <v>28</v>
       </c>
       <c r="C15" s="0" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="0" t="s">
         <v>32</v>
       </c>
       <c r="B16" s="0" t="s">
         <v>33</v>
       </c>
       <c r="C16" s="0" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="0" t="s">
         <v>34</v>
       </c>
       <c r="B17" s="0" t="s">
-        <v>35</v>
+        <v>31</v>
       </c>
       <c r="C17" s="0" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="0" t="s">
+        <v>35</v>
+      </c>
+      <c r="B18" s="0" t="s">
         <v>36</v>
-      </c>
-[...1 lines deleted...]
-        <v>33</v>
       </c>
       <c r="C18" s="0" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="0" t="s">
         <v>37</v>
       </c>
       <c r="B19" s="0" t="s">
         <v>38</v>
       </c>
       <c r="C19" s="0" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="0" t="s">
         <v>39</v>
       </c>
       <c r="B20" s="0" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="C20" s="0" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="0" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="B21" s="0" t="s">
-        <v>38</v>
+        <v>36</v>
       </c>
       <c r="C21" s="0" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="0" t="s">
+        <v>41</v>
+      </c>
+      <c r="B22" s="0" t="s">
         <v>42</v>
-      </c>
-[...1 lines deleted...]
-        <v>43</v>
       </c>
       <c r="C22" s="0" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="0" t="s">
+        <v>43</v>
+      </c>
+      <c r="B23" s="0" t="s">
         <v>44</v>
-      </c>
-[...1 lines deleted...]
-        <v>45</v>
       </c>
       <c r="C23" s="0" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="0" t="s">
+        <v>45</v>
+      </c>
+      <c r="B24" s="0" t="s">
         <v>46</v>
-      </c>
-[...1 lines deleted...]
-        <v>43</v>
       </c>
       <c r="C24" s="0" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="0" t="s">
         <v>47</v>
       </c>
       <c r="B25" s="0" t="s">
-        <v>43</v>
+        <v>48</v>
       </c>
       <c r="C25" s="0" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="0" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="B26" s="0" t="s">
-        <v>49</v>
+        <v>44</v>
       </c>
       <c r="C26" s="0" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="0" t="s">
         <v>50</v>
       </c>
       <c r="B27" s="0" t="s">
-        <v>51</v>
+        <v>44</v>
       </c>
       <c r="C27" s="0" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="0" t="s">
+        <v>51</v>
+      </c>
+      <c r="B28" s="0" t="s">
         <v>52</v>
-      </c>
-[...1 lines deleted...]
-        <v>49</v>
       </c>
       <c r="C28" s="0" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="0" t="s">
         <v>53</v>
       </c>
       <c r="B29" s="0" t="s">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="C29" s="0" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="0" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="B30" s="0" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="C30" s="0" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="0" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="B31" s="0" t="s">
-        <v>57</v>
+        <v>54</v>
       </c>
       <c r="C31" s="0" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="0" t="s">
         <v>58</v>
       </c>
       <c r="B32" s="0" t="s">
-        <v>59</v>
+        <v>54</v>
       </c>
       <c r="C32" s="0" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="0" t="s">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="B33" s="0" t="s">
-        <v>61</v>
+        <v>56</v>
       </c>
       <c r="C33" s="0" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="0" t="s">
-        <v>62</v>
+        <v>60</v>
       </c>
       <c r="B34" s="0" t="s">
-        <v>57</v>
+        <v>54</v>
       </c>
       <c r="C34" s="0" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="0" t="s">
-        <v>63</v>
+        <v>61</v>
       </c>
       <c r="B35" s="0" t="s">
-        <v>57</v>
+        <v>62</v>
       </c>
       <c r="C35" s="0" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="0" t="s">
+        <v>63</v>
+      </c>
+      <c r="B36" s="0" t="s">
         <v>64</v>
-      </c>
-[...1 lines deleted...]
-        <v>65</v>
       </c>
       <c r="C36" s="0" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="0" t="s">
+        <v>65</v>
+      </c>
+      <c r="B37" s="0" t="s">
         <v>66</v>
-      </c>
-[...1 lines deleted...]
-        <v>67</v>
       </c>
       <c r="C37" s="0" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="0" t="s">
-        <v>68</v>
+        <v>67</v>
       </c>
       <c r="B38" s="0" t="s">
-        <v>69</v>
+        <v>64</v>
       </c>
       <c r="C38" s="0" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="0" t="s">
-        <v>70</v>
+        <v>68</v>
       </c>
       <c r="B39" s="0" t="s">
-        <v>67</v>
+        <v>64</v>
       </c>
       <c r="C39" s="0" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="0" t="s">
-        <v>71</v>
+        <v>69</v>
       </c>
       <c r="B40" s="0" t="s">
-        <v>67</v>
+        <v>70</v>
       </c>
       <c r="C40" s="0" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="0" t="s">
+        <v>71</v>
+      </c>
+      <c r="B41" s="0" t="s">
         <v>72</v>
-      </c>
-[...1 lines deleted...]
-        <v>69</v>
       </c>
       <c r="C41" s="0" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="0" t="s">
         <v>73</v>
       </c>
       <c r="B42" s="0" t="s">
-        <v>67</v>
+        <v>70</v>
       </c>
       <c r="C42" s="0" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="0" t="s">
         <v>74</v>
       </c>
       <c r="B43" s="0" t="s">
         <v>75</v>
       </c>
       <c r="C43" s="0" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="0" t="s">
         <v>76</v>
       </c>
       <c r="B44" s="0" t="s">
         <v>77</v>
       </c>
       <c r="C44" s="0" t="s">
         <v>20</v>
@@ -1311,359 +1311,359 @@
         <v>25</v>
       </c>
       <c r="B79" s="0" t="s">
         <v>26</v>
       </c>
       <c r="C79" s="0" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" s="0" t="s">
         <v>27</v>
       </c>
       <c r="B80" s="0" t="s">
         <v>28</v>
       </c>
       <c r="C80" s="0" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" s="0" t="s">
         <v>29</v>
       </c>
       <c r="B81" s="0" t="s">
-        <v>30</v>
+        <v>26</v>
       </c>
       <c r="C81" s="0" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" s="0" t="s">
+        <v>30</v>
+      </c>
+      <c r="B82" s="0" t="s">
         <v>31</v>
-      </c>
-[...1 lines deleted...]
-        <v>28</v>
       </c>
       <c r="C82" s="0" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" s="0" t="s">
         <v>32</v>
       </c>
       <c r="B83" s="0" t="s">
         <v>33</v>
       </c>
       <c r="C83" s="0" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" s="0" t="s">
         <v>34</v>
       </c>
       <c r="B84" s="0" t="s">
-        <v>35</v>
+        <v>31</v>
       </c>
       <c r="C84" s="0" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" s="0" t="s">
+        <v>35</v>
+      </c>
+      <c r="B85" s="0" t="s">
         <v>36</v>
-      </c>
-[...1 lines deleted...]
-        <v>33</v>
       </c>
       <c r="C85" s="0" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" s="0" t="s">
         <v>37</v>
       </c>
       <c r="B86" s="0" t="s">
         <v>38</v>
       </c>
       <c r="C86" s="0" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" s="0" t="s">
         <v>39</v>
       </c>
       <c r="B87" s="0" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="C87" s="0" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" s="0" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="B88" s="0" t="s">
-        <v>38</v>
+        <v>36</v>
       </c>
       <c r="C88" s="0" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" s="0" t="s">
+        <v>41</v>
+      </c>
+      <c r="B89" s="0" t="s">
         <v>42</v>
-      </c>
-[...1 lines deleted...]
-        <v>43</v>
       </c>
       <c r="C89" s="0" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" s="0" t="s">
+        <v>43</v>
+      </c>
+      <c r="B90" s="0" t="s">
         <v>44</v>
-      </c>
-[...1 lines deleted...]
-        <v>45</v>
       </c>
       <c r="C90" s="0" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" s="0" t="s">
+        <v>45</v>
+      </c>
+      <c r="B91" s="0" t="s">
         <v>46</v>
-      </c>
-[...1 lines deleted...]
-        <v>43</v>
       </c>
       <c r="C91" s="0" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" s="0" t="s">
         <v>47</v>
       </c>
       <c r="B92" s="0" t="s">
-        <v>43</v>
+        <v>48</v>
       </c>
       <c r="C92" s="0" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" s="0" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="B93" s="0" t="s">
-        <v>49</v>
+        <v>44</v>
       </c>
       <c r="C93" s="0" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" s="0" t="s">
         <v>50</v>
       </c>
       <c r="B94" s="0" t="s">
-        <v>51</v>
+        <v>44</v>
       </c>
       <c r="C94" s="0" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" s="0" t="s">
+        <v>51</v>
+      </c>
+      <c r="B95" s="0" t="s">
         <v>52</v>
-      </c>
-[...1 lines deleted...]
-        <v>49</v>
       </c>
       <c r="C95" s="0" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" s="0" t="s">
         <v>53</v>
       </c>
       <c r="B96" s="0" t="s">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="C96" s="0" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" s="0" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="B97" s="0" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="C97" s="0" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" s="0" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="B98" s="0" t="s">
-        <v>57</v>
+        <v>54</v>
       </c>
       <c r="C98" s="0" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" s="0" t="s">
         <v>58</v>
       </c>
       <c r="B99" s="0" t="s">
-        <v>59</v>
+        <v>54</v>
       </c>
       <c r="C99" s="0" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" s="0" t="s">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="B100" s="0" t="s">
-        <v>61</v>
+        <v>56</v>
       </c>
       <c r="C100" s="0" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" s="0" t="s">
-        <v>62</v>
+        <v>60</v>
       </c>
       <c r="B101" s="0" t="s">
-        <v>57</v>
+        <v>54</v>
       </c>
       <c r="C101" s="0" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" s="0" t="s">
-        <v>63</v>
+        <v>61</v>
       </c>
       <c r="B102" s="0" t="s">
-        <v>57</v>
+        <v>62</v>
       </c>
       <c r="C102" s="0" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" s="0" t="s">
+        <v>63</v>
+      </c>
+      <c r="B103" s="0" t="s">
         <v>64</v>
-      </c>
-[...1 lines deleted...]
-        <v>65</v>
       </c>
       <c r="C103" s="0" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" s="0" t="s">
+        <v>65</v>
+      </c>
+      <c r="B104" s="0" t="s">
         <v>66</v>
-      </c>
-[...1 lines deleted...]
-        <v>67</v>
       </c>
       <c r="C104" s="0" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" s="0" t="s">
-        <v>68</v>
+        <v>67</v>
       </c>
       <c r="B105" s="0" t="s">
-        <v>69</v>
+        <v>64</v>
       </c>
       <c r="C105" s="0" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" s="0" t="s">
-        <v>70</v>
+        <v>68</v>
       </c>
       <c r="B106" s="0" t="s">
-        <v>67</v>
+        <v>64</v>
       </c>
       <c r="C106" s="0" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" s="0" t="s">
-        <v>71</v>
+        <v>69</v>
       </c>
       <c r="B107" s="0" t="s">
-        <v>67</v>
+        <v>70</v>
       </c>
       <c r="C107" s="0" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" s="0" t="s">
+        <v>71</v>
+      </c>
+      <c r="B108" s="0" t="s">
         <v>72</v>
-      </c>
-[...1 lines deleted...]
-        <v>69</v>
       </c>
       <c r="C108" s="0" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" s="0" t="s">
         <v>73</v>
       </c>
       <c r="B109" s="0" t="s">
-        <v>67</v>
+        <v>70</v>
       </c>
       <c r="C109" s="0" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" s="0" t="s">
         <v>74</v>
       </c>
       <c r="B110" s="0" t="s">
         <v>75</v>
       </c>
       <c r="C110" s="0" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" s="0" t="s">
         <v>76</v>
       </c>
       <c r="B111" s="0" t="s">
         <v>77</v>
       </c>
       <c r="C111" s="0" t="s">
         <v>20</v>