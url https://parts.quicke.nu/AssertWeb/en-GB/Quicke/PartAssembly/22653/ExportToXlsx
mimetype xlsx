--- v0 (2025-10-19)
+++ v1 (2026-03-31)
@@ -4,51 +4,51 @@
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Part" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="127" uniqueCount="127">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="126" uniqueCount="126">
   <si>
     <t>Id</t>
   </si>
   <si>
     <t>Quantity</t>
   </si>
   <si>
     <t>Number</t>
   </si>
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Brand</t>
   </si>
   <si>
     <t>Colour</t>
   </si>
   <si>
     <t>Market information</t>
   </si>
   <si>
     <t>Net Weight</t>
   </si>
   <si>
@@ -138,51 +138,51 @@
   <si>
     <t>8</t>
   </si>
   <si>
     <t>5215208</t>
   </si>
   <si>
     <t>Holder kit</t>
   </si>
   <si>
     <t>Original parts from Alo with the best fit and high quality, extends the life of your front loader. Make it easy with the right part for Quicke or Trima loader</t>
   </si>
   <si>
     <t>0.060</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>5215227</t>
   </si>
   <si>
     <t>Spacer</t>
   </si>
   <si>
-    <t>.025</t>
+    <t>0.025</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>5013110</t>
   </si>
   <si>
     <t>Washer</t>
   </si>
   <si>
     <t>0.004</t>
   </si>
   <si>
     <t>BRB 10.5x22x2</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>5050605</t>
   </si>
   <si>
     <t>Screw</t>
   </si>
@@ -353,53 +353,50 @@
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
     <t>5215131</t>
   </si>
   <si>
     <t>Locking cover</t>
   </si>
   <si>
     <t>Locking cover for pin locking. For all Quicke front loader series from 1998 onwards, for all Trima front loader series from 2005 onwards.</t>
   </si>
   <si>
     <t>0.100</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
     <t>5050608</t>
   </si>
   <si>
     <t>Screw to fit the locking cover 5215131. For all Quicke front loader series from 1998 onwards, for all Trima front loader series from 2005 onwards.
  MC6S M10x20</t>
-  </si>
-[...1 lines deleted...]
-    <t>0.025</t>
   </si>
   <si>
     <t>MC6S M10x20 Loc</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
     <t>5215121-1</t>
   </si>
   <si>
     <t>Plastic cover</t>
   </si>
   <si>
     <t>Glossy Black</t>
   </si>
   <si>
     <t>0.013</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
     <t>5215182</t>
   </si>
@@ -996,78 +993,78 @@
       </c>
       <c r="G27" s="0" t="s">
         <v>111</v>
       </c>
       <c r="H27" s="0" t="s">
         <v>112</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="0" t="s">
         <v>113</v>
       </c>
       <c r="B28" s="0" t="s">
         <v>91</v>
       </c>
       <c r="C28" s="0" t="s">
         <v>114</v>
       </c>
       <c r="D28" s="0" t="s">
         <v>52</v>
       </c>
       <c r="G28" s="0" t="s">
         <v>115</v>
       </c>
       <c r="H28" s="0" t="s">
+        <v>44</v>
+      </c>
+      <c r="I28" s="0" t="s">
         <v>116</v>
-      </c>
-[...1 lines deleted...]
-        <v>117</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="0" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="B29" s="0" t="s">
         <v>91</v>
       </c>
       <c r="C29" s="0" t="s">
+        <v>118</v>
+      </c>
+      <c r="D29" s="0" t="s">
         <v>119</v>
       </c>
-      <c r="D29" s="0" t="s">
+      <c r="F29" s="0" t="s">
         <v>120</v>
-      </c>
-[...1 lines deleted...]
-        <v>121</v>
       </c>
       <c r="G29" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H29" s="0" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="I29" s="0" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="0" t="s">
+        <v>122</v>
+      </c>
+      <c r="B30" s="0" t="s">
+        <v>9</v>
+      </c>
+      <c r="C30" s="0" t="s">
         <v>123</v>
       </c>
-      <c r="B30" s="0" t="s">
-[...2 lines deleted...]
-      <c r="C30" s="0" t="s">
+      <c r="D30" s="0" t="s">
         <v>124</v>
       </c>
-      <c r="D30" s="0" t="s">
+      <c r="H30" s="0" t="s">
         <v>125</v>
-      </c>
-[...1 lines deleted...]
-        <v>126</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>