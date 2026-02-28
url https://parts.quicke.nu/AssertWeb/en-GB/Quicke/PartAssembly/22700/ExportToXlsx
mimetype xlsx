--- v1 (2025-12-30)
+++ v2 (2026-02-28)
@@ -72,53 +72,50 @@
   <si>
     <t>60026804-10</t>
   </si>
   <si>
     <t>Parallel rod w. bushings</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>5218005-7</t>
   </si>
   <si>
     <t>Support leg</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>60052807</t>
   </si>
   <si>
     <t>Link w. bushings</t>
   </si>
   <si>
-    <t>Glossy Black</t>
-[...1 lines deleted...]
-  <si>
     <t>5</t>
   </si>
   <si>
     <t>5214112-7</t>
   </si>
   <si>
     <t>Link</t>
   </si>
   <si>
     <t>Quicke Grey</t>
   </si>
   <si>
     <t>2.5</t>
   </si>
   <si>
     <t>Grey</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>5214127-7</t>
   </si>
   <si>
     <t>Link pair</t>
@@ -377,50 +374,53 @@
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
     <t>5050608</t>
   </si>
   <si>
     <t>Screw to fit the locking cover 5215131. For all Quicke front loader series from 1998 onwards, for all Trima front loader series from 2005 onwards.
  MC6S M10x20</t>
   </si>
   <si>
     <t>0.025</t>
   </si>
   <si>
     <t>MC6S M10x20 Loc</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
     <t>5215121-1</t>
   </si>
   <si>
     <t>Plastic cover</t>
+  </si>
+  <si>
+    <t>Glossy Black</t>
   </si>
   <si>
     <t>0.013</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
     <t>5215182</t>
   </si>
   <si>
     <t>Box</t>
   </si>
   <si>
     <t>.244</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11"/>
@@ -544,539 +544,536 @@
         <v>16</v>
       </c>
       <c r="B4" s="0" t="s">
         <v>13</v>
       </c>
       <c r="C4" s="0" t="s">
         <v>17</v>
       </c>
       <c r="D4" s="0" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="0" t="s">
         <v>19</v>
       </c>
       <c r="B5" s="0" t="s">
         <v>19</v>
       </c>
       <c r="C5" s="0" t="s">
         <v>20</v>
       </c>
       <c r="D5" s="0" t="s">
         <v>21</v>
       </c>
-      <c r="I5" s="0" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="6">
       <c r="A6" s="0" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="B6" s="0" t="s">
         <v>19</v>
       </c>
       <c r="C6" s="0" t="s">
+        <v>23</v>
+      </c>
+      <c r="D6" s="0" t="s">
         <v>24</v>
       </c>
-      <c r="D6" s="0" t="s">
+      <c r="F6" s="0" t="s">
         <v>25</v>
       </c>
-      <c r="F6" s="0" t="s">
+      <c r="H6" s="0" t="s">
         <v>26</v>
       </c>
-      <c r="H6" s="0" t="s">
+      <c r="I6" s="0" t="s">
         <v>27</v>
-      </c>
-[...1 lines deleted...]
-        <v>28</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="0" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="B7" s="0" t="s">
         <v>13</v>
       </c>
       <c r="C7" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="D7" s="0" t="s">
         <v>30</v>
       </c>
-      <c r="D7" s="0" t="s">
+      <c r="F7" s="0" t="s">
+        <v>25</v>
+      </c>
+      <c r="H7" s="0" t="s">
         <v>31</v>
       </c>
-      <c r="F7" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="I7" s="0" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="0" t="s">
+        <v>32</v>
+      </c>
+      <c r="B8" s="0" t="s">
+        <v>9</v>
+      </c>
+      <c r="C8" s="0" t="s">
         <v>33</v>
       </c>
-      <c r="B8" s="0" t="s">
-[...2 lines deleted...]
-      <c r="C8" s="0" t="s">
+      <c r="D8" s="0" t="s">
         <v>34</v>
       </c>
-      <c r="D8" s="0" t="s">
+      <c r="H8" s="0" t="s">
         <v>35</v>
-      </c>
-[...1 lines deleted...]
-        <v>36</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="0" t="s">
+        <v>36</v>
+      </c>
+      <c r="B9" s="0" t="s">
+        <v>9</v>
+      </c>
+      <c r="C9" s="0" t="s">
         <v>37</v>
       </c>
-      <c r="B9" s="0" t="s">
-[...2 lines deleted...]
-      <c r="C9" s="0" t="s">
+      <c r="D9" s="0" t="s">
         <v>38</v>
       </c>
-      <c r="D9" s="0" t="s">
+      <c r="G9" s="0" t="s">
         <v>39</v>
       </c>
-      <c r="G9" s="0" t="s">
+      <c r="H9" s="0" t="s">
         <v>40</v>
-      </c>
-[...1 lines deleted...]
-        <v>41</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="0" t="s">
+        <v>41</v>
+      </c>
+      <c r="B10" s="0" t="s">
+        <v>9</v>
+      </c>
+      <c r="C10" s="0" t="s">
         <v>42</v>
       </c>
-      <c r="B10" s="0" t="s">
-[...2 lines deleted...]
-      <c r="C10" s="0" t="s">
+      <c r="D10" s="0" t="s">
         <v>43</v>
       </c>
-      <c r="D10" s="0" t="s">
+      <c r="H10" s="0" t="s">
         <v>44</v>
-      </c>
-[...1 lines deleted...]
-        <v>45</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="0" t="s">
+        <v>45</v>
+      </c>
+      <c r="B11" s="0" t="s">
+        <v>9</v>
+      </c>
+      <c r="C11" s="0" t="s">
         <v>46</v>
       </c>
-      <c r="B11" s="0" t="s">
-[...2 lines deleted...]
-      <c r="C11" s="0" t="s">
+      <c r="D11" s="0" t="s">
         <v>47</v>
       </c>
-      <c r="D11" s="0" t="s">
+      <c r="H11" s="0" t="s">
         <v>48</v>
       </c>
-      <c r="H11" s="0" t="s">
+      <c r="I11" s="0" t="s">
         <v>49</v>
-      </c>
-[...1 lines deleted...]
-        <v>50</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="0" t="s">
+        <v>50</v>
+      </c>
+      <c r="B12" s="0" t="s">
+        <v>9</v>
+      </c>
+      <c r="C12" s="0" t="s">
         <v>51</v>
       </c>
-      <c r="B12" s="0" t="s">
-[...2 lines deleted...]
-      <c r="C12" s="0" t="s">
+      <c r="D12" s="0" t="s">
         <v>52</v>
       </c>
-      <c r="D12" s="0" t="s">
+      <c r="H12" s="0" t="s">
         <v>53</v>
       </c>
-      <c r="H12" s="0" t="s">
+      <c r="I12" s="0" t="s">
         <v>54</v>
-      </c>
-[...1 lines deleted...]
-        <v>55</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="0" t="s">
+        <v>55</v>
+      </c>
+      <c r="B13" s="0" t="s">
+        <v>9</v>
+      </c>
+      <c r="C13" s="0" t="s">
         <v>56</v>
       </c>
-      <c r="B13" s="0" t="s">
-[...2 lines deleted...]
-      <c r="C13" s="0" t="s">
+      <c r="D13" s="0" t="s">
         <v>57</v>
       </c>
-      <c r="D13" s="0" t="s">
+      <c r="H13" s="0" t="s">
         <v>58</v>
-      </c>
-[...1 lines deleted...]
-        <v>59</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="0" t="s">
+        <v>59</v>
+      </c>
+      <c r="B14" s="0" t="s">
+        <v>9</v>
+      </c>
+      <c r="C14" s="0" t="s">
         <v>60</v>
       </c>
-      <c r="B14" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D14" s="0" t="s">
+        <v>57</v>
+      </c>
+      <c r="H14" s="0" t="s">
         <v>58</v>
-      </c>
-[...1 lines deleted...]
-        <v>59</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="0" t="s">
+        <v>61</v>
+      </c>
+      <c r="B15" s="0" t="s">
+        <v>9</v>
+      </c>
+      <c r="C15" s="0" t="s">
         <v>62</v>
       </c>
-      <c r="B15" s="0" t="s">
-[...2 lines deleted...]
-      <c r="C15" s="0" t="s">
+      <c r="D15" s="0" t="s">
+        <v>52</v>
+      </c>
+      <c r="H15" s="0" t="s">
         <v>63</v>
       </c>
-      <c r="D15" s="0" t="s">
-[...2 lines deleted...]
-      <c r="H15" s="0" t="s">
+      <c r="I15" s="0" t="s">
         <v>64</v>
-      </c>
-[...1 lines deleted...]
-        <v>65</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="0" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="B16" s="0" t="s">
         <v>19</v>
       </c>
       <c r="C16" s="0" t="s">
+        <v>66</v>
+      </c>
+      <c r="D16" s="0" t="s">
         <v>67</v>
       </c>
-      <c r="D16" s="0" t="s">
+      <c r="H16" s="0" t="s">
         <v>68</v>
       </c>
-      <c r="H16" s="0" t="s">
+      <c r="I16" s="0" t="s">
         <v>69</v>
-      </c>
-[...1 lines deleted...]
-        <v>70</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="0" t="s">
+        <v>70</v>
+      </c>
+      <c r="B17" s="0" t="s">
+        <v>22</v>
+      </c>
+      <c r="C17" s="0" t="s">
         <v>71</v>
       </c>
-      <c r="B17" s="0" t="s">
-[...2 lines deleted...]
-      <c r="C17" s="0" t="s">
+      <c r="D17" s="0" t="s">
+        <v>47</v>
+      </c>
+      <c r="H17" s="0" t="s">
         <v>72</v>
       </c>
-      <c r="D17" s="0" t="s">
-[...2 lines deleted...]
-      <c r="H17" s="0" t="s">
+      <c r="I17" s="0" t="s">
         <v>73</v>
-      </c>
-[...1 lines deleted...]
-        <v>74</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="0" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="B18" s="0" t="s">
         <v>13</v>
       </c>
       <c r="C18" s="0" t="s">
+        <v>75</v>
+      </c>
+      <c r="D18" s="0" t="s">
         <v>76</v>
       </c>
-      <c r="D18" s="0" t="s">
+      <c r="H18" s="0" t="s">
         <v>77</v>
-      </c>
-[...1 lines deleted...]
-        <v>78</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="0" t="s">
+        <v>78</v>
+      </c>
+      <c r="B19" s="0" t="s">
+        <v>9</v>
+      </c>
+      <c r="C19" s="0" t="s">
         <v>79</v>
       </c>
-      <c r="B19" s="0" t="s">
-[...2 lines deleted...]
-      <c r="C19" s="0" t="s">
+      <c r="D19" s="0" t="s">
+        <v>76</v>
+      </c>
+      <c r="G19" s="0" t="s">
+        <v>39</v>
+      </c>
+      <c r="H19" s="0" t="s">
         <v>80</v>
-      </c>
-[...7 lines deleted...]
-        <v>81</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="0" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="B20" s="0" t="s">
         <v>19</v>
       </c>
       <c r="C20" s="0" t="s">
+        <v>82</v>
+      </c>
+      <c r="D20" s="0" t="s">
+        <v>67</v>
+      </c>
+      <c r="H20" s="0" t="s">
         <v>83</v>
-      </c>
-[...4 lines deleted...]
-        <v>84</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="0" t="s">
+        <v>84</v>
+      </c>
+      <c r="B21" s="0" t="s">
+        <v>9</v>
+      </c>
+      <c r="C21" s="0" t="s">
         <v>85</v>
       </c>
-      <c r="B21" s="0" t="s">
-[...2 lines deleted...]
-      <c r="C21" s="0" t="s">
+      <c r="D21" s="0" t="s">
+        <v>52</v>
+      </c>
+      <c r="H21" s="0" t="s">
         <v>86</v>
       </c>
-      <c r="D21" s="0" t="s">
-[...2 lines deleted...]
-      <c r="H21" s="0" t="s">
+      <c r="I21" s="0" t="s">
         <v>87</v>
-      </c>
-[...1 lines deleted...]
-        <v>88</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="0" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="B22" s="0" t="s">
         <v>13</v>
       </c>
       <c r="C22" s="0" t="s">
+        <v>89</v>
+      </c>
+      <c r="D22" s="0" t="s">
+        <v>76</v>
+      </c>
+      <c r="G22" s="0" t="s">
+        <v>39</v>
+      </c>
+      <c r="H22" s="0" t="s">
         <v>90</v>
-      </c>
-[...7 lines deleted...]
-        <v>91</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="0" t="s">
+        <v>91</v>
+      </c>
+      <c r="B23" s="0" t="s">
+        <v>45</v>
+      </c>
+      <c r="C23" s="0" t="s">
         <v>92</v>
       </c>
-      <c r="B23" s="0" t="s">
-[...2 lines deleted...]
-      <c r="C23" s="0" t="s">
+      <c r="D23" s="0" t="s">
         <v>93</v>
       </c>
-      <c r="D23" s="0" t="s">
+      <c r="G23" s="0" t="s">
         <v>94</v>
       </c>
-      <c r="G23" s="0" t="s">
+      <c r="H23" s="0" t="s">
         <v>95</v>
       </c>
-      <c r="H23" s="0" t="s">
+      <c r="I23" s="0" t="s">
         <v>96</v>
-      </c>
-[...1 lines deleted...]
-        <v>97</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="0" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="B24" s="0" t="s">
         <v>19</v>
       </c>
       <c r="C24" s="0" t="s">
+        <v>98</v>
+      </c>
+      <c r="D24" s="0" t="s">
         <v>99</v>
       </c>
-      <c r="D24" s="0" t="s">
+      <c r="G24" s="0" t="s">
+        <v>94</v>
+      </c>
+      <c r="H24" s="0" t="s">
         <v>100</v>
       </c>
-      <c r="G24" s="0" t="s">
-[...2 lines deleted...]
-      <c r="H24" s="0" t="s">
+      <c r="I24" s="0" t="s">
         <v>101</v>
-      </c>
-[...1 lines deleted...]
-        <v>102</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="0" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="B25" s="0" t="s">
         <v>13</v>
       </c>
       <c r="C25" s="0" t="s">
+        <v>103</v>
+      </c>
+      <c r="D25" s="0" t="s">
+        <v>93</v>
+      </c>
+      <c r="G25" s="0" t="s">
+        <v>94</v>
+      </c>
+      <c r="H25" s="0" t="s">
         <v>104</v>
       </c>
-      <c r="D25" s="0" t="s">
-[...5 lines deleted...]
-      <c r="H25" s="0" t="s">
+      <c r="I25" s="0" t="s">
         <v>105</v>
-      </c>
-[...1 lines deleted...]
-        <v>106</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="0" t="s">
-        <v>107</v>
+        <v>106</v>
       </c>
       <c r="B26" s="0" t="s">
         <v>13</v>
       </c>
       <c r="C26" s="0" t="s">
+        <v>107</v>
+      </c>
+      <c r="D26" s="0" t="s">
+        <v>93</v>
+      </c>
+      <c r="G26" s="0" t="s">
+        <v>94</v>
+      </c>
+      <c r="H26" s="0" t="s">
         <v>108</v>
       </c>
-      <c r="D26" s="0" t="s">
-[...5 lines deleted...]
-      <c r="H26" s="0" t="s">
+      <c r="I26" s="0" t="s">
         <v>109</v>
-      </c>
-[...1 lines deleted...]
-        <v>110</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="0" t="s">
+        <v>110</v>
+      </c>
+      <c r="B27" s="0" t="s">
+        <v>91</v>
+      </c>
+      <c r="C27" s="0" t="s">
         <v>111</v>
       </c>
-      <c r="B27" s="0" t="s">
-[...2 lines deleted...]
-      <c r="C27" s="0" t="s">
+      <c r="D27" s="0" t="s">
         <v>112</v>
       </c>
-      <c r="D27" s="0" t="s">
+      <c r="G27" s="0" t="s">
         <v>113</v>
       </c>
-      <c r="G27" s="0" t="s">
+      <c r="H27" s="0" t="s">
         <v>114</v>
-      </c>
-[...1 lines deleted...]
-        <v>115</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="0" t="s">
+        <v>115</v>
+      </c>
+      <c r="B28" s="0" t="s">
+        <v>91</v>
+      </c>
+      <c r="C28" s="0" t="s">
         <v>116</v>
       </c>
-      <c r="B28" s="0" t="s">
-[...2 lines deleted...]
-      <c r="C28" s="0" t="s">
+      <c r="D28" s="0" t="s">
+        <v>52</v>
+      </c>
+      <c r="G28" s="0" t="s">
         <v>117</v>
       </c>
-      <c r="D28" s="0" t="s">
-[...2 lines deleted...]
-      <c r="G28" s="0" t="s">
+      <c r="H28" s="0" t="s">
         <v>118</v>
       </c>
-      <c r="H28" s="0" t="s">
+      <c r="I28" s="0" t="s">
         <v>119</v>
-      </c>
-[...1 lines deleted...]
-        <v>120</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="0" t="s">
+        <v>120</v>
+      </c>
+      <c r="B29" s="0" t="s">
+        <v>91</v>
+      </c>
+      <c r="C29" s="0" t="s">
         <v>121</v>
       </c>
-      <c r="B29" s="0" t="s">
-[...2 lines deleted...]
-      <c r="C29" s="0" t="s">
+      <c r="D29" s="0" t="s">
         <v>122</v>
       </c>
-      <c r="D29" s="0" t="s">
+      <c r="F29" s="0" t="s">
         <v>123</v>
       </c>
-      <c r="F29" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G29" s="0" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="H29" s="0" t="s">
         <v>124</v>
       </c>
       <c r="I29" s="0" t="s">
-        <v>22</v>
+        <v>123</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="0" t="s">
         <v>125</v>
       </c>
       <c r="B30" s="0" t="s">
         <v>9</v>
       </c>
       <c r="C30" s="0" t="s">
         <v>126</v>
       </c>
       <c r="D30" s="0" t="s">
         <v>127</v>
       </c>
       <c r="H30" s="0" t="s">
         <v>128</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>