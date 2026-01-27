--- v0 (2025-10-29)
+++ v1 (2026-01-27)
@@ -66,51 +66,51 @@
   <si>
     <t>Q</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>60026805-10</t>
   </si>
   <si>
     <t>Parallel rod w. bushings</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>5218006-7</t>
   </si>
   <si>
     <t>Support leg</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>5214832-1</t>
+    <t>60052807</t>
   </si>
   <si>
     <t>Link w. bushings</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>5214112-7</t>
   </si>
   <si>
     <t>Link</t>
   </si>
   <si>
     <t>Quicke Grey</t>
   </si>
   <si>
     <t>2.5</t>
   </si>
   <si>
     <t>Grey</t>
   </si>
   <si>
     <t>6</t>
   </si>