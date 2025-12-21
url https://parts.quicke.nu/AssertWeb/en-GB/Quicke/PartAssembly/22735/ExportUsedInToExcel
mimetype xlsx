--- v0 (2025-10-22)
+++ v1 (2025-12-21)
@@ -54,111 +54,111 @@
   <si>
     <t>2611Q8</t>
   </si>
   <si>
     <t>Q26 US</t>
   </si>
   <si>
     <t>2613Q8</t>
   </si>
   <si>
     <t>Q26 DS</t>
   </si>
   <si>
     <t>2011Q8</t>
   </si>
   <si>
     <t>Q20 US</t>
   </si>
   <si>
     <t>2013Q8</t>
   </si>
   <si>
     <t>Q20 DS</t>
   </si>
   <si>
+    <t>2513Q8</t>
+  </si>
+  <si>
+    <t>Q25 DS</t>
+  </si>
+  <si>
+    <t>2111T8</t>
+  </si>
+  <si>
+    <t>+1.1 US</t>
+  </si>
+  <si>
+    <t>2113T8</t>
+  </si>
+  <si>
+    <t>+1.1 DS</t>
+  </si>
+  <si>
+    <t>2611T8</t>
+  </si>
+  <si>
+    <t>+1.1P US</t>
+  </si>
+  <si>
+    <t>2613T8</t>
+  </si>
+  <si>
+    <t>+1.1P DS</t>
+  </si>
+  <si>
+    <t>2511T8</t>
+  </si>
+  <si>
+    <t>+1.0P US</t>
+  </si>
+  <si>
+    <t>Hydraulics/9032552 Main hose kit</t>
+  </si>
+  <si>
+    <t>2513T8</t>
+  </si>
+  <si>
+    <t>+1.0P DS</t>
+  </si>
+  <si>
+    <t>2011T8</t>
+  </si>
+  <si>
+    <t>+1.0 US</t>
+  </si>
+  <si>
+    <t>2013T8</t>
+  </si>
+  <si>
+    <t>+1.0 DS</t>
+  </si>
+  <si>
     <t>2511Q8</t>
   </si>
   <si>
     <t>Q25 US</t>
-  </si>
-[...55 lines deleted...]
-    <t>+1.0 DS</t>
   </si>
   <si>
     <t xml:space="preserve">Hydraulics/ </t>
   </si>
   <si>
     <t>Hydraulics/2511_2 Hydraulics</t>
   </si>
   <si>
     <t>Hydraulics/2513_2 Hydraulics</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -323,268 +323,268 @@
         <v>23</v>
       </c>
       <c r="C11" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="0" t="s">
         <v>24</v>
       </c>
       <c r="B12" s="0" t="s">
         <v>25</v>
       </c>
       <c r="C12" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="0" t="s">
         <v>26</v>
       </c>
       <c r="B13" s="0" t="s">
         <v>27</v>
       </c>
       <c r="C13" s="0" t="s">
-        <v>5</v>
+        <v>28</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="B14" s="0" t="s">
+        <v>30</v>
+      </c>
+      <c r="C14" s="0" t="s">
         <v>28</v>
-      </c>
-[...4 lines deleted...]
-        <v>30</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="0" t="s">
         <v>31</v>
       </c>
       <c r="B15" s="0" t="s">
         <v>32</v>
       </c>
       <c r="C15" s="0" t="s">
-        <v>30</v>
+        <v>5</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="0" t="s">
         <v>33</v>
       </c>
       <c r="B16" s="0" t="s">
         <v>34</v>
       </c>
       <c r="C16" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="0" t="s">
         <v>35</v>
       </c>
       <c r="B17" s="0" t="s">
         <v>36</v>
       </c>
       <c r="C17" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="0" t="s">
         <v>3</v>
       </c>
       <c r="B18" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C18" s="0" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="0" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="B19" s="0" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="C19" s="0" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="0" t="s">
         <v>6</v>
       </c>
       <c r="B20" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C20" s="0" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="0" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="B21" s="0" t="s">
-        <v>23</v>
+        <v>21</v>
       </c>
       <c r="C21" s="0" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="0" t="s">
         <v>8</v>
       </c>
       <c r="B22" s="0" t="s">
         <v>9</v>
       </c>
       <c r="C22" s="0" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="0" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="B23" s="0" t="s">
-        <v>25</v>
+        <v>23</v>
       </c>
       <c r="C23" s="0" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="0" t="s">
         <v>10</v>
       </c>
       <c r="B24" s="0" t="s">
         <v>11</v>
       </c>
       <c r="C24" s="0" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="0" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="B25" s="0" t="s">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="C25" s="0" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="0" t="s">
         <v>12</v>
       </c>
       <c r="B26" s="0" t="s">
         <v>13</v>
       </c>
       <c r="C26" s="0" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="0" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="B27" s="0" t="s">
-        <v>34</v>
+        <v>32</v>
       </c>
       <c r="C27" s="0" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="0" t="s">
         <v>14</v>
       </c>
       <c r="B28" s="0" t="s">
         <v>15</v>
       </c>
       <c r="C28" s="0" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="0" t="s">
-        <v>35</v>
+        <v>33</v>
       </c>
       <c r="B29" s="0" t="s">
-        <v>36</v>
+        <v>34</v>
       </c>
       <c r="C29" s="0" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="0" t="s">
-        <v>16</v>
+        <v>26</v>
       </c>
       <c r="B30" s="0" t="s">
-        <v>17</v>
+        <v>27</v>
       </c>
       <c r="C30" s="0" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="0" t="s">
-        <v>28</v>
+        <v>35</v>
       </c>
       <c r="B31" s="0" t="s">
-        <v>29</v>
+        <v>36</v>
       </c>
       <c r="C31" s="0" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="0" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="B32" s="0" t="s">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="C32" s="0" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="0" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="B33" s="0" t="s">
-        <v>32</v>
+        <v>30</v>
       </c>
       <c r="C33" s="0" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="34">
       <c r="C34" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="35">
       <c r="C35" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="36">
       <c r="C36" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="37">
       <c r="C37" s="0" t="s">
         <v>5</v>
       </c>
     </row>