--- v0 (2025-10-19)
+++ v1 (2025-12-20)
@@ -15,153 +15,153 @@
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Part" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="40" uniqueCount="40">
   <si>
     <t>Product No</t>
   </si>
   <si>
     <t>Product name</t>
   </si>
   <si>
     <t>Path</t>
   </si>
   <si>
+    <t>7512T8</t>
+  </si>
+  <si>
+    <t>+6.0P UM</t>
+  </si>
+  <si>
+    <t>Hydraulics/9032557 Main hose kit</t>
+  </si>
+  <si>
+    <t>7514T8</t>
+  </si>
+  <si>
+    <t>+6.0P DM</t>
+  </si>
+  <si>
+    <t xml:space="preserve">/ </t>
+  </si>
+  <si>
+    <t>7516T8</t>
+  </si>
+  <si>
+    <t>+6.0P DM ext.</t>
+  </si>
+  <si>
+    <t>7612T8</t>
+  </si>
+  <si>
+    <t>+6.1P UM</t>
+  </si>
+  <si>
+    <t>7614T8</t>
+  </si>
+  <si>
+    <t>+6.1P DM</t>
+  </si>
+  <si>
+    <t>7616T8</t>
+  </si>
+  <si>
+    <t>+6.1P DM ext.</t>
+  </si>
+  <si>
+    <t>7814T8</t>
+  </si>
+  <si>
+    <t>+6.3P DM</t>
+  </si>
+  <si>
+    <t>7854T8</t>
+  </si>
+  <si>
     <t>7612Q8</t>
   </si>
   <si>
     <t>Q76 UM</t>
   </si>
   <si>
-    <t xml:space="preserve">/ </t>
-[...1 lines deleted...]
-  <si>
     <t>7614Q8</t>
   </si>
   <si>
     <t>Q76 DM</t>
   </si>
   <si>
     <t>7616Q8</t>
   </si>
   <si>
     <t>Q76 DM ext.</t>
   </si>
   <si>
     <t>7814Q8</t>
   </si>
   <si>
     <t>Q78 DM</t>
   </si>
   <si>
     <t>7816Q8</t>
   </si>
   <si>
     <t>Q78 DM Ext.</t>
   </si>
   <si>
     <t>7854Q8</t>
   </si>
   <si>
     <t>7512Q8</t>
   </si>
   <si>
     <t>Q75 UM</t>
   </si>
   <si>
     <t>7514Q8</t>
   </si>
   <si>
     <t>Q75 DM</t>
   </si>
   <si>
     <t>7516Q8</t>
   </si>
   <si>
     <t>Q75 DM ext.</t>
   </si>
   <si>
     <t>7524Q8</t>
-  </si>
-[...46 lines deleted...]
-    <t>7854T8</t>
   </si>
   <si>
     <t xml:space="preserve">Hydraulics/ </t>
   </si>
   <si>
     <t>Hydraulics/7512_2 Hydraulics</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
@@ -213,456 +213,456 @@
         <v>1</v>
       </c>
       <c r="C1" s="0" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="0" t="s">
         <v>3</v>
       </c>
       <c r="B2" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C2" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="s">
         <v>6</v>
       </c>
       <c r="B3" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C3" s="0" t="s">
-        <v>5</v>
+        <v>8</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="0" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="B4" s="0" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="C4" s="0" t="s">
-        <v>5</v>
+        <v>8</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="0" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="B5" s="0" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="C5" s="0" t="s">
-        <v>5</v>
+        <v>8</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="0" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="B6" s="0" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C6" s="0" t="s">
-        <v>5</v>
+        <v>8</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="0" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="B7" s="0" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="C7" s="0" t="s">
-        <v>5</v>
+        <v>8</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="0" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="B8" s="0" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="C8" s="0" t="s">
-        <v>5</v>
+        <v>8</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="0" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="B9" s="0" t="s">
         <v>18</v>
       </c>
       <c r="C9" s="0" t="s">
-        <v>5</v>
+        <v>8</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="0" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="B10" s="0" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="C10" s="0" t="s">
-        <v>5</v>
+        <v>8</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="0" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="B11" s="0" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="C11" s="0" t="s">
-        <v>5</v>
+        <v>8</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="0" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="B12" s="0" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="C12" s="0" t="s">
-        <v>24</v>
+        <v>8</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="0" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="B13" s="0" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="C13" s="0" t="s">
-        <v>5</v>
+        <v>8</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="0" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="B14" s="0" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="C14" s="0" t="s">
-        <v>5</v>
+        <v>8</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="0" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="B15" s="0" t="s">
-        <v>30</v>
+        <v>27</v>
       </c>
       <c r="C15" s="0" t="s">
-        <v>5</v>
+        <v>8</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="0" t="s">
         <v>31</v>
       </c>
       <c r="B16" s="0" t="s">
         <v>32</v>
       </c>
       <c r="C16" s="0" t="s">
-        <v>5</v>
+        <v>8</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="0" t="s">
         <v>33</v>
       </c>
       <c r="B17" s="0" t="s">
         <v>34</v>
       </c>
       <c r="C17" s="0" t="s">
-        <v>5</v>
+        <v>8</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="0" t="s">
         <v>35</v>
       </c>
       <c r="B18" s="0" t="s">
         <v>36</v>
       </c>
       <c r="C18" s="0" t="s">
-        <v>5</v>
+        <v>8</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="0" t="s">
         <v>37</v>
       </c>
       <c r="B19" s="0" t="s">
-        <v>36</v>
+        <v>34</v>
       </c>
       <c r="C19" s="0" t="s">
-        <v>5</v>
+        <v>8</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="0" t="s">
-        <v>3</v>
+        <v>11</v>
       </c>
       <c r="B20" s="0" t="s">
-        <v>4</v>
+        <v>12</v>
       </c>
       <c r="C20" s="0" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="0" t="s">
-        <v>29</v>
+        <v>20</v>
       </c>
       <c r="B21" s="0" t="s">
-        <v>30</v>
+        <v>21</v>
       </c>
       <c r="C21" s="0" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="0" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
       <c r="B22" s="0" t="s">
-        <v>7</v>
+        <v>14</v>
       </c>
       <c r="C22" s="0" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="0" t="s">
-        <v>31</v>
+        <v>22</v>
       </c>
       <c r="B23" s="0" t="s">
-        <v>32</v>
+        <v>23</v>
       </c>
       <c r="C23" s="0" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="0" t="s">
-        <v>8</v>
+        <v>15</v>
       </c>
       <c r="B24" s="0" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
       <c r="C24" s="0" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="0" t="s">
-        <v>33</v>
+        <v>24</v>
       </c>
       <c r="B25" s="0" t="s">
-        <v>34</v>
+        <v>25</v>
       </c>
       <c r="C25" s="0" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="0" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="B26" s="0" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="C26" s="0" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="0" t="s">
-        <v>35</v>
+        <v>26</v>
       </c>
       <c r="B27" s="0" t="s">
-        <v>36</v>
+        <v>27</v>
       </c>
       <c r="C27" s="0" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="0" t="s">
-        <v>14</v>
+        <v>19</v>
       </c>
       <c r="B28" s="0" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="C28" s="0" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="0" t="s">
-        <v>37</v>
+        <v>30</v>
       </c>
       <c r="B29" s="0" t="s">
-        <v>36</v>
+        <v>27</v>
       </c>
       <c r="C29" s="0" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="0" t="s">
-        <v>21</v>
+        <v>37</v>
       </c>
       <c r="B30" s="0" t="s">
-        <v>18</v>
+        <v>34</v>
       </c>
       <c r="C30" s="0" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="0" t="s">
-        <v>19</v>
+        <v>9</v>
       </c>
       <c r="B31" s="0" t="s">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="C31" s="0" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="0" t="s">
-        <v>27</v>
+        <v>35</v>
       </c>
       <c r="B32" s="0" t="s">
-        <v>28</v>
+        <v>36</v>
       </c>
       <c r="C32" s="0" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="0" t="s">
-        <v>17</v>
+        <v>6</v>
       </c>
       <c r="B33" s="0" t="s">
-        <v>18</v>
+        <v>7</v>
       </c>
       <c r="C33" s="0" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="0" t="s">
-        <v>25</v>
+        <v>33</v>
       </c>
       <c r="B34" s="0" t="s">
-        <v>26</v>
+        <v>34</v>
       </c>
       <c r="C34" s="0" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="0" t="s">
-        <v>15</v>
+        <v>3</v>
       </c>
       <c r="B35" s="0" t="s">
-        <v>16</v>
+        <v>4</v>
       </c>
       <c r="C35" s="0" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="0" t="s">
-        <v>22</v>
+        <v>31</v>
       </c>
       <c r="B36" s="0" t="s">
-        <v>23</v>
+        <v>32</v>
       </c>
       <c r="C36" s="0" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="0" t="s">
-        <v>12</v>
+        <v>28</v>
       </c>
       <c r="B37" s="0" t="s">
-        <v>13</v>
+        <v>29</v>
       </c>
       <c r="C37" s="0" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="38">
       <c r="C38" s="0" t="s">
-        <v>5</v>
+        <v>8</v>
       </c>
     </row>
     <row r="39">
       <c r="C39" s="0" t="s">
-        <v>5</v>
+        <v>8</v>
       </c>
     </row>
     <row r="40">
       <c r="C40" s="0" t="s">
-        <v>5</v>
+        <v>8</v>
       </c>
     </row>
     <row r="41">
       <c r="C41" s="0" t="s">
-        <v>5</v>
+        <v>8</v>
       </c>
     </row>
     <row r="42">
       <c r="C42" s="0" t="s">
-        <v>5</v>
+        <v>8</v>
       </c>
     </row>
     <row r="43">
       <c r="C43" s="0" t="s">
-        <v>5</v>
+        <v>8</v>
       </c>
     </row>
     <row r="44">
       <c r="C44" s="0" t="s">
-        <v>5</v>
+        <v>8</v>
       </c>
     </row>
     <row r="45">
       <c r="C45" s="0" t="s">
-        <v>5</v>
+        <v>8</v>
       </c>
     </row>
     <row r="46">
       <c r="C46" s="0" t="s">
-        <v>5</v>
+        <v>8</v>
       </c>
     </row>
     <row r="47">
       <c r="C47" s="0" t="s">
-        <v>5</v>
+        <v>8</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>