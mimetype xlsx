--- v0 (2025-10-15)
+++ v1 (2025-12-16)
@@ -4,98 +4,101 @@
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Part" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="52" uniqueCount="52">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="53" uniqueCount="53">
   <si>
     <t>Id</t>
   </si>
   <si>
     <t>Quantity</t>
   </si>
   <si>
     <t>Number</t>
   </si>
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Net Weight</t>
   </si>
   <si>
     <t>Specification</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>5004918</t>
   </si>
   <si>
     <t>Screw</t>
   </si>
   <si>
     <t>0.025</t>
   </si>
   <si>
     <t>MC6S 8x55</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>5033621</t>
   </si>
   <si>
     <t>Cable tie</t>
   </si>
   <si>
     <t>0.001</t>
+  </si>
+  <si>
+    <t>4.6x150</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>5102050</t>
   </si>
   <si>
     <t>Cable</t>
   </si>
   <si>
     <t>0.430</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>5024379</t>
   </si>
   <si>
     <t>Connector</t>
   </si>
   <si>
     <t>.07</t>
   </si>
@@ -278,212 +281,215 @@
         <v>8</v>
       </c>
       <c r="E2" s="0" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="0" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="s">
         <v>11</v>
       </c>
       <c r="B3" s="0" t="s">
         <v>12</v>
       </c>
       <c r="C3" s="0" t="s">
         <v>13</v>
       </c>
       <c r="D3" s="0" t="s">
         <v>14</v>
       </c>
       <c r="E3" s="0" t="s">
         <v>15</v>
       </c>
+      <c r="F3" s="0" t="s">
+        <v>16</v>
+      </c>
     </row>
     <row r="4">
       <c r="A4" s="0" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="B4" s="0" t="s">
         <v>6</v>
       </c>
       <c r="C4" s="0" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="D4" s="0" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="E4" s="0" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="0" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="B5" s="0" t="s">
         <v>6</v>
       </c>
       <c r="C5" s="0" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="D5" s="0" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="E5" s="0" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="0" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B6" s="0" t="s">
         <v>11</v>
       </c>
       <c r="C6" s="0" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="D6" s="0" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="E6" s="0" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="F6" s="0" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="0" t="s">
         <v>12</v>
       </c>
       <c r="B7" s="0" t="s">
         <v>11</v>
       </c>
       <c r="C7" s="0" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="D7" s="0" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="E7" s="0" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="F7" s="0" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="0" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="B8" s="0" t="s">
         <v>11</v>
       </c>
       <c r="C8" s="0" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="D8" s="0" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="E8" s="0" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="F8" s="0" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="0" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="B9" s="0" t="s">
         <v>11</v>
       </c>
       <c r="C9" s="0" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="D9" s="0" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="E9" s="0" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="F9" s="0" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="0" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="B10" s="0" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="C10" s="0" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="D10" s="0" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="E10" s="0" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="F10" s="0" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="0" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="B11" s="0" t="s">
         <v>6</v>
       </c>
       <c r="C11" s="0" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="D11" s="0" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="E11" s="0" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="0" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="B12" s="0" t="s">
         <v>6</v>
       </c>
       <c r="C12" s="0" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="D12" s="0" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="E12" s="0" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="0" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="B13" s="0" t="s">
         <v>6</v>
       </c>
       <c r="C13" s="0" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="D13" s="0" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>