--- v0 (2025-10-18)
+++ v1 (2025-12-07)
@@ -90,170 +90,170 @@
   <si>
     <t>3611Q8</t>
   </si>
   <si>
     <t>Q36 US</t>
   </si>
   <si>
     <t>3613Q8</t>
   </si>
   <si>
     <t>Q36 DS</t>
   </si>
   <si>
     <t>3813Q8</t>
   </si>
   <si>
     <t>Q38 DS</t>
   </si>
   <si>
     <t>4111Q8</t>
   </si>
   <si>
     <t>Q41 US</t>
   </si>
   <si>
+    <t>2111T8</t>
+  </si>
+  <si>
+    <t>+1.1 US</t>
+  </si>
+  <si>
+    <t>2113T8</t>
+  </si>
+  <si>
+    <t>+1.1 DS</t>
+  </si>
+  <si>
+    <t>2611T8</t>
+  </si>
+  <si>
+    <t>+1.1P US</t>
+  </si>
+  <si>
+    <t>2613T8</t>
+  </si>
+  <si>
+    <t>+1.1P DS</t>
+  </si>
+  <si>
+    <t>3111T8</t>
+  </si>
+  <si>
+    <t>+2.1 US</t>
+  </si>
+  <si>
+    <t>3113T8</t>
+  </si>
+  <si>
+    <t>+2.1 DS</t>
+  </si>
+  <si>
+    <t>3313T8</t>
+  </si>
+  <si>
+    <t>+2.3 DS</t>
+  </si>
+  <si>
+    <t>3611T8</t>
+  </si>
+  <si>
+    <t>+2.1P US</t>
+  </si>
+  <si>
+    <t>3613T8</t>
+  </si>
+  <si>
+    <t>+2.1P DS</t>
+  </si>
+  <si>
+    <t>3617T8</t>
+  </si>
+  <si>
+    <t>+2.3P Special S</t>
+  </si>
+  <si>
+    <t>3813T8</t>
+  </si>
+  <si>
+    <t>+2.3P DS</t>
+  </si>
+  <si>
+    <t>4111T8</t>
+  </si>
+  <si>
+    <t>+3.1 US</t>
+  </si>
+  <si>
+    <t>5111T8</t>
+  </si>
+  <si>
+    <t>+4.1 US</t>
+  </si>
+  <si>
+    <t>4611Q8</t>
+  </si>
+  <si>
+    <t>Q46 US</t>
+  </si>
+  <si>
+    <t>5611Q8</t>
+  </si>
+  <si>
+    <t>Q56 US</t>
+  </si>
+  <si>
+    <t>4611T8</t>
+  </si>
+  <si>
+    <t>+3.1P US</t>
+  </si>
+  <si>
+    <t>4617T8</t>
+  </si>
+  <si>
+    <t>+3.1P Special S</t>
+  </si>
+  <si>
+    <t>5617T8</t>
+  </si>
+  <si>
+    <t>+4.1P Special S</t>
+  </si>
+  <si>
+    <t>5611T8</t>
+  </si>
+  <si>
+    <t>+4.1P US</t>
+  </si>
+  <si>
     <t>5111Q8</t>
   </si>
   <si>
     <t>Q51 US</t>
   </si>
   <si>
-    <t>2111T8</t>
-[...112 lines deleted...]
-  <si>
     <t>2614Q8</t>
   </si>
   <si>
     <t>Q26 DM</t>
   </si>
   <si>
     <t>3114Q8</t>
   </si>
   <si>
     <t>Q31 DM</t>
   </si>
   <si>
     <t>3116Q8</t>
   </si>
   <si>
     <t>Q31 DM ext.</t>
   </si>
   <si>
     <t>3314Q8</t>
   </si>
   <si>
     <t>Q33 DM</t>
   </si>
   <si>
     <t>3316Q8</t>
@@ -291,155 +291,155 @@
   <si>
     <t>Q39 DM</t>
   </si>
   <si>
     <t>3916Q8</t>
   </si>
   <si>
     <t>Q39 DM ext.</t>
   </si>
   <si>
     <t>4114Q8</t>
   </si>
   <si>
     <t>Q41 DM</t>
   </si>
   <si>
     <t>4154Q8</t>
   </si>
   <si>
     <t>4916Q8</t>
   </si>
   <si>
     <t>Q49 DM ext.</t>
   </si>
   <si>
+    <t>5116Q8</t>
+  </si>
+  <si>
+    <t>Q51 DM ext.</t>
+  </si>
+  <si>
+    <t>4614Q8</t>
+  </si>
+  <si>
+    <t>Q46 DM</t>
+  </si>
+  <si>
+    <t>4616Q8</t>
+  </si>
+  <si>
+    <t>Q46 DM ext.</t>
+  </si>
+  <si>
+    <t>4654Q8</t>
+  </si>
+  <si>
+    <t>5616Q8</t>
+  </si>
+  <si>
+    <t>Q56 DM ext.</t>
+  </si>
+  <si>
+    <t>4816Q8</t>
+  </si>
+  <si>
+    <t>Q48 DM ext.</t>
+  </si>
+  <si>
+    <t>4814Q8</t>
+  </si>
+  <si>
+    <t>Q48 DM</t>
+  </si>
+  <si>
+    <t>4912Q8</t>
+  </si>
+  <si>
+    <t>Q49 UM</t>
+  </si>
+  <si>
+    <t>4914Q8</t>
+  </si>
+  <si>
+    <t>Q49 DM</t>
+  </si>
+  <si>
     <t>5114Q8</t>
   </si>
   <si>
     <t>Q51 DM</t>
   </si>
   <si>
-    <t>5116Q8</t>
-[...4 lines deleted...]
-  <si>
     <t>5154Q8</t>
   </si>
   <si>
+    <t>5612Q8</t>
+  </si>
+  <si>
+    <t>Q56 UM</t>
+  </si>
+  <si>
+    <t>5614Q8</t>
+  </si>
+  <si>
+    <t>Q56 DM</t>
+  </si>
+  <si>
+    <t>5654Q8</t>
+  </si>
+  <si>
+    <t>5856Q8</t>
+  </si>
+  <si>
+    <t>Q58 DM ext.</t>
+  </si>
+  <si>
+    <t>5854Q8</t>
+  </si>
+  <si>
+    <t>Q58 DM</t>
+  </si>
+  <si>
+    <t>5816Q8</t>
+  </si>
+  <si>
+    <t>5814Q8</t>
+  </si>
+  <si>
     <t>6114Q8</t>
   </si>
   <si>
     <t>Q61 DM</t>
   </si>
   <si>
     <t>6116Q8</t>
   </si>
   <si>
     <t>Q61 DM ext.</t>
   </si>
   <si>
-    <t>4614Q8</t>
-[...76 lines deleted...]
-  <si>
     <t>6612Q8</t>
   </si>
   <si>
     <t>Q66 UM</t>
   </si>
   <si>
     <t>6614Q8</t>
   </si>
   <si>
     <t>Q66 DM</t>
   </si>
   <si>
     <t>6616Q8</t>
   </si>
   <si>
     <t>Q66 DM ext.</t>
   </si>
   <si>
     <t>6814Q8</t>
   </si>
   <si>
     <t>Q68 DM</t>
   </si>
   <si>
     <t>6816Q8</t>
@@ -465,71 +465,71 @@
   <si>
     <t>Q76 DM</t>
   </si>
   <si>
     <t>7616Q8</t>
   </si>
   <si>
     <t>Q76 DM ext.</t>
   </si>
   <si>
     <t>7814Q8</t>
   </si>
   <si>
     <t>Q78 DM</t>
   </si>
   <si>
     <t>7816Q8</t>
   </si>
   <si>
     <t>Q78 DM Ext.</t>
   </si>
   <si>
     <t>7854Q8</t>
   </si>
   <si>
+    <t>8753Q8</t>
+  </si>
+  <si>
+    <t>Q85x DL</t>
+  </si>
+  <si>
+    <t>/10550265 Servo block cpl.</t>
+  </si>
+  <si>
     <t>8813Q8</t>
   </si>
   <si>
     <t>Q88 DL</t>
   </si>
   <si>
-    <t>/10550265 Servo block cpl.</t>
-[...1 lines deleted...]
-  <si>
     <t>8853Q8</t>
   </si>
   <si>
     <t>8713Q8</t>
   </si>
   <si>
-    <t>Q85x DL</t>
-[...4 lines deleted...]
-  <si>
     <t>9810Q8</t>
   </si>
   <si>
     <t>Q98 DXL</t>
   </si>
   <si>
     <t>2114T8</t>
   </si>
   <si>
     <t>+1.1 DM</t>
   </si>
   <si>
     <t>2614T8</t>
   </si>
   <si>
     <t>+1.1P DM</t>
   </si>
   <si>
     <t>3114T8</t>
   </si>
   <si>
     <t>+2.1 DM</t>
   </si>
   <si>
     <t>3116T8</t>
@@ -843,516 +843,516 @@
   <si>
     <t>3517T8</t>
   </si>
   <si>
     <t>+2.0P Special S</t>
   </si>
   <si>
     <t>4011T8</t>
   </si>
   <si>
     <t>+3.0 US</t>
   </si>
   <si>
     <t>2011Q8</t>
   </si>
   <si>
     <t>Q20 US</t>
   </si>
   <si>
     <t>2013Q8</t>
   </si>
   <si>
     <t>Q20 DS</t>
   </si>
   <si>
+    <t>2513Q8</t>
+  </si>
+  <si>
+    <t>Q25 DS</t>
+  </si>
+  <si>
+    <t>3011Q8</t>
+  </si>
+  <si>
+    <t>Q30 US</t>
+  </si>
+  <si>
+    <t>3013Q8</t>
+  </si>
+  <si>
+    <t>Q30 DS</t>
+  </si>
+  <si>
+    <t>3511Q8</t>
+  </si>
+  <si>
+    <t>Q35 US</t>
+  </si>
+  <si>
+    <t>3513Q8</t>
+  </si>
+  <si>
+    <t>Q35 DS</t>
+  </si>
+  <si>
+    <t>4011Q8</t>
+  </si>
+  <si>
+    <t>Q40 US</t>
+  </si>
+  <si>
+    <t>5011Q8</t>
+  </si>
+  <si>
+    <t>Q50 US</t>
+  </si>
+  <si>
+    <t>2511T8</t>
+  </si>
+  <si>
+    <t>+1.0P US</t>
+  </si>
+  <si>
+    <t>2513T8</t>
+  </si>
+  <si>
+    <t>+1.0P DS</t>
+  </si>
+  <si>
+    <t>2011T8</t>
+  </si>
+  <si>
+    <t>+1.0 US</t>
+  </si>
+  <si>
+    <t>2013T8</t>
+  </si>
+  <si>
+    <t>+1.0 DS</t>
+  </si>
+  <si>
+    <t>5011T8</t>
+  </si>
+  <si>
+    <t>+4.0 US</t>
+  </si>
+  <si>
+    <t>5511Q8</t>
+  </si>
+  <si>
+    <t>Q55 US</t>
+  </si>
+  <si>
+    <t>4511T8</t>
+  </si>
+  <si>
+    <t>+3.0P US</t>
+  </si>
+  <si>
+    <t>4517T8</t>
+  </si>
+  <si>
+    <t>+3.0P Special S</t>
+  </si>
+  <si>
+    <t>5511T8</t>
+  </si>
+  <si>
+    <t>+4.0P US</t>
+  </si>
+  <si>
+    <t>5517T8</t>
+  </si>
+  <si>
+    <t>+4.0P Special S</t>
+  </si>
+  <si>
     <t>2511Q8</t>
   </si>
   <si>
     <t>Q25 US</t>
   </si>
   <si>
-    <t>2513Q8</t>
-[...70 lines deleted...]
-  <si>
     <t>4511Q8</t>
   </si>
   <si>
     <t>Q45 US</t>
   </si>
   <si>
-    <t>5511Q8</t>
-[...28 lines deleted...]
-  <si>
     <t>3014T8</t>
   </si>
   <si>
     <t>+2.0 DM</t>
   </si>
   <si>
     <t>3016T8</t>
   </si>
   <si>
     <t>+2.0 DM ext.</t>
   </si>
   <si>
     <t>3514T8</t>
   </si>
   <si>
     <t>+2.0P DM</t>
   </si>
   <si>
     <t>3516T8</t>
   </si>
   <si>
     <t>+2.0P DM ext.</t>
   </si>
   <si>
     <t>3518T8</t>
   </si>
   <si>
     <t>+2.0P Special B</t>
   </si>
   <si>
     <t>4014T8</t>
   </si>
   <si>
     <t>+3.0 DM</t>
   </si>
   <si>
     <t>5016T8</t>
   </si>
   <si>
     <t>+4.0 DM ext.</t>
   </si>
   <si>
     <t>2014Q8</t>
   </si>
   <si>
     <t>Q20 DM</t>
   </si>
   <si>
+    <t>3014Q8</t>
+  </si>
+  <si>
+    <t>Q30 DM</t>
+  </si>
+  <si>
+    <t>3016Q8</t>
+  </si>
+  <si>
+    <t>Q30 DM ext.</t>
+  </si>
+  <si>
+    <t>3514Q8</t>
+  </si>
+  <si>
+    <t>Q35 DM</t>
+  </si>
+  <si>
+    <t>3516Q8</t>
+  </si>
+  <si>
+    <t>Q35 DM ext.</t>
+  </si>
+  <si>
+    <t>3564Q8</t>
+  </si>
+  <si>
+    <t>4014Q8</t>
+  </si>
+  <si>
+    <t>Q40 DM</t>
+  </si>
+  <si>
+    <t>4016Q8</t>
+  </si>
+  <si>
+    <t>Q40 DM ext.</t>
+  </si>
+  <si>
+    <t>4054Q8</t>
+  </si>
+  <si>
+    <t>6014Q8</t>
+  </si>
+  <si>
+    <t>Q60 DM</t>
+  </si>
+  <si>
+    <t>6016Q8</t>
+  </si>
+  <si>
+    <t>Q60 DM ext.</t>
+  </si>
+  <si>
+    <t>6044Q8</t>
+  </si>
+  <si>
+    <t>6046Q8</t>
+  </si>
+  <si>
+    <t>2514T8</t>
+  </si>
+  <si>
+    <t>+1.0P DM</t>
+  </si>
+  <si>
+    <t>2014T8</t>
+  </si>
+  <si>
+    <t>+1.0 DM</t>
+  </si>
+  <si>
+    <t>6014T8</t>
+  </si>
+  <si>
+    <t>6016T8</t>
+  </si>
+  <si>
+    <t>+5.0 DM ext.</t>
+  </si>
+  <si>
+    <t>6044T8</t>
+  </si>
+  <si>
+    <t>5014T8</t>
+  </si>
+  <si>
+    <t>+4.0 DM</t>
+  </si>
+  <si>
+    <t>5512Q8</t>
+  </si>
+  <si>
+    <t>Q55 UM</t>
+  </si>
+  <si>
+    <t>5514Q8</t>
+  </si>
+  <si>
+    <t>Q55 DM</t>
+  </si>
+  <si>
+    <t>5516Q8</t>
+  </si>
+  <si>
+    <t>Q55 DM ext.</t>
+  </si>
+  <si>
+    <t>5534Q8</t>
+  </si>
+  <si>
+    <t>Q55 DM, DM ext</t>
+  </si>
+  <si>
+    <t>5544Q, 5546Q</t>
+  </si>
+  <si>
+    <t>5554Q8</t>
+  </si>
+  <si>
+    <t>5564Q8</t>
+  </si>
+  <si>
+    <t>6512Q8</t>
+  </si>
+  <si>
+    <t>Q65 UM</t>
+  </si>
+  <si>
+    <t>6514Q8</t>
+  </si>
+  <si>
+    <t>Q65 DM</t>
+  </si>
+  <si>
+    <t>6516Q8</t>
+  </si>
+  <si>
+    <t>Q65 DM ext.</t>
+  </si>
+  <si>
+    <t>6534Q8</t>
+  </si>
+  <si>
+    <t>6544Q8</t>
+  </si>
+  <si>
+    <t>6546Q8</t>
+  </si>
+  <si>
+    <t>6564Q8</t>
+  </si>
+  <si>
+    <t>4514T8</t>
+  </si>
+  <si>
+    <t>+3.0P DM</t>
+  </si>
+  <si>
+    <t>4516T8</t>
+  </si>
+  <si>
+    <t>+3.0P DM ext.</t>
+  </si>
+  <si>
+    <t>5512T8</t>
+  </si>
+  <si>
+    <t>+4.0P UM</t>
+  </si>
+  <si>
+    <t>5514T8</t>
+  </si>
+  <si>
+    <t>+4.0P DM</t>
+  </si>
+  <si>
+    <t>5516T8</t>
+  </si>
+  <si>
+    <t>+4.0P DM ext.</t>
+  </si>
+  <si>
+    <t>5518T8</t>
+  </si>
+  <si>
+    <t>+4.0P Special B</t>
+  </si>
+  <si>
+    <t>6512T8</t>
+  </si>
+  <si>
+    <t>+5.0P UM</t>
+  </si>
+  <si>
+    <t>6514T8</t>
+  </si>
+  <si>
+    <t>+5.0P DM</t>
+  </si>
+  <si>
+    <t>6516T8</t>
+  </si>
+  <si>
+    <t>+5.0P DM ext.</t>
+  </si>
+  <si>
+    <t>6544T8</t>
+  </si>
+  <si>
+    <t>6546T8</t>
+  </si>
+  <si>
+    <t>7512T8</t>
+  </si>
+  <si>
+    <t>+6.0P UM</t>
+  </si>
+  <si>
+    <t>7514T8</t>
+  </si>
+  <si>
+    <t>+6.0P DM</t>
+  </si>
+  <si>
+    <t>7516T8</t>
+  </si>
+  <si>
+    <t>+6.0P DM ext.</t>
+  </si>
+  <si>
     <t>2514Q8</t>
   </si>
   <si>
     <t>Q25 DM</t>
   </si>
   <si>
-    <t>3014Q8</t>
-[...38 lines deleted...]
-    <t>4054Q8</t>
+    <t>4514Q8</t>
+  </si>
+  <si>
+    <t>Q45 DM</t>
+  </si>
+  <si>
+    <t>4516Q8</t>
+  </si>
+  <si>
+    <t>Q45 DM ext.</t>
+  </si>
+  <si>
+    <t>4554Q8</t>
+  </si>
+  <si>
+    <t>4564Q8</t>
   </si>
   <si>
     <t>5014Q8</t>
   </si>
   <si>
     <t>Q50 DM</t>
   </si>
   <si>
     <t>5016Q8</t>
   </si>
   <si>
     <t>Q50 DM ext.</t>
   </si>
   <si>
     <t>5054Q8</t>
   </si>
   <si>
-    <t>6014Q8</t>
-[...127 lines deleted...]
-  <si>
     <t>7512Q8</t>
   </si>
   <si>
     <t>Q75 UM</t>
   </si>
   <si>
     <t>7514Q8</t>
   </si>
   <si>
     <t>Q75 DM</t>
   </si>
   <si>
     <t>7516Q8</t>
   </si>
   <si>
     <t>Q75 DM ext.</t>
   </si>
   <si>
     <t>7524Q8</t>
   </si>
   <si>
-    <t>4514T8</t>
-[...74 lines deleted...]
-    <t>+6.0P DM ext.</t>
+    <t>8513T8</t>
+  </si>
+  <si>
+    <t>+7.0P DL</t>
   </si>
   <si>
     <t>8513Q8</t>
   </si>
   <si>
     <t>Q85 DL</t>
   </si>
   <si>
     <t>8523Q8</t>
-  </si>
-[...4 lines deleted...]
-    <t>+7.0P DL</t>
   </si>
   <si>
     <t>3rd service S/N 7234200 -/10550265 Servo block cpl.</t>
   </si>
   <si>
     <t>3rd service S/N - 7234199/10550265 Servo block cpl.</t>
   </si>
   <si>
     <t>4518T8</t>
   </si>
   <si>
     <t>+3.0P Special B</t>
   </si>
   <si>
     <t>4th service LCS/10550265 Servo block cpl.</t>
   </si>
   <si>
     <t>4th service S/N 7234200 -/10550265 Servo block cpl.</t>
   </si>
   <si>
     <t>4th service S/N - 7234199/10550265 Servo block cpl.</t>
   </si>
   <si>
     <t>4th service LCS/10550260 Diverter valve cpl.</t>
   </si>
@@ -2251,76 +2251,76 @@
     </row>
     <row r="75">
       <c r="A75" s="0" t="s">
         <v>24</v>
       </c>
       <c r="B75" s="0" t="s">
         <v>25</v>
       </c>
       <c r="C75" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" s="0" t="s">
         <v>26</v>
       </c>
       <c r="B76" s="0" t="s">
         <v>27</v>
       </c>
       <c r="C76" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" s="0" t="s">
-        <v>28</v>
+        <v>54</v>
       </c>
       <c r="B77" s="0" t="s">
-        <v>29</v>
+        <v>55</v>
       </c>
       <c r="C77" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" s="0" t="s">
         <v>56</v>
       </c>
       <c r="B78" s="0" t="s">
         <v>57</v>
       </c>
       <c r="C78" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" s="0" t="s">
-        <v>58</v>
+        <v>66</v>
       </c>
       <c r="B79" s="0" t="s">
-        <v>59</v>
+        <v>67</v>
       </c>
       <c r="C79" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" s="0" t="s">
         <v>8</v>
       </c>
       <c r="B80" s="0" t="s">
         <v>9</v>
       </c>
       <c r="C80" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" s="0" t="s">
         <v>68</v>
       </c>
       <c r="B81" s="0" t="s">
         <v>69</v>
       </c>
       <c r="C81" s="0" t="s">
         <v>5</v>
@@ -2474,238 +2474,238 @@
         <v>95</v>
       </c>
       <c r="B95" s="0" t="s">
         <v>96</v>
       </c>
       <c r="C95" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" s="0" t="s">
         <v>97</v>
       </c>
       <c r="B96" s="0" t="s">
         <v>98</v>
       </c>
       <c r="C96" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" s="0" t="s">
         <v>99</v>
       </c>
       <c r="B97" s="0" t="s">
-        <v>96</v>
+        <v>100</v>
       </c>
       <c r="C97" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" s="0" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="B98" s="0" t="s">
-        <v>101</v>
+        <v>98</v>
       </c>
       <c r="C98" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" s="0" t="s">
         <v>102</v>
       </c>
       <c r="B99" s="0" t="s">
         <v>103</v>
       </c>
       <c r="C99" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" s="0" t="s">
         <v>104</v>
       </c>
       <c r="B100" s="0" t="s">
         <v>105</v>
       </c>
       <c r="C100" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" s="0" t="s">
         <v>106</v>
       </c>
       <c r="B101" s="0" t="s">
         <v>107</v>
       </c>
       <c r="C101" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" s="0" t="s">
         <v>108</v>
       </c>
       <c r="B102" s="0" t="s">
-        <v>105</v>
+        <v>109</v>
       </c>
       <c r="C102" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" s="0" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="B103" s="0" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="C103" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" s="0" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="B104" s="0" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="C104" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" s="0" t="s">
+        <v>114</v>
+      </c>
+      <c r="B105" s="0" t="s">
         <v>113</v>
-      </c>
-[...1 lines deleted...]
-        <v>114</v>
       </c>
       <c r="C105" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" s="0" t="s">
         <v>115</v>
       </c>
       <c r="B106" s="0" t="s">
         <v>116</v>
       </c>
       <c r="C106" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" s="0" t="s">
         <v>117</v>
       </c>
       <c r="B107" s="0" t="s">
         <v>118</v>
       </c>
       <c r="C107" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" s="0" t="s">
         <v>119</v>
       </c>
       <c r="B108" s="0" t="s">
-        <v>120</v>
+        <v>118</v>
       </c>
       <c r="C108" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" s="0" t="s">
+        <v>120</v>
+      </c>
+      <c r="B109" s="0" t="s">
         <v>121</v>
-      </c>
-[...1 lines deleted...]
-        <v>122</v>
       </c>
       <c r="C109" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" s="0" t="s">
+        <v>122</v>
+      </c>
+      <c r="B110" s="0" t="s">
         <v>123</v>
-      </c>
-[...1 lines deleted...]
-        <v>120</v>
       </c>
       <c r="C110" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" s="0" t="s">
         <v>124</v>
       </c>
       <c r="B111" s="0" t="s">
-        <v>125</v>
+        <v>121</v>
       </c>
       <c r="C111" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" s="0" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="B112" s="0" t="s">
-        <v>127</v>
+        <v>123</v>
       </c>
       <c r="C112" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" s="0" t="s">
-        <v>128</v>
+        <v>126</v>
       </c>
       <c r="B113" s="0" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="C113" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" s="0" t="s">
+        <v>128</v>
+      </c>
+      <c r="B114" s="0" t="s">
         <v>129</v>
-      </c>
-[...1 lines deleted...]
-        <v>127</v>
       </c>
       <c r="C114" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" s="0" t="s">
         <v>130</v>
       </c>
       <c r="B115" s="0" t="s">
         <v>131</v>
       </c>
       <c r="C115" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" s="0" t="s">
         <v>132</v>
       </c>
       <c r="B116" s="0" t="s">
         <v>133</v>
       </c>
       <c r="C116" s="0" t="s">
         <v>5</v>
@@ -2826,73 +2826,73 @@
         <v>152</v>
       </c>
       <c r="B127" s="0" t="s">
         <v>149</v>
       </c>
       <c r="C127" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="128">
       <c r="A128" s="0" t="s">
         <v>153</v>
       </c>
       <c r="B128" s="0" t="s">
         <v>154</v>
       </c>
       <c r="C128" s="0" t="s">
         <v>155</v>
       </c>
     </row>
     <row r="129">
       <c r="A129" s="0" t="s">
         <v>156</v>
       </c>
       <c r="B129" s="0" t="s">
-        <v>154</v>
+        <v>157</v>
       </c>
       <c r="C129" s="0" t="s">
         <v>155</v>
       </c>
     </row>
     <row r="130">
       <c r="A130" s="0" t="s">
+        <v>158</v>
+      </c>
+      <c r="B130" s="0" t="s">
         <v>157</v>
-      </c>
-[...1 lines deleted...]
-        <v>158</v>
       </c>
       <c r="C130" s="0" t="s">
         <v>155</v>
       </c>
     </row>
     <row r="131">
       <c r="A131" s="0" t="s">
         <v>159</v>
       </c>
       <c r="B131" s="0" t="s">
-        <v>158</v>
+        <v>154</v>
       </c>
       <c r="C131" s="0" t="s">
         <v>155</v>
       </c>
     </row>
     <row r="132">
       <c r="A132" s="0" t="s">
         <v>160</v>
       </c>
       <c r="B132" s="0" t="s">
         <v>161</v>
       </c>
       <c r="C132" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="133">
       <c r="A133" s="0" t="s">
         <v>68</v>
       </c>
       <c r="B133" s="0" t="s">
         <v>69</v>
       </c>
       <c r="C133" s="0" t="s">
         <v>5</v>
@@ -3032,956 +3032,956 @@
     </row>
     <row r="146">
       <c r="A146" s="0" t="s">
         <v>93</v>
       </c>
       <c r="B146" s="0" t="s">
         <v>94</v>
       </c>
       <c r="C146" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="147">
       <c r="A147" s="0" t="s">
         <v>95</v>
       </c>
       <c r="B147" s="0" t="s">
         <v>96</v>
       </c>
       <c r="C147" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="148">
       <c r="A148" s="0" t="s">
-        <v>97</v>
+        <v>162</v>
       </c>
       <c r="B148" s="0" t="s">
-        <v>98</v>
+        <v>163</v>
       </c>
       <c r="C148" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="149">
       <c r="A149" s="0" t="s">
-        <v>99</v>
+        <v>164</v>
       </c>
       <c r="B149" s="0" t="s">
-        <v>96</v>
+        <v>165</v>
       </c>
       <c r="C149" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="150">
       <c r="A150" s="0" t="s">
-        <v>100</v>
+        <v>166</v>
       </c>
       <c r="B150" s="0" t="s">
-        <v>101</v>
+        <v>167</v>
       </c>
       <c r="C150" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="151">
       <c r="A151" s="0" t="s">
-        <v>102</v>
+        <v>168</v>
       </c>
       <c r="B151" s="0" t="s">
-        <v>103</v>
+        <v>169</v>
       </c>
       <c r="C151" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="152">
       <c r="A152" s="0" t="s">
-        <v>162</v>
+        <v>170</v>
       </c>
       <c r="B152" s="0" t="s">
-        <v>163</v>
+        <v>171</v>
       </c>
       <c r="C152" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="153">
       <c r="A153" s="0" t="s">
-        <v>164</v>
+        <v>172</v>
       </c>
       <c r="B153" s="0" t="s">
-        <v>165</v>
+        <v>173</v>
       </c>
       <c r="C153" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="154">
       <c r="A154" s="0" t="s">
-        <v>166</v>
+        <v>174</v>
       </c>
       <c r="B154" s="0" t="s">
-        <v>167</v>
+        <v>175</v>
       </c>
       <c r="C154" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="155">
       <c r="A155" s="0" t="s">
-        <v>168</v>
+        <v>176</v>
       </c>
       <c r="B155" s="0" t="s">
-        <v>169</v>
+        <v>177</v>
       </c>
       <c r="C155" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="156">
       <c r="A156" s="0" t="s">
-        <v>170</v>
+        <v>178</v>
       </c>
       <c r="B156" s="0" t="s">
-        <v>171</v>
+        <v>179</v>
       </c>
       <c r="C156" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="157">
       <c r="A157" s="0" t="s">
-        <v>172</v>
+        <v>180</v>
       </c>
       <c r="B157" s="0" t="s">
-        <v>173</v>
+        <v>181</v>
       </c>
       <c r="C157" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="158">
       <c r="A158" s="0" t="s">
-        <v>174</v>
+        <v>182</v>
       </c>
       <c r="B158" s="0" t="s">
-        <v>175</v>
+        <v>183</v>
       </c>
       <c r="C158" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="159">
       <c r="A159" s="0" t="s">
-        <v>176</v>
+        <v>184</v>
       </c>
       <c r="B159" s="0" t="s">
-        <v>177</v>
+        <v>185</v>
       </c>
       <c r="C159" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="160">
       <c r="A160" s="0" t="s">
-        <v>178</v>
+        <v>186</v>
       </c>
       <c r="B160" s="0" t="s">
-        <v>179</v>
+        <v>187</v>
       </c>
       <c r="C160" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="161">
       <c r="A161" s="0" t="s">
-        <v>180</v>
+        <v>188</v>
       </c>
       <c r="B161" s="0" t="s">
-        <v>181</v>
+        <v>189</v>
       </c>
       <c r="C161" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="162">
       <c r="A162" s="0" t="s">
-        <v>182</v>
+        <v>190</v>
       </c>
       <c r="B162" s="0" t="s">
-        <v>183</v>
+        <v>189</v>
       </c>
       <c r="C162" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="163">
       <c r="A163" s="0" t="s">
-        <v>184</v>
+        <v>191</v>
       </c>
       <c r="B163" s="0" t="s">
-        <v>185</v>
+        <v>192</v>
       </c>
       <c r="C163" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="164">
       <c r="A164" s="0" t="s">
-        <v>186</v>
+        <v>193</v>
       </c>
       <c r="B164" s="0" t="s">
-        <v>187</v>
+        <v>194</v>
       </c>
       <c r="C164" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="165">
       <c r="A165" s="0" t="s">
-        <v>188</v>
+        <v>195</v>
       </c>
       <c r="B165" s="0" t="s">
-        <v>189</v>
+        <v>196</v>
       </c>
       <c r="C165" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="166">
       <c r="A166" s="0" t="s">
-        <v>190</v>
+        <v>197</v>
       </c>
       <c r="B166" s="0" t="s">
-        <v>189</v>
+        <v>198</v>
       </c>
       <c r="C166" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="167">
       <c r="A167" s="0" t="s">
-        <v>191</v>
+        <v>199</v>
       </c>
       <c r="B167" s="0" t="s">
-        <v>192</v>
+        <v>200</v>
       </c>
       <c r="C167" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="168">
       <c r="A168" s="0" t="s">
-        <v>193</v>
+        <v>201</v>
       </c>
       <c r="B168" s="0" t="s">
-        <v>194</v>
+        <v>198</v>
       </c>
       <c r="C168" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="169">
       <c r="A169" s="0" t="s">
-        <v>195</v>
+        <v>202</v>
       </c>
       <c r="B169" s="0" t="s">
-        <v>196</v>
+        <v>203</v>
       </c>
       <c r="C169" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="170">
       <c r="A170" s="0" t="s">
-        <v>197</v>
+        <v>204</v>
       </c>
       <c r="B170" s="0" t="s">
-        <v>198</v>
+        <v>205</v>
       </c>
       <c r="C170" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="171">
       <c r="A171" s="0" t="s">
-        <v>199</v>
+        <v>206</v>
       </c>
       <c r="B171" s="0" t="s">
-        <v>200</v>
+        <v>207</v>
       </c>
       <c r="C171" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="172">
       <c r="A172" s="0" t="s">
-        <v>201</v>
+        <v>97</v>
       </c>
       <c r="B172" s="0" t="s">
-        <v>198</v>
+        <v>98</v>
       </c>
       <c r="C172" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="173">
       <c r="A173" s="0" t="s">
-        <v>202</v>
+        <v>99</v>
       </c>
       <c r="B173" s="0" t="s">
-        <v>203</v>
+        <v>100</v>
       </c>
       <c r="C173" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="174">
       <c r="A174" s="0" t="s">
-        <v>204</v>
+        <v>101</v>
       </c>
       <c r="B174" s="0" t="s">
-        <v>205</v>
+        <v>98</v>
       </c>
       <c r="C174" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="175">
       <c r="A175" s="0" t="s">
-        <v>206</v>
+        <v>102</v>
       </c>
       <c r="B175" s="0" t="s">
-        <v>207</v>
+        <v>103</v>
       </c>
       <c r="C175" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="176">
       <c r="A176" s="0" t="s">
-        <v>104</v>
+        <v>208</v>
       </c>
       <c r="B176" s="0" t="s">
-        <v>105</v>
+        <v>209</v>
       </c>
       <c r="C176" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="177">
       <c r="A177" s="0" t="s">
-        <v>106</v>
+        <v>210</v>
       </c>
       <c r="B177" s="0" t="s">
-        <v>107</v>
+        <v>211</v>
       </c>
       <c r="C177" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="178">
       <c r="A178" s="0" t="s">
-        <v>108</v>
+        <v>212</v>
       </c>
       <c r="B178" s="0" t="s">
-        <v>105</v>
+        <v>213</v>
       </c>
       <c r="C178" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="179">
       <c r="A179" s="0" t="s">
-        <v>109</v>
+        <v>214</v>
       </c>
       <c r="B179" s="0" t="s">
-        <v>110</v>
+        <v>209</v>
       </c>
       <c r="C179" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="180">
       <c r="A180" s="0" t="s">
-        <v>111</v>
+        <v>215</v>
       </c>
       <c r="B180" s="0" t="s">
-        <v>112</v>
+        <v>216</v>
       </c>
       <c r="C180" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="181">
       <c r="A181" s="0" t="s">
-        <v>113</v>
+        <v>217</v>
       </c>
       <c r="B181" s="0" t="s">
-        <v>114</v>
+        <v>218</v>
       </c>
       <c r="C181" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="182">
       <c r="A182" s="0" t="s">
-        <v>115</v>
+        <v>219</v>
       </c>
       <c r="B182" s="0" t="s">
-        <v>116</v>
+        <v>220</v>
       </c>
       <c r="C182" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="183">
       <c r="A183" s="0" t="s">
-        <v>117</v>
+        <v>221</v>
       </c>
       <c r="B183" s="0" t="s">
-        <v>118</v>
+        <v>222</v>
       </c>
       <c r="C183" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="184">
       <c r="A184" s="0" t="s">
-        <v>119</v>
+        <v>223</v>
       </c>
       <c r="B184" s="0" t="s">
-        <v>120</v>
+        <v>224</v>
       </c>
       <c r="C184" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="185">
       <c r="A185" s="0" t="s">
-        <v>121</v>
+        <v>225</v>
       </c>
       <c r="B185" s="0" t="s">
-        <v>122</v>
+        <v>226</v>
       </c>
       <c r="C185" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="186">
       <c r="A186" s="0" t="s">
-        <v>123</v>
+        <v>227</v>
       </c>
       <c r="B186" s="0" t="s">
-        <v>120</v>
+        <v>222</v>
       </c>
       <c r="C186" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="187">
       <c r="A187" s="0" t="s">
-        <v>124</v>
+        <v>228</v>
       </c>
       <c r="B187" s="0" t="s">
-        <v>125</v>
+        <v>229</v>
       </c>
       <c r="C187" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="188">
       <c r="A188" s="0" t="s">
-        <v>126</v>
+        <v>230</v>
       </c>
       <c r="B188" s="0" t="s">
-        <v>127</v>
+        <v>231</v>
       </c>
       <c r="C188" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="189">
       <c r="A189" s="0" t="s">
-        <v>128</v>
+        <v>232</v>
       </c>
       <c r="B189" s="0" t="s">
-        <v>125</v>
+        <v>229</v>
       </c>
       <c r="C189" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="190">
       <c r="A190" s="0" t="s">
-        <v>129</v>
+        <v>233</v>
       </c>
       <c r="B190" s="0" t="s">
-        <v>127</v>
+        <v>231</v>
       </c>
       <c r="C190" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="191">
       <c r="A191" s="0" t="s">
-        <v>130</v>
+        <v>234</v>
       </c>
       <c r="B191" s="0" t="s">
-        <v>131</v>
+        <v>235</v>
       </c>
       <c r="C191" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="192">
       <c r="A192" s="0" t="s">
-        <v>132</v>
+        <v>236</v>
       </c>
       <c r="B192" s="0" t="s">
-        <v>133</v>
+        <v>237</v>
       </c>
       <c r="C192" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="193">
       <c r="A193" s="0" t="s">
-        <v>134</v>
+        <v>238</v>
       </c>
       <c r="B193" s="0" t="s">
-        <v>135</v>
+        <v>239</v>
       </c>
       <c r="C193" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="194">
       <c r="A194" s="0" t="s">
-        <v>136</v>
+        <v>240</v>
       </c>
       <c r="B194" s="0" t="s">
-        <v>137</v>
+        <v>241</v>
       </c>
       <c r="C194" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="195">
       <c r="A195" s="0" t="s">
-        <v>138</v>
+        <v>242</v>
       </c>
       <c r="B195" s="0" t="s">
-        <v>139</v>
+        <v>243</v>
       </c>
       <c r="C195" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="196">
       <c r="A196" s="0" t="s">
-        <v>140</v>
+        <v>244</v>
       </c>
       <c r="B196" s="0" t="s">
-        <v>137</v>
+        <v>241</v>
       </c>
       <c r="C196" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="197">
       <c r="A197" s="0" t="s">
-        <v>141</v>
+        <v>245</v>
       </c>
       <c r="B197" s="0" t="s">
-        <v>139</v>
+        <v>243</v>
       </c>
       <c r="C197" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="198">
       <c r="A198" s="0" t="s">
-        <v>142</v>
+        <v>246</v>
       </c>
       <c r="B198" s="0" t="s">
-        <v>143</v>
+        <v>247</v>
       </c>
       <c r="C198" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="199">
       <c r="A199" s="0" t="s">
-        <v>144</v>
+        <v>248</v>
       </c>
       <c r="B199" s="0" t="s">
-        <v>145</v>
+        <v>249</v>
       </c>
       <c r="C199" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="200">
       <c r="A200" s="0" t="s">
-        <v>146</v>
+        <v>250</v>
       </c>
       <c r="B200" s="0" t="s">
-        <v>147</v>
+        <v>251</v>
       </c>
       <c r="C200" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="201">
       <c r="A201" s="0" t="s">
-        <v>148</v>
+        <v>252</v>
       </c>
       <c r="B201" s="0" t="s">
-        <v>149</v>
+        <v>253</v>
       </c>
       <c r="C201" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="202">
       <c r="A202" s="0" t="s">
-        <v>150</v>
+        <v>254</v>
       </c>
       <c r="B202" s="0" t="s">
-        <v>151</v>
+        <v>253</v>
       </c>
       <c r="C202" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="203">
       <c r="A203" s="0" t="s">
-        <v>152</v>
+        <v>104</v>
       </c>
       <c r="B203" s="0" t="s">
-        <v>149</v>
+        <v>105</v>
       </c>
       <c r="C203" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="204">
       <c r="A204" s="0" t="s">
-        <v>208</v>
+        <v>106</v>
       </c>
       <c r="B204" s="0" t="s">
-        <v>209</v>
+        <v>107</v>
       </c>
       <c r="C204" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="205">
       <c r="A205" s="0" t="s">
-        <v>210</v>
+        <v>108</v>
       </c>
       <c r="B205" s="0" t="s">
-        <v>211</v>
+        <v>109</v>
       </c>
       <c r="C205" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="206">
       <c r="A206" s="0" t="s">
-        <v>212</v>
+        <v>110</v>
       </c>
       <c r="B206" s="0" t="s">
-        <v>213</v>
+        <v>111</v>
       </c>
       <c r="C206" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="207">
       <c r="A207" s="0" t="s">
-        <v>214</v>
+        <v>112</v>
       </c>
       <c r="B207" s="0" t="s">
-        <v>209</v>
+        <v>113</v>
       </c>
       <c r="C207" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="208">
       <c r="A208" s="0" t="s">
-        <v>215</v>
+        <v>114</v>
       </c>
       <c r="B208" s="0" t="s">
-        <v>216</v>
+        <v>113</v>
       </c>
       <c r="C208" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="209">
       <c r="A209" s="0" t="s">
-        <v>217</v>
+        <v>115</v>
       </c>
       <c r="B209" s="0" t="s">
-        <v>218</v>
+        <v>116</v>
       </c>
       <c r="C209" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="210">
       <c r="A210" s="0" t="s">
-        <v>219</v>
+        <v>117</v>
       </c>
       <c r="B210" s="0" t="s">
-        <v>220</v>
+        <v>118</v>
       </c>
       <c r="C210" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="211">
       <c r="A211" s="0" t="s">
-        <v>221</v>
+        <v>119</v>
       </c>
       <c r="B211" s="0" t="s">
-        <v>222</v>
+        <v>118</v>
       </c>
       <c r="C211" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="212">
       <c r="A212" s="0" t="s">
-        <v>223</v>
+        <v>120</v>
       </c>
       <c r="B212" s="0" t="s">
-        <v>224</v>
+        <v>121</v>
       </c>
       <c r="C212" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="213">
       <c r="A213" s="0" t="s">
-        <v>225</v>
+        <v>122</v>
       </c>
       <c r="B213" s="0" t="s">
-        <v>226</v>
+        <v>123</v>
       </c>
       <c r="C213" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="214">
       <c r="A214" s="0" t="s">
-        <v>227</v>
+        <v>124</v>
       </c>
       <c r="B214" s="0" t="s">
-        <v>222</v>
+        <v>121</v>
       </c>
       <c r="C214" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="215">
       <c r="A215" s="0" t="s">
-        <v>228</v>
+        <v>125</v>
       </c>
       <c r="B215" s="0" t="s">
-        <v>229</v>
+        <v>123</v>
       </c>
       <c r="C215" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="216">
       <c r="A216" s="0" t="s">
-        <v>230</v>
+        <v>126</v>
       </c>
       <c r="B216" s="0" t="s">
-        <v>231</v>
+        <v>127</v>
       </c>
       <c r="C216" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="217">
       <c r="A217" s="0" t="s">
-        <v>232</v>
+        <v>128</v>
       </c>
       <c r="B217" s="0" t="s">
-        <v>229</v>
+        <v>129</v>
       </c>
       <c r="C217" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="218">
       <c r="A218" s="0" t="s">
-        <v>233</v>
+        <v>130</v>
       </c>
       <c r="B218" s="0" t="s">
-        <v>231</v>
+        <v>131</v>
       </c>
       <c r="C218" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="219">
       <c r="A219" s="0" t="s">
-        <v>234</v>
+        <v>132</v>
       </c>
       <c r="B219" s="0" t="s">
-        <v>235</v>
+        <v>133</v>
       </c>
       <c r="C219" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="220">
       <c r="A220" s="0" t="s">
-        <v>236</v>
+        <v>134</v>
       </c>
       <c r="B220" s="0" t="s">
-        <v>237</v>
+        <v>135</v>
       </c>
       <c r="C220" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="221">
       <c r="A221" s="0" t="s">
-        <v>238</v>
+        <v>136</v>
       </c>
       <c r="B221" s="0" t="s">
-        <v>239</v>
+        <v>137</v>
       </c>
       <c r="C221" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="222">
       <c r="A222" s="0" t="s">
-        <v>240</v>
+        <v>138</v>
       </c>
       <c r="B222" s="0" t="s">
-        <v>241</v>
+        <v>139</v>
       </c>
       <c r="C222" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="223">
       <c r="A223" s="0" t="s">
-        <v>242</v>
+        <v>140</v>
       </c>
       <c r="B223" s="0" t="s">
-        <v>243</v>
+        <v>137</v>
       </c>
       <c r="C223" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="224">
       <c r="A224" s="0" t="s">
-        <v>244</v>
+        <v>141</v>
       </c>
       <c r="B224" s="0" t="s">
-        <v>241</v>
+        <v>139</v>
       </c>
       <c r="C224" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="225">
       <c r="A225" s="0" t="s">
-        <v>245</v>
+        <v>142</v>
       </c>
       <c r="B225" s="0" t="s">
-        <v>243</v>
+        <v>143</v>
       </c>
       <c r="C225" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="226">
       <c r="A226" s="0" t="s">
-        <v>246</v>
+        <v>144</v>
       </c>
       <c r="B226" s="0" t="s">
-        <v>247</v>
+        <v>145</v>
       </c>
       <c r="C226" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="227">
       <c r="A227" s="0" t="s">
-        <v>248</v>
+        <v>146</v>
       </c>
       <c r="B227" s="0" t="s">
-        <v>249</v>
+        <v>147</v>
       </c>
       <c r="C227" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="228">
       <c r="A228" s="0" t="s">
-        <v>250</v>
+        <v>148</v>
       </c>
       <c r="B228" s="0" t="s">
-        <v>251</v>
+        <v>149</v>
       </c>
       <c r="C228" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="229">
       <c r="A229" s="0" t="s">
-        <v>252</v>
+        <v>150</v>
       </c>
       <c r="B229" s="0" t="s">
-        <v>253</v>
+        <v>151</v>
       </c>
       <c r="C229" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="230">
       <c r="A230" s="0" t="s">
-        <v>254</v>
+        <v>152</v>
       </c>
       <c r="B230" s="0" t="s">
-        <v>253</v>
+        <v>149</v>
       </c>
       <c r="C230" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="231">
       <c r="A231" s="0" t="s">
         <v>68</v>
       </c>
       <c r="B231" s="0" t="s">
         <v>69</v>
       </c>
       <c r="C231" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="232">
       <c r="A232" s="0" t="s">
         <v>70</v>
       </c>
       <c r="B232" s="0" t="s">
         <v>71</v>
       </c>
       <c r="C232" s="0" t="s">
         <v>5</v>
@@ -4110,1088 +4110,1088 @@
     </row>
     <row r="244">
       <c r="A244" s="0" t="s">
         <v>93</v>
       </c>
       <c r="B244" s="0" t="s">
         <v>94</v>
       </c>
       <c r="C244" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="245">
       <c r="A245" s="0" t="s">
         <v>95</v>
       </c>
       <c r="B245" s="0" t="s">
         <v>96</v>
       </c>
       <c r="C245" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="246">
       <c r="A246" s="0" t="s">
-        <v>97</v>
+        <v>162</v>
       </c>
       <c r="B246" s="0" t="s">
-        <v>98</v>
+        <v>163</v>
       </c>
       <c r="C246" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="247">
       <c r="A247" s="0" t="s">
-        <v>99</v>
+        <v>164</v>
       </c>
       <c r="B247" s="0" t="s">
-        <v>96</v>
+        <v>165</v>
       </c>
       <c r="C247" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="248">
       <c r="A248" s="0" t="s">
-        <v>100</v>
+        <v>166</v>
       </c>
       <c r="B248" s="0" t="s">
-        <v>101</v>
+        <v>167</v>
       </c>
       <c r="C248" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="249">
       <c r="A249" s="0" t="s">
-        <v>102</v>
+        <v>168</v>
       </c>
       <c r="B249" s="0" t="s">
-        <v>103</v>
+        <v>169</v>
       </c>
       <c r="C249" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="250">
       <c r="A250" s="0" t="s">
-        <v>162</v>
+        <v>170</v>
       </c>
       <c r="B250" s="0" t="s">
-        <v>163</v>
+        <v>171</v>
       </c>
       <c r="C250" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="251">
       <c r="A251" s="0" t="s">
-        <v>164</v>
+        <v>172</v>
       </c>
       <c r="B251" s="0" t="s">
-        <v>165</v>
+        <v>173</v>
       </c>
       <c r="C251" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="252">
       <c r="A252" s="0" t="s">
-        <v>166</v>
+        <v>174</v>
       </c>
       <c r="B252" s="0" t="s">
-        <v>167</v>
+        <v>175</v>
       </c>
       <c r="C252" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="253">
       <c r="A253" s="0" t="s">
-        <v>168</v>
+        <v>176</v>
       </c>
       <c r="B253" s="0" t="s">
-        <v>169</v>
+        <v>177</v>
       </c>
       <c r="C253" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="254">
       <c r="A254" s="0" t="s">
-        <v>170</v>
+        <v>178</v>
       </c>
       <c r="B254" s="0" t="s">
-        <v>171</v>
+        <v>179</v>
       </c>
       <c r="C254" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="255">
       <c r="A255" s="0" t="s">
-        <v>172</v>
+        <v>180</v>
       </c>
       <c r="B255" s="0" t="s">
-        <v>173</v>
+        <v>181</v>
       </c>
       <c r="C255" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="256">
       <c r="A256" s="0" t="s">
-        <v>174</v>
+        <v>182</v>
       </c>
       <c r="B256" s="0" t="s">
-        <v>175</v>
+        <v>183</v>
       </c>
       <c r="C256" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="257">
       <c r="A257" s="0" t="s">
-        <v>176</v>
+        <v>184</v>
       </c>
       <c r="B257" s="0" t="s">
-        <v>177</v>
+        <v>185</v>
       </c>
       <c r="C257" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="258">
       <c r="A258" s="0" t="s">
-        <v>178</v>
+        <v>186</v>
       </c>
       <c r="B258" s="0" t="s">
-        <v>179</v>
+        <v>187</v>
       </c>
       <c r="C258" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="259">
       <c r="A259" s="0" t="s">
-        <v>180</v>
+        <v>188</v>
       </c>
       <c r="B259" s="0" t="s">
-        <v>181</v>
+        <v>189</v>
       </c>
       <c r="C259" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="260">
       <c r="A260" s="0" t="s">
-        <v>182</v>
+        <v>190</v>
       </c>
       <c r="B260" s="0" t="s">
-        <v>183</v>
+        <v>189</v>
       </c>
       <c r="C260" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="261">
       <c r="A261" s="0" t="s">
-        <v>184</v>
+        <v>191</v>
       </c>
       <c r="B261" s="0" t="s">
-        <v>185</v>
+        <v>192</v>
       </c>
       <c r="C261" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="262">
       <c r="A262" s="0" t="s">
-        <v>186</v>
+        <v>193</v>
       </c>
       <c r="B262" s="0" t="s">
-        <v>187</v>
+        <v>194</v>
       </c>
       <c r="C262" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="263">
       <c r="A263" s="0" t="s">
-        <v>188</v>
+        <v>195</v>
       </c>
       <c r="B263" s="0" t="s">
-        <v>189</v>
+        <v>196</v>
       </c>
       <c r="C263" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="264">
       <c r="A264" s="0" t="s">
-        <v>190</v>
+        <v>197</v>
       </c>
       <c r="B264" s="0" t="s">
-        <v>189</v>
+        <v>198</v>
       </c>
       <c r="C264" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="265">
       <c r="A265" s="0" t="s">
-        <v>191</v>
+        <v>199</v>
       </c>
       <c r="B265" s="0" t="s">
-        <v>192</v>
+        <v>200</v>
       </c>
       <c r="C265" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="266">
       <c r="A266" s="0" t="s">
-        <v>193</v>
+        <v>201</v>
       </c>
       <c r="B266" s="0" t="s">
-        <v>194</v>
+        <v>198</v>
       </c>
       <c r="C266" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="267">
       <c r="A267" s="0" t="s">
-        <v>195</v>
+        <v>202</v>
       </c>
       <c r="B267" s="0" t="s">
-        <v>196</v>
+        <v>203</v>
       </c>
       <c r="C267" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="268">
       <c r="A268" s="0" t="s">
-        <v>197</v>
+        <v>204</v>
       </c>
       <c r="B268" s="0" t="s">
-        <v>198</v>
+        <v>205</v>
       </c>
       <c r="C268" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="269">
       <c r="A269" s="0" t="s">
-        <v>199</v>
+        <v>206</v>
       </c>
       <c r="B269" s="0" t="s">
-        <v>200</v>
+        <v>207</v>
       </c>
       <c r="C269" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="270">
       <c r="A270" s="0" t="s">
-        <v>201</v>
+        <v>97</v>
       </c>
       <c r="B270" s="0" t="s">
-        <v>198</v>
+        <v>98</v>
       </c>
       <c r="C270" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="271">
       <c r="A271" s="0" t="s">
-        <v>202</v>
+        <v>99</v>
       </c>
       <c r="B271" s="0" t="s">
-        <v>203</v>
+        <v>100</v>
       </c>
       <c r="C271" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="272">
       <c r="A272" s="0" t="s">
-        <v>204</v>
+        <v>101</v>
       </c>
       <c r="B272" s="0" t="s">
-        <v>205</v>
+        <v>98</v>
       </c>
       <c r="C272" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="273">
       <c r="A273" s="0" t="s">
-        <v>206</v>
+        <v>102</v>
       </c>
       <c r="B273" s="0" t="s">
-        <v>207</v>
+        <v>103</v>
       </c>
       <c r="C273" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="274">
       <c r="A274" s="0" t="s">
-        <v>104</v>
+        <v>208</v>
       </c>
       <c r="B274" s="0" t="s">
-        <v>105</v>
+        <v>209</v>
       </c>
       <c r="C274" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="275">
       <c r="A275" s="0" t="s">
-        <v>106</v>
+        <v>210</v>
       </c>
       <c r="B275" s="0" t="s">
-        <v>107</v>
+        <v>211</v>
       </c>
       <c r="C275" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="276">
       <c r="A276" s="0" t="s">
-        <v>108</v>
+        <v>212</v>
       </c>
       <c r="B276" s="0" t="s">
-        <v>105</v>
+        <v>213</v>
       </c>
       <c r="C276" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="277">
       <c r="A277" s="0" t="s">
-        <v>109</v>
+        <v>214</v>
       </c>
       <c r="B277" s="0" t="s">
-        <v>110</v>
+        <v>209</v>
       </c>
       <c r="C277" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="278">
       <c r="A278" s="0" t="s">
-        <v>111</v>
+        <v>215</v>
       </c>
       <c r="B278" s="0" t="s">
-        <v>112</v>
+        <v>216</v>
       </c>
       <c r="C278" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="279">
       <c r="A279" s="0" t="s">
-        <v>113</v>
+        <v>217</v>
       </c>
       <c r="B279" s="0" t="s">
-        <v>114</v>
+        <v>218</v>
       </c>
       <c r="C279" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="280">
       <c r="A280" s="0" t="s">
-        <v>115</v>
+        <v>219</v>
       </c>
       <c r="B280" s="0" t="s">
-        <v>116</v>
+        <v>220</v>
       </c>
       <c r="C280" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="281">
       <c r="A281" s="0" t="s">
-        <v>117</v>
+        <v>221</v>
       </c>
       <c r="B281" s="0" t="s">
-        <v>118</v>
+        <v>222</v>
       </c>
       <c r="C281" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="282">
       <c r="A282" s="0" t="s">
-        <v>119</v>
+        <v>223</v>
       </c>
       <c r="B282" s="0" t="s">
-        <v>120</v>
+        <v>224</v>
       </c>
       <c r="C282" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="283">
       <c r="A283" s="0" t="s">
-        <v>121</v>
+        <v>225</v>
       </c>
       <c r="B283" s="0" t="s">
-        <v>122</v>
+        <v>226</v>
       </c>
       <c r="C283" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="284">
       <c r="A284" s="0" t="s">
-        <v>123</v>
+        <v>227</v>
       </c>
       <c r="B284" s="0" t="s">
-        <v>120</v>
+        <v>222</v>
       </c>
       <c r="C284" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="285">
       <c r="A285" s="0" t="s">
-        <v>124</v>
+        <v>228</v>
       </c>
       <c r="B285" s="0" t="s">
-        <v>125</v>
+        <v>229</v>
       </c>
       <c r="C285" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="286">
       <c r="A286" s="0" t="s">
-        <v>126</v>
+        <v>230</v>
       </c>
       <c r="B286" s="0" t="s">
-        <v>127</v>
+        <v>231</v>
       </c>
       <c r="C286" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="287">
       <c r="A287" s="0" t="s">
-        <v>128</v>
+        <v>232</v>
       </c>
       <c r="B287" s="0" t="s">
-        <v>125</v>
+        <v>229</v>
       </c>
       <c r="C287" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="288">
       <c r="A288" s="0" t="s">
-        <v>129</v>
+        <v>233</v>
       </c>
       <c r="B288" s="0" t="s">
-        <v>127</v>
+        <v>231</v>
       </c>
       <c r="C288" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="289">
       <c r="A289" s="0" t="s">
-        <v>130</v>
+        <v>234</v>
       </c>
       <c r="B289" s="0" t="s">
-        <v>131</v>
+        <v>235</v>
       </c>
       <c r="C289" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="290">
       <c r="A290" s="0" t="s">
-        <v>132</v>
+        <v>236</v>
       </c>
       <c r="B290" s="0" t="s">
-        <v>133</v>
+        <v>237</v>
       </c>
       <c r="C290" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="291">
       <c r="A291" s="0" t="s">
-        <v>134</v>
+        <v>238</v>
       </c>
       <c r="B291" s="0" t="s">
-        <v>135</v>
+        <v>239</v>
       </c>
       <c r="C291" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="292">
       <c r="A292" s="0" t="s">
-        <v>136</v>
+        <v>240</v>
       </c>
       <c r="B292" s="0" t="s">
-        <v>137</v>
+        <v>241</v>
       </c>
       <c r="C292" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="293">
       <c r="A293" s="0" t="s">
-        <v>138</v>
+        <v>242</v>
       </c>
       <c r="B293" s="0" t="s">
-        <v>139</v>
+        <v>243</v>
       </c>
       <c r="C293" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="294">
       <c r="A294" s="0" t="s">
-        <v>140</v>
+        <v>244</v>
       </c>
       <c r="B294" s="0" t="s">
-        <v>137</v>
+        <v>241</v>
       </c>
       <c r="C294" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="295">
       <c r="A295" s="0" t="s">
-        <v>141</v>
+        <v>245</v>
       </c>
       <c r="B295" s="0" t="s">
-        <v>139</v>
+        <v>243</v>
       </c>
       <c r="C295" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="296">
       <c r="A296" s="0" t="s">
-        <v>142</v>
+        <v>246</v>
       </c>
       <c r="B296" s="0" t="s">
-        <v>143</v>
+        <v>247</v>
       </c>
       <c r="C296" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="297">
       <c r="A297" s="0" t="s">
-        <v>144</v>
+        <v>248</v>
       </c>
       <c r="B297" s="0" t="s">
-        <v>145</v>
+        <v>249</v>
       </c>
       <c r="C297" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="298">
       <c r="A298" s="0" t="s">
-        <v>146</v>
+        <v>250</v>
       </c>
       <c r="B298" s="0" t="s">
-        <v>147</v>
+        <v>251</v>
       </c>
       <c r="C298" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="299">
       <c r="A299" s="0" t="s">
-        <v>148</v>
+        <v>252</v>
       </c>
       <c r="B299" s="0" t="s">
-        <v>149</v>
+        <v>253</v>
       </c>
       <c r="C299" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="300">
       <c r="A300" s="0" t="s">
-        <v>150</v>
+        <v>254</v>
       </c>
       <c r="B300" s="0" t="s">
-        <v>151</v>
+        <v>253</v>
       </c>
       <c r="C300" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="301">
       <c r="A301" s="0" t="s">
-        <v>152</v>
+        <v>104</v>
       </c>
       <c r="B301" s="0" t="s">
-        <v>149</v>
+        <v>105</v>
       </c>
       <c r="C301" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="302">
       <c r="A302" s="0" t="s">
-        <v>208</v>
+        <v>106</v>
       </c>
       <c r="B302" s="0" t="s">
-        <v>209</v>
+        <v>107</v>
       </c>
       <c r="C302" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="303">
       <c r="A303" s="0" t="s">
-        <v>210</v>
+        <v>108</v>
       </c>
       <c r="B303" s="0" t="s">
-        <v>211</v>
+        <v>109</v>
       </c>
       <c r="C303" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="304">
       <c r="A304" s="0" t="s">
-        <v>212</v>
+        <v>110</v>
       </c>
       <c r="B304" s="0" t="s">
-        <v>213</v>
+        <v>111</v>
       </c>
       <c r="C304" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="305">
       <c r="A305" s="0" t="s">
-        <v>214</v>
+        <v>112</v>
       </c>
       <c r="B305" s="0" t="s">
-        <v>209</v>
+        <v>113</v>
       </c>
       <c r="C305" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="306">
       <c r="A306" s="0" t="s">
-        <v>215</v>
+        <v>114</v>
       </c>
       <c r="B306" s="0" t="s">
-        <v>216</v>
+        <v>113</v>
       </c>
       <c r="C306" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="307">
       <c r="A307" s="0" t="s">
-        <v>217</v>
+        <v>115</v>
       </c>
       <c r="B307" s="0" t="s">
-        <v>218</v>
+        <v>116</v>
       </c>
       <c r="C307" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="308">
       <c r="A308" s="0" t="s">
-        <v>219</v>
+        <v>117</v>
       </c>
       <c r="B308" s="0" t="s">
-        <v>220</v>
+        <v>118</v>
       </c>
       <c r="C308" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="309">
       <c r="A309" s="0" t="s">
-        <v>221</v>
+        <v>119</v>
       </c>
       <c r="B309" s="0" t="s">
-        <v>222</v>
+        <v>118</v>
       </c>
       <c r="C309" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="310">
       <c r="A310" s="0" t="s">
-        <v>223</v>
+        <v>120</v>
       </c>
       <c r="B310" s="0" t="s">
-        <v>224</v>
+        <v>121</v>
       </c>
       <c r="C310" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="311">
       <c r="A311" s="0" t="s">
-        <v>225</v>
+        <v>122</v>
       </c>
       <c r="B311" s="0" t="s">
-        <v>226</v>
+        <v>123</v>
       </c>
       <c r="C311" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="312">
       <c r="A312" s="0" t="s">
-        <v>227</v>
+        <v>124</v>
       </c>
       <c r="B312" s="0" t="s">
-        <v>222</v>
+        <v>121</v>
       </c>
       <c r="C312" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="313">
       <c r="A313" s="0" t="s">
-        <v>228</v>
+        <v>125</v>
       </c>
       <c r="B313" s="0" t="s">
-        <v>229</v>
+        <v>123</v>
       </c>
       <c r="C313" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="314">
       <c r="A314" s="0" t="s">
-        <v>230</v>
+        <v>126</v>
       </c>
       <c r="B314" s="0" t="s">
-        <v>231</v>
+        <v>127</v>
       </c>
       <c r="C314" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="315">
       <c r="A315" s="0" t="s">
-        <v>232</v>
+        <v>128</v>
       </c>
       <c r="B315" s="0" t="s">
-        <v>229</v>
+        <v>129</v>
       </c>
       <c r="C315" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="316">
       <c r="A316" s="0" t="s">
-        <v>233</v>
+        <v>130</v>
       </c>
       <c r="B316" s="0" t="s">
-        <v>231</v>
+        <v>131</v>
       </c>
       <c r="C316" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="317">
       <c r="A317" s="0" t="s">
-        <v>234</v>
+        <v>132</v>
       </c>
       <c r="B317" s="0" t="s">
-        <v>235</v>
+        <v>133</v>
       </c>
       <c r="C317" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="318">
       <c r="A318" s="0" t="s">
-        <v>236</v>
+        <v>134</v>
       </c>
       <c r="B318" s="0" t="s">
-        <v>237</v>
+        <v>135</v>
       </c>
       <c r="C318" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="319">
       <c r="A319" s="0" t="s">
-        <v>238</v>
+        <v>136</v>
       </c>
       <c r="B319" s="0" t="s">
-        <v>239</v>
+        <v>137</v>
       </c>
       <c r="C319" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="320">
       <c r="A320" s="0" t="s">
-        <v>240</v>
+        <v>138</v>
       </c>
       <c r="B320" s="0" t="s">
-        <v>241</v>
+        <v>139</v>
       </c>
       <c r="C320" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="321">
       <c r="A321" s="0" t="s">
-        <v>242</v>
+        <v>140</v>
       </c>
       <c r="B321" s="0" t="s">
-        <v>243</v>
+        <v>137</v>
       </c>
       <c r="C321" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="322">
       <c r="A322" s="0" t="s">
-        <v>244</v>
+        <v>141</v>
       </c>
       <c r="B322" s="0" t="s">
-        <v>241</v>
+        <v>139</v>
       </c>
       <c r="C322" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="323">
       <c r="A323" s="0" t="s">
-        <v>245</v>
+        <v>142</v>
       </c>
       <c r="B323" s="0" t="s">
-        <v>243</v>
+        <v>143</v>
       </c>
       <c r="C323" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="324">
       <c r="A324" s="0" t="s">
-        <v>246</v>
+        <v>144</v>
       </c>
       <c r="B324" s="0" t="s">
-        <v>247</v>
+        <v>145</v>
       </c>
       <c r="C324" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="325">
       <c r="A325" s="0" t="s">
-        <v>248</v>
+        <v>146</v>
       </c>
       <c r="B325" s="0" t="s">
-        <v>249</v>
+        <v>147</v>
       </c>
       <c r="C325" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="326">
       <c r="A326" s="0" t="s">
-        <v>250</v>
+        <v>148</v>
       </c>
       <c r="B326" s="0" t="s">
-        <v>251</v>
+        <v>149</v>
       </c>
       <c r="C326" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="327">
       <c r="A327" s="0" t="s">
-        <v>252</v>
+        <v>150</v>
       </c>
       <c r="B327" s="0" t="s">
-        <v>253</v>
+        <v>151</v>
       </c>
       <c r="C327" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="328">
       <c r="A328" s="0" t="s">
-        <v>254</v>
+        <v>152</v>
       </c>
       <c r="B328" s="0" t="s">
-        <v>253</v>
+        <v>149</v>
       </c>
       <c r="C328" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="329">
       <c r="A329" s="0" t="s">
-        <v>153</v>
+        <v>255</v>
       </c>
       <c r="B329" s="0" t="s">
-        <v>154</v>
+        <v>256</v>
       </c>
       <c r="C329" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="330">
       <c r="A330" s="0" t="s">
-        <v>156</v>
+        <v>257</v>
       </c>
       <c r="B330" s="0" t="s">
-        <v>154</v>
+        <v>256</v>
       </c>
       <c r="C330" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="331">
       <c r="A331" s="0" t="s">
-        <v>255</v>
+        <v>258</v>
       </c>
       <c r="B331" s="0" t="s">
-        <v>256</v>
+        <v>259</v>
       </c>
       <c r="C331" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="332">
       <c r="A332" s="0" t="s">
-        <v>257</v>
+        <v>260</v>
       </c>
       <c r="B332" s="0" t="s">
-        <v>256</v>
+        <v>259</v>
       </c>
       <c r="C332" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="333">
       <c r="A333" s="0" t="s">
-        <v>258</v>
+        <v>156</v>
       </c>
       <c r="B333" s="0" t="s">
-        <v>259</v>
+        <v>157</v>
       </c>
       <c r="C333" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="334">
       <c r="A334" s="0" t="s">
-        <v>260</v>
+        <v>158</v>
       </c>
       <c r="B334" s="0" t="s">
-        <v>259</v>
+        <v>157</v>
       </c>
       <c r="C334" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="335">
       <c r="A335" s="0" t="s">
-        <v>153</v>
+        <v>255</v>
       </c>
       <c r="B335" s="0" t="s">
-        <v>154</v>
+        <v>256</v>
       </c>
       <c r="C335" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="336">
       <c r="A336" s="0" t="s">
-        <v>156</v>
+        <v>257</v>
       </c>
       <c r="B336" s="0" t="s">
-        <v>154</v>
+        <v>256</v>
       </c>
       <c r="C336" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="337">
       <c r="A337" s="0" t="s">
-        <v>255</v>
+        <v>258</v>
       </c>
       <c r="B337" s="0" t="s">
-        <v>256</v>
+        <v>259</v>
       </c>
       <c r="C337" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="338">
       <c r="A338" s="0" t="s">
-        <v>257</v>
+        <v>260</v>
       </c>
       <c r="B338" s="0" t="s">
-        <v>256</v>
+        <v>259</v>
       </c>
       <c r="C338" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="339">
       <c r="A339" s="0" t="s">
-        <v>258</v>
+        <v>156</v>
       </c>
       <c r="B339" s="0" t="s">
-        <v>259</v>
+        <v>157</v>
       </c>
       <c r="C339" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="340">
       <c r="A340" s="0" t="s">
-        <v>260</v>
+        <v>158</v>
       </c>
       <c r="B340" s="0" t="s">
-        <v>259</v>
+        <v>157</v>
       </c>
       <c r="C340" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="341">
       <c r="A341" s="0" t="s">
         <v>160</v>
       </c>
       <c r="B341" s="0" t="s">
         <v>161</v>
       </c>
       <c r="C341" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="342">
       <c r="A342" s="0" t="s">
         <v>261</v>
       </c>
       <c r="B342" s="0" t="s">
         <v>262</v>
       </c>
       <c r="C342" s="0" t="s">
         <v>5</v>
@@ -6225,634 +6225,634 @@
         <v>337</v>
       </c>
       <c r="B436" s="0" t="s">
         <v>338</v>
       </c>
       <c r="C436" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="437">
       <c r="A437" s="0" t="s">
         <v>339</v>
       </c>
       <c r="B437" s="0" t="s">
         <v>340</v>
       </c>
       <c r="C437" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="438">
       <c r="A438" s="0" t="s">
         <v>341</v>
       </c>
       <c r="B438" s="0" t="s">
-        <v>342</v>
+        <v>338</v>
       </c>
       <c r="C438" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="439">
       <c r="A439" s="0" t="s">
+        <v>342</v>
+      </c>
+      <c r="B439" s="0" t="s">
         <v>343</v>
-      </c>
-[...1 lines deleted...]
-        <v>340</v>
       </c>
       <c r="C439" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="440">
       <c r="A440" s="0" t="s">
         <v>344</v>
       </c>
       <c r="B440" s="0" t="s">
         <v>345</v>
       </c>
       <c r="C440" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="441">
       <c r="A441" s="0" t="s">
         <v>346</v>
       </c>
       <c r="B441" s="0" t="s">
-        <v>347</v>
+        <v>343</v>
       </c>
       <c r="C441" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="442">
       <c r="A442" s="0" t="s">
+        <v>347</v>
+      </c>
+      <c r="B442" s="0" t="s">
         <v>348</v>
-      </c>
-[...1 lines deleted...]
-        <v>345</v>
       </c>
       <c r="C442" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="443">
       <c r="A443" s="0" t="s">
         <v>349</v>
       </c>
       <c r="B443" s="0" t="s">
         <v>350</v>
       </c>
       <c r="C443" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="444">
       <c r="A444" s="0" t="s">
         <v>351</v>
       </c>
       <c r="B444" s="0" t="s">
-        <v>352</v>
+        <v>348</v>
       </c>
       <c r="C444" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="445">
       <c r="A445" s="0" t="s">
-        <v>353</v>
+        <v>352</v>
       </c>
       <c r="B445" s="0" t="s">
-        <v>350</v>
+        <v>348</v>
       </c>
       <c r="C445" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="446">
       <c r="A446" s="0" t="s">
+        <v>353</v>
+      </c>
+      <c r="B446" s="0" t="s">
         <v>354</v>
-      </c>
-[...1 lines deleted...]
-        <v>355</v>
       </c>
       <c r="C446" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="447">
       <c r="A447" s="0" t="s">
+        <v>355</v>
+      </c>
+      <c r="B447" s="0" t="s">
         <v>356</v>
-      </c>
-[...1 lines deleted...]
-        <v>357</v>
       </c>
       <c r="C447" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="448">
       <c r="A448" s="0" t="s">
-        <v>358</v>
+        <v>357</v>
       </c>
       <c r="B448" s="0" t="s">
-        <v>355</v>
+        <v>207</v>
       </c>
       <c r="C448" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="449">
       <c r="A449" s="0" t="s">
+        <v>358</v>
+      </c>
+      <c r="B449" s="0" t="s">
         <v>359</v>
-      </c>
-[...1 lines deleted...]
-        <v>355</v>
       </c>
       <c r="C449" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="450">
       <c r="A450" s="0" t="s">
         <v>360</v>
       </c>
       <c r="B450" s="0" t="s">
-        <v>361</v>
+        <v>207</v>
       </c>
       <c r="C450" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="451">
       <c r="A451" s="0" t="s">
+        <v>361</v>
+      </c>
+      <c r="B451" s="0" t="s">
         <v>362</v>
-      </c>
-[...1 lines deleted...]
-        <v>363</v>
       </c>
       <c r="C451" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="452">
       <c r="A452" s="0" t="s">
+        <v>363</v>
+      </c>
+      <c r="B452" s="0" t="s">
         <v>364</v>
-      </c>
-[...1 lines deleted...]
-        <v>207</v>
       </c>
       <c r="C452" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="453">
       <c r="A453" s="0" t="s">
         <v>365</v>
       </c>
       <c r="B453" s="0" t="s">
         <v>366</v>
       </c>
       <c r="C453" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="454">
       <c r="A454" s="0" t="s">
         <v>367</v>
       </c>
       <c r="B454" s="0" t="s">
-        <v>207</v>
+        <v>368</v>
       </c>
       <c r="C454" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="455">
       <c r="A455" s="0" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
       <c r="B455" s="0" t="s">
-        <v>369</v>
+        <v>366</v>
       </c>
       <c r="C455" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="456">
       <c r="A456" s="0" t="s">
         <v>370</v>
       </c>
       <c r="B456" s="0" t="s">
         <v>371</v>
       </c>
       <c r="C456" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="457">
       <c r="A457" s="0" t="s">
         <v>372</v>
       </c>
       <c r="B457" s="0" t="s">
-        <v>373</v>
+        <v>366</v>
       </c>
       <c r="C457" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="458">
       <c r="A458" s="0" t="s">
-        <v>374</v>
+        <v>373</v>
       </c>
       <c r="B458" s="0" t="s">
-        <v>371</v>
+        <v>366</v>
       </c>
       <c r="C458" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="459">
       <c r="A459" s="0" t="s">
+        <v>374</v>
+      </c>
+      <c r="B459" s="0" t="s">
         <v>375</v>
-      </c>
-[...1 lines deleted...]
-        <v>371</v>
       </c>
       <c r="C459" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="460">
       <c r="A460" s="0" t="s">
         <v>376</v>
       </c>
       <c r="B460" s="0" t="s">
         <v>377</v>
       </c>
       <c r="C460" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="461">
       <c r="A461" s="0" t="s">
         <v>378</v>
       </c>
       <c r="B461" s="0" t="s">
         <v>379</v>
       </c>
       <c r="C461" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="462">
       <c r="A462" s="0" t="s">
         <v>380</v>
       </c>
       <c r="B462" s="0" t="s">
-        <v>381</v>
+        <v>377</v>
       </c>
       <c r="C462" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="463">
       <c r="A463" s="0" t="s">
-        <v>382</v>
+        <v>381</v>
       </c>
       <c r="B463" s="0" t="s">
-        <v>379</v>
+        <v>377</v>
       </c>
       <c r="C463" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="464">
       <c r="A464" s="0" t="s">
-        <v>383</v>
+        <v>382</v>
       </c>
       <c r="B464" s="0" t="s">
-        <v>384</v>
+        <v>379</v>
       </c>
       <c r="C464" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="465">
       <c r="A465" s="0" t="s">
-        <v>385</v>
+        <v>383</v>
       </c>
       <c r="B465" s="0" t="s">
-        <v>379</v>
+        <v>377</v>
       </c>
       <c r="C465" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="466">
       <c r="A466" s="0" t="s">
-        <v>386</v>
+        <v>384</v>
       </c>
       <c r="B466" s="0" t="s">
-        <v>379</v>
+        <v>385</v>
       </c>
       <c r="C466" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="467">
       <c r="A467" s="0" t="s">
+        <v>386</v>
+      </c>
+      <c r="B467" s="0" t="s">
         <v>387</v>
-      </c>
-[...1 lines deleted...]
-        <v>388</v>
       </c>
       <c r="C467" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="468">
       <c r="A468" s="0" t="s">
+        <v>388</v>
+      </c>
+      <c r="B468" s="0" t="s">
         <v>389</v>
-      </c>
-[...1 lines deleted...]
-        <v>390</v>
       </c>
       <c r="C468" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="469">
       <c r="A469" s="0" t="s">
+        <v>390</v>
+      </c>
+      <c r="B469" s="0" t="s">
         <v>391</v>
-      </c>
-[...1 lines deleted...]
-        <v>392</v>
       </c>
       <c r="C469" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="470">
       <c r="A470" s="0" t="s">
+        <v>392</v>
+      </c>
+      <c r="B470" s="0" t="s">
         <v>393</v>
-      </c>
-[...1 lines deleted...]
-        <v>390</v>
       </c>
       <c r="C470" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="471">
       <c r="A471" s="0" t="s">
         <v>394</v>
       </c>
       <c r="B471" s="0" t="s">
-        <v>390</v>
+        <v>395</v>
       </c>
       <c r="C471" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="472">
       <c r="A472" s="0" t="s">
-        <v>395</v>
+        <v>396</v>
       </c>
       <c r="B472" s="0" t="s">
-        <v>392</v>
+        <v>397</v>
       </c>
       <c r="C472" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="473">
       <c r="A473" s="0" t="s">
-        <v>396</v>
+        <v>398</v>
       </c>
       <c r="B473" s="0" t="s">
-        <v>390</v>
+        <v>399</v>
       </c>
       <c r="C473" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="474">
       <c r="A474" s="0" t="s">
-        <v>397</v>
+        <v>400</v>
       </c>
       <c r="B474" s="0" t="s">
-        <v>398</v>
+        <v>401</v>
       </c>
       <c r="C474" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="475">
       <c r="A475" s="0" t="s">
+        <v>402</v>
+      </c>
+      <c r="B475" s="0" t="s">
         <v>399</v>
-      </c>
-[...1 lines deleted...]
-        <v>400</v>
       </c>
       <c r="C475" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="476">
       <c r="A476" s="0" t="s">
+        <v>403</v>
+      </c>
+      <c r="B476" s="0" t="s">
         <v>401</v>
-      </c>
-[...1 lines deleted...]
-        <v>402</v>
       </c>
       <c r="C476" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="477">
       <c r="A477" s="0" t="s">
-        <v>403</v>
+        <v>404</v>
       </c>
       <c r="B477" s="0" t="s">
-        <v>400</v>
+        <v>405</v>
       </c>
       <c r="C477" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="478">
       <c r="A478" s="0" t="s">
-        <v>404</v>
+        <v>406</v>
       </c>
       <c r="B478" s="0" t="s">
-        <v>405</v>
+        <v>407</v>
       </c>
       <c r="C478" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="479">
       <c r="A479" s="0" t="s">
-        <v>406</v>
+        <v>408</v>
       </c>
       <c r="B479" s="0" t="s">
-        <v>407</v>
+        <v>409</v>
       </c>
       <c r="C479" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="480">
       <c r="A480" s="0" t="s">
-        <v>408</v>
+        <v>410</v>
       </c>
       <c r="B480" s="0" t="s">
-        <v>409</v>
+        <v>411</v>
       </c>
       <c r="C480" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="481">
       <c r="A481" s="0" t="s">
-        <v>410</v>
+        <v>412</v>
       </c>
       <c r="B481" s="0" t="s">
-        <v>411</v>
+        <v>413</v>
       </c>
       <c r="C481" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="482">
       <c r="A482" s="0" t="s">
-        <v>412</v>
+        <v>414</v>
       </c>
       <c r="B482" s="0" t="s">
-        <v>413</v>
+        <v>415</v>
       </c>
       <c r="C482" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="483">
       <c r="A483" s="0" t="s">
-        <v>414</v>
+        <v>416</v>
       </c>
       <c r="B483" s="0" t="s">
-        <v>415</v>
+        <v>413</v>
       </c>
       <c r="C483" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="484">
       <c r="A484" s="0" t="s">
-        <v>416</v>
+        <v>417</v>
       </c>
       <c r="B484" s="0" t="s">
-        <v>417</v>
+        <v>413</v>
       </c>
       <c r="C484" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="485">
       <c r="A485" s="0" t="s">
         <v>418</v>
       </c>
       <c r="B485" s="0" t="s">
         <v>419</v>
       </c>
       <c r="C485" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="486">
       <c r="A486" s="0" t="s">
         <v>420</v>
       </c>
       <c r="B486" s="0" t="s">
         <v>421</v>
       </c>
       <c r="C486" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="487">
       <c r="A487" s="0" t="s">
         <v>422</v>
       </c>
       <c r="B487" s="0" t="s">
         <v>419</v>
       </c>
       <c r="C487" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="488">
       <c r="A488" s="0" t="s">
         <v>423</v>
       </c>
       <c r="B488" s="0" t="s">
-        <v>421</v>
+        <v>424</v>
       </c>
       <c r="C488" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="489">
       <c r="A489" s="0" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
       <c r="B489" s="0" t="s">
-        <v>425</v>
+        <v>426</v>
       </c>
       <c r="C489" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="490">
       <c r="A490" s="0" t="s">
-        <v>426</v>
+        <v>427</v>
       </c>
       <c r="B490" s="0" t="s">
-        <v>427</v>
+        <v>428</v>
       </c>
       <c r="C490" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="491">
       <c r="A491" s="0" t="s">
-        <v>428</v>
+        <v>429</v>
       </c>
       <c r="B491" s="0" t="s">
-        <v>429</v>
+        <v>426</v>
       </c>
       <c r="C491" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="492">
       <c r="A492" s="0" t="s">
         <v>317</v>
       </c>
       <c r="B492" s="0" t="s">
         <v>318</v>
       </c>
       <c r="C492" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="493">
       <c r="A493" s="0" t="s">
         <v>319</v>
       </c>
       <c r="B493" s="0" t="s">
         <v>320</v>
       </c>
       <c r="C493" s="0" t="s">
         <v>5</v>
@@ -6951,634 +6951,634 @@
         <v>337</v>
       </c>
       <c r="B502" s="0" t="s">
         <v>338</v>
       </c>
       <c r="C502" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="503">
       <c r="A503" s="0" t="s">
         <v>339</v>
       </c>
       <c r="B503" s="0" t="s">
         <v>340</v>
       </c>
       <c r="C503" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="504">
       <c r="A504" s="0" t="s">
         <v>341</v>
       </c>
       <c r="B504" s="0" t="s">
-        <v>342</v>
+        <v>338</v>
       </c>
       <c r="C504" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="505">
       <c r="A505" s="0" t="s">
+        <v>342</v>
+      </c>
+      <c r="B505" s="0" t="s">
         <v>343</v>
-      </c>
-[...1 lines deleted...]
-        <v>340</v>
       </c>
       <c r="C505" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="506">
       <c r="A506" s="0" t="s">
         <v>344</v>
       </c>
       <c r="B506" s="0" t="s">
         <v>345</v>
       </c>
       <c r="C506" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="507">
       <c r="A507" s="0" t="s">
         <v>346</v>
       </c>
       <c r="B507" s="0" t="s">
-        <v>347</v>
+        <v>343</v>
       </c>
       <c r="C507" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="508">
       <c r="A508" s="0" t="s">
+        <v>347</v>
+      </c>
+      <c r="B508" s="0" t="s">
         <v>348</v>
-      </c>
-[...1 lines deleted...]
-        <v>345</v>
       </c>
       <c r="C508" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="509">
       <c r="A509" s="0" t="s">
         <v>349</v>
       </c>
       <c r="B509" s="0" t="s">
         <v>350</v>
       </c>
       <c r="C509" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="510">
       <c r="A510" s="0" t="s">
         <v>351</v>
       </c>
       <c r="B510" s="0" t="s">
-        <v>352</v>
+        <v>348</v>
       </c>
       <c r="C510" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="511">
       <c r="A511" s="0" t="s">
-        <v>353</v>
+        <v>352</v>
       </c>
       <c r="B511" s="0" t="s">
-        <v>350</v>
+        <v>348</v>
       </c>
       <c r="C511" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="512">
       <c r="A512" s="0" t="s">
+        <v>353</v>
+      </c>
+      <c r="B512" s="0" t="s">
         <v>354</v>
-      </c>
-[...1 lines deleted...]
-        <v>355</v>
       </c>
       <c r="C512" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="513">
       <c r="A513" s="0" t="s">
+        <v>355</v>
+      </c>
+      <c r="B513" s="0" t="s">
         <v>356</v>
-      </c>
-[...1 lines deleted...]
-        <v>357</v>
       </c>
       <c r="C513" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="514">
       <c r="A514" s="0" t="s">
-        <v>358</v>
+        <v>357</v>
       </c>
       <c r="B514" s="0" t="s">
-        <v>355</v>
+        <v>207</v>
       </c>
       <c r="C514" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="515">
       <c r="A515" s="0" t="s">
+        <v>358</v>
+      </c>
+      <c r="B515" s="0" t="s">
         <v>359</v>
-      </c>
-[...1 lines deleted...]
-        <v>355</v>
       </c>
       <c r="C515" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="516">
       <c r="A516" s="0" t="s">
         <v>360</v>
       </c>
       <c r="B516" s="0" t="s">
-        <v>361</v>
+        <v>207</v>
       </c>
       <c r="C516" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="517">
       <c r="A517" s="0" t="s">
+        <v>361</v>
+      </c>
+      <c r="B517" s="0" t="s">
         <v>362</v>
-      </c>
-[...1 lines deleted...]
-        <v>363</v>
       </c>
       <c r="C517" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="518">
       <c r="A518" s="0" t="s">
+        <v>363</v>
+      </c>
+      <c r="B518" s="0" t="s">
         <v>364</v>
-      </c>
-[...1 lines deleted...]
-        <v>207</v>
       </c>
       <c r="C518" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="519">
       <c r="A519" s="0" t="s">
         <v>365</v>
       </c>
       <c r="B519" s="0" t="s">
         <v>366</v>
       </c>
       <c r="C519" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="520">
       <c r="A520" s="0" t="s">
         <v>367</v>
       </c>
       <c r="B520" s="0" t="s">
-        <v>207</v>
+        <v>368</v>
       </c>
       <c r="C520" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="521">
       <c r="A521" s="0" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
       <c r="B521" s="0" t="s">
-        <v>369</v>
+        <v>366</v>
       </c>
       <c r="C521" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="522">
       <c r="A522" s="0" t="s">
         <v>370</v>
       </c>
       <c r="B522" s="0" t="s">
         <v>371</v>
       </c>
       <c r="C522" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="523">
       <c r="A523" s="0" t="s">
         <v>372</v>
       </c>
       <c r="B523" s="0" t="s">
-        <v>373</v>
+        <v>366</v>
       </c>
       <c r="C523" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="524">
       <c r="A524" s="0" t="s">
-        <v>374</v>
+        <v>373</v>
       </c>
       <c r="B524" s="0" t="s">
-        <v>371</v>
+        <v>366</v>
       </c>
       <c r="C524" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="525">
       <c r="A525" s="0" t="s">
+        <v>374</v>
+      </c>
+      <c r="B525" s="0" t="s">
         <v>375</v>
-      </c>
-[...1 lines deleted...]
-        <v>371</v>
       </c>
       <c r="C525" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="526">
       <c r="A526" s="0" t="s">
         <v>376</v>
       </c>
       <c r="B526" s="0" t="s">
         <v>377</v>
       </c>
       <c r="C526" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="527">
       <c r="A527" s="0" t="s">
         <v>378</v>
       </c>
       <c r="B527" s="0" t="s">
         <v>379</v>
       </c>
       <c r="C527" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="528">
       <c r="A528" s="0" t="s">
         <v>380</v>
       </c>
       <c r="B528" s="0" t="s">
-        <v>381</v>
+        <v>377</v>
       </c>
       <c r="C528" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="529">
       <c r="A529" s="0" t="s">
-        <v>382</v>
+        <v>381</v>
       </c>
       <c r="B529" s="0" t="s">
-        <v>379</v>
+        <v>377</v>
       </c>
       <c r="C529" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="530">
       <c r="A530" s="0" t="s">
-        <v>383</v>
+        <v>382</v>
       </c>
       <c r="B530" s="0" t="s">
-        <v>384</v>
+        <v>379</v>
       </c>
       <c r="C530" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="531">
       <c r="A531" s="0" t="s">
-        <v>385</v>
+        <v>383</v>
       </c>
       <c r="B531" s="0" t="s">
-        <v>379</v>
+        <v>377</v>
       </c>
       <c r="C531" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="532">
       <c r="A532" s="0" t="s">
-        <v>386</v>
+        <v>384</v>
       </c>
       <c r="B532" s="0" t="s">
-        <v>379</v>
+        <v>385</v>
       </c>
       <c r="C532" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="533">
       <c r="A533" s="0" t="s">
+        <v>386</v>
+      </c>
+      <c r="B533" s="0" t="s">
         <v>387</v>
-      </c>
-[...1 lines deleted...]
-        <v>388</v>
       </c>
       <c r="C533" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="534">
       <c r="A534" s="0" t="s">
+        <v>388</v>
+      </c>
+      <c r="B534" s="0" t="s">
         <v>389</v>
-      </c>
-[...1 lines deleted...]
-        <v>390</v>
       </c>
       <c r="C534" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="535">
       <c r="A535" s="0" t="s">
+        <v>390</v>
+      </c>
+      <c r="B535" s="0" t="s">
         <v>391</v>
-      </c>
-[...1 lines deleted...]
-        <v>392</v>
       </c>
       <c r="C535" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="536">
       <c r="A536" s="0" t="s">
+        <v>392</v>
+      </c>
+      <c r="B536" s="0" t="s">
         <v>393</v>
-      </c>
-[...1 lines deleted...]
-        <v>390</v>
       </c>
       <c r="C536" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="537">
       <c r="A537" s="0" t="s">
         <v>394</v>
       </c>
       <c r="B537" s="0" t="s">
-        <v>390</v>
+        <v>395</v>
       </c>
       <c r="C537" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="538">
       <c r="A538" s="0" t="s">
-        <v>395</v>
+        <v>396</v>
       </c>
       <c r="B538" s="0" t="s">
-        <v>392</v>
+        <v>397</v>
       </c>
       <c r="C538" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="539">
       <c r="A539" s="0" t="s">
-        <v>396</v>
+        <v>398</v>
       </c>
       <c r="B539" s="0" t="s">
-        <v>390</v>
+        <v>399</v>
       </c>
       <c r="C539" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="540">
       <c r="A540" s="0" t="s">
-        <v>397</v>
+        <v>400</v>
       </c>
       <c r="B540" s="0" t="s">
-        <v>398</v>
+        <v>401</v>
       </c>
       <c r="C540" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="541">
       <c r="A541" s="0" t="s">
+        <v>402</v>
+      </c>
+      <c r="B541" s="0" t="s">
         <v>399</v>
-      </c>
-[...1 lines deleted...]
-        <v>400</v>
       </c>
       <c r="C541" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="542">
       <c r="A542" s="0" t="s">
+        <v>403</v>
+      </c>
+      <c r="B542" s="0" t="s">
         <v>401</v>
-      </c>
-[...1 lines deleted...]
-        <v>402</v>
       </c>
       <c r="C542" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="543">
       <c r="A543" s="0" t="s">
-        <v>403</v>
+        <v>404</v>
       </c>
       <c r="B543" s="0" t="s">
-        <v>400</v>
+        <v>405</v>
       </c>
       <c r="C543" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="544">
       <c r="A544" s="0" t="s">
-        <v>404</v>
+        <v>406</v>
       </c>
       <c r="B544" s="0" t="s">
-        <v>405</v>
+        <v>407</v>
       </c>
       <c r="C544" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="545">
       <c r="A545" s="0" t="s">
-        <v>406</v>
+        <v>408</v>
       </c>
       <c r="B545" s="0" t="s">
-        <v>407</v>
+        <v>409</v>
       </c>
       <c r="C545" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="546">
       <c r="A546" s="0" t="s">
-        <v>408</v>
+        <v>410</v>
       </c>
       <c r="B546" s="0" t="s">
-        <v>409</v>
+        <v>411</v>
       </c>
       <c r="C546" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="547">
       <c r="A547" s="0" t="s">
-        <v>410</v>
+        <v>412</v>
       </c>
       <c r="B547" s="0" t="s">
-        <v>411</v>
+        <v>413</v>
       </c>
       <c r="C547" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="548">
       <c r="A548" s="0" t="s">
-        <v>412</v>
+        <v>414</v>
       </c>
       <c r="B548" s="0" t="s">
-        <v>413</v>
+        <v>415</v>
       </c>
       <c r="C548" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="549">
       <c r="A549" s="0" t="s">
-        <v>414</v>
+        <v>416</v>
       </c>
       <c r="B549" s="0" t="s">
-        <v>415</v>
+        <v>413</v>
       </c>
       <c r="C549" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="550">
       <c r="A550" s="0" t="s">
-        <v>416</v>
+        <v>417</v>
       </c>
       <c r="B550" s="0" t="s">
-        <v>417</v>
+        <v>413</v>
       </c>
       <c r="C550" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="551">
       <c r="A551" s="0" t="s">
         <v>418</v>
       </c>
       <c r="B551" s="0" t="s">
         <v>419</v>
       </c>
       <c r="C551" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="552">
       <c r="A552" s="0" t="s">
         <v>420</v>
       </c>
       <c r="B552" s="0" t="s">
         <v>421</v>
       </c>
       <c r="C552" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="553">
       <c r="A553" s="0" t="s">
         <v>422</v>
       </c>
       <c r="B553" s="0" t="s">
         <v>419</v>
       </c>
       <c r="C553" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="554">
       <c r="A554" s="0" t="s">
         <v>423</v>
       </c>
       <c r="B554" s="0" t="s">
-        <v>421</v>
+        <v>424</v>
       </c>
       <c r="C554" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="555">
       <c r="A555" s="0" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
       <c r="B555" s="0" t="s">
-        <v>425</v>
+        <v>426</v>
       </c>
       <c r="C555" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="556">
       <c r="A556" s="0" t="s">
-        <v>426</v>
+        <v>427</v>
       </c>
       <c r="B556" s="0" t="s">
-        <v>427</v>
+        <v>428</v>
       </c>
       <c r="C556" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="557">
       <c r="A557" s="0" t="s">
-        <v>428</v>
+        <v>429</v>
       </c>
       <c r="B557" s="0" t="s">
-        <v>429</v>
+        <v>426</v>
       </c>
       <c r="C557" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="558">
       <c r="A558" s="0" t="s">
         <v>317</v>
       </c>
       <c r="B558" s="0" t="s">
         <v>318</v>
       </c>
       <c r="C558" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="559">
       <c r="A559" s="0" t="s">
         <v>319</v>
       </c>
       <c r="B559" s="0" t="s">
         <v>320</v>
       </c>
       <c r="C559" s="0" t="s">
         <v>5</v>
@@ -7677,799 +7677,799 @@
         <v>337</v>
       </c>
       <c r="B568" s="0" t="s">
         <v>338</v>
       </c>
       <c r="C568" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="569">
       <c r="A569" s="0" t="s">
         <v>339</v>
       </c>
       <c r="B569" s="0" t="s">
         <v>340</v>
       </c>
       <c r="C569" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="570">
       <c r="A570" s="0" t="s">
         <v>341</v>
       </c>
       <c r="B570" s="0" t="s">
-        <v>342</v>
+        <v>338</v>
       </c>
       <c r="C570" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="571">
       <c r="A571" s="0" t="s">
+        <v>342</v>
+      </c>
+      <c r="B571" s="0" t="s">
         <v>343</v>
-      </c>
-[...1 lines deleted...]
-        <v>340</v>
       </c>
       <c r="C571" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="572">
       <c r="A572" s="0" t="s">
         <v>344</v>
       </c>
       <c r="B572" s="0" t="s">
         <v>345</v>
       </c>
       <c r="C572" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="573">
       <c r="A573" s="0" t="s">
         <v>346</v>
       </c>
       <c r="B573" s="0" t="s">
-        <v>347</v>
+        <v>343</v>
       </c>
       <c r="C573" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="574">
       <c r="A574" s="0" t="s">
+        <v>347</v>
+      </c>
+      <c r="B574" s="0" t="s">
         <v>348</v>
-      </c>
-[...1 lines deleted...]
-        <v>345</v>
       </c>
       <c r="C574" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="575">
       <c r="A575" s="0" t="s">
         <v>349</v>
       </c>
       <c r="B575" s="0" t="s">
         <v>350</v>
       </c>
       <c r="C575" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="576">
       <c r="A576" s="0" t="s">
         <v>351</v>
       </c>
       <c r="B576" s="0" t="s">
-        <v>352</v>
+        <v>348</v>
       </c>
       <c r="C576" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="577">
       <c r="A577" s="0" t="s">
-        <v>353</v>
+        <v>352</v>
       </c>
       <c r="B577" s="0" t="s">
-        <v>350</v>
+        <v>348</v>
       </c>
       <c r="C577" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="578">
       <c r="A578" s="0" t="s">
+        <v>353</v>
+      </c>
+      <c r="B578" s="0" t="s">
         <v>354</v>
-      </c>
-[...1 lines deleted...]
-        <v>355</v>
       </c>
       <c r="C578" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="579">
       <c r="A579" s="0" t="s">
+        <v>355</v>
+      </c>
+      <c r="B579" s="0" t="s">
         <v>356</v>
-      </c>
-[...1 lines deleted...]
-        <v>357</v>
       </c>
       <c r="C579" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="580">
       <c r="A580" s="0" t="s">
-        <v>358</v>
+        <v>357</v>
       </c>
       <c r="B580" s="0" t="s">
-        <v>355</v>
+        <v>207</v>
       </c>
       <c r="C580" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="581">
       <c r="A581" s="0" t="s">
+        <v>358</v>
+      </c>
+      <c r="B581" s="0" t="s">
         <v>359</v>
-      </c>
-[...1 lines deleted...]
-        <v>355</v>
       </c>
       <c r="C581" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="582">
       <c r="A582" s="0" t="s">
         <v>360</v>
       </c>
       <c r="B582" s="0" t="s">
-        <v>361</v>
+        <v>207</v>
       </c>
       <c r="C582" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="583">
       <c r="A583" s="0" t="s">
+        <v>361</v>
+      </c>
+      <c r="B583" s="0" t="s">
         <v>362</v>
-      </c>
-[...1 lines deleted...]
-        <v>363</v>
       </c>
       <c r="C583" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="584">
       <c r="A584" s="0" t="s">
+        <v>363</v>
+      </c>
+      <c r="B584" s="0" t="s">
         <v>364</v>
-      </c>
-[...1 lines deleted...]
-        <v>207</v>
       </c>
       <c r="C584" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="585">
       <c r="A585" s="0" t="s">
         <v>365</v>
       </c>
       <c r="B585" s="0" t="s">
         <v>366</v>
       </c>
       <c r="C585" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="586">
       <c r="A586" s="0" t="s">
         <v>367</v>
       </c>
       <c r="B586" s="0" t="s">
-        <v>207</v>
+        <v>368</v>
       </c>
       <c r="C586" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="587">
       <c r="A587" s="0" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
       <c r="B587" s="0" t="s">
-        <v>369</v>
+        <v>366</v>
       </c>
       <c r="C587" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="588">
       <c r="A588" s="0" t="s">
         <v>370</v>
       </c>
       <c r="B588" s="0" t="s">
         <v>371</v>
       </c>
       <c r="C588" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="589">
       <c r="A589" s="0" t="s">
         <v>372</v>
       </c>
       <c r="B589" s="0" t="s">
-        <v>373</v>
+        <v>366</v>
       </c>
       <c r="C589" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="590">
       <c r="A590" s="0" t="s">
-        <v>374</v>
+        <v>373</v>
       </c>
       <c r="B590" s="0" t="s">
-        <v>371</v>
+        <v>366</v>
       </c>
       <c r="C590" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="591">
       <c r="A591" s="0" t="s">
+        <v>374</v>
+      </c>
+      <c r="B591" s="0" t="s">
         <v>375</v>
-      </c>
-[...1 lines deleted...]
-        <v>371</v>
       </c>
       <c r="C591" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="592">
       <c r="A592" s="0" t="s">
         <v>376</v>
       </c>
       <c r="B592" s="0" t="s">
         <v>377</v>
       </c>
       <c r="C592" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="593">
       <c r="A593" s="0" t="s">
         <v>378</v>
       </c>
       <c r="B593" s="0" t="s">
         <v>379</v>
       </c>
       <c r="C593" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="594">
       <c r="A594" s="0" t="s">
         <v>380</v>
       </c>
       <c r="B594" s="0" t="s">
-        <v>381</v>
+        <v>377</v>
       </c>
       <c r="C594" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="595">
       <c r="A595" s="0" t="s">
-        <v>382</v>
+        <v>381</v>
       </c>
       <c r="B595" s="0" t="s">
-        <v>379</v>
+        <v>377</v>
       </c>
       <c r="C595" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="596">
       <c r="A596" s="0" t="s">
-        <v>383</v>
+        <v>382</v>
       </c>
       <c r="B596" s="0" t="s">
-        <v>384</v>
+        <v>379</v>
       </c>
       <c r="C596" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="597">
       <c r="A597" s="0" t="s">
-        <v>385</v>
+        <v>383</v>
       </c>
       <c r="B597" s="0" t="s">
-        <v>379</v>
+        <v>377</v>
       </c>
       <c r="C597" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="598">
       <c r="A598" s="0" t="s">
-        <v>386</v>
+        <v>384</v>
       </c>
       <c r="B598" s="0" t="s">
-        <v>379</v>
+        <v>385</v>
       </c>
       <c r="C598" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="599">
       <c r="A599" s="0" t="s">
+        <v>386</v>
+      </c>
+      <c r="B599" s="0" t="s">
         <v>387</v>
-      </c>
-[...1 lines deleted...]
-        <v>388</v>
       </c>
       <c r="C599" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="600">
       <c r="A600" s="0" t="s">
+        <v>388</v>
+      </c>
+      <c r="B600" s="0" t="s">
         <v>389</v>
-      </c>
-[...1 lines deleted...]
-        <v>390</v>
       </c>
       <c r="C600" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="601">
       <c r="A601" s="0" t="s">
+        <v>390</v>
+      </c>
+      <c r="B601" s="0" t="s">
         <v>391</v>
-      </c>
-[...1 lines deleted...]
-        <v>392</v>
       </c>
       <c r="C601" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="602">
       <c r="A602" s="0" t="s">
+        <v>392</v>
+      </c>
+      <c r="B602" s="0" t="s">
         <v>393</v>
-      </c>
-[...1 lines deleted...]
-        <v>390</v>
       </c>
       <c r="C602" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="603">
       <c r="A603" s="0" t="s">
         <v>394</v>
       </c>
       <c r="B603" s="0" t="s">
-        <v>390</v>
+        <v>395</v>
       </c>
       <c r="C603" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="604">
       <c r="A604" s="0" t="s">
-        <v>395</v>
+        <v>396</v>
       </c>
       <c r="B604" s="0" t="s">
-        <v>392</v>
+        <v>397</v>
       </c>
       <c r="C604" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="605">
       <c r="A605" s="0" t="s">
-        <v>396</v>
+        <v>398</v>
       </c>
       <c r="B605" s="0" t="s">
-        <v>390</v>
+        <v>399</v>
       </c>
       <c r="C605" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="606">
       <c r="A606" s="0" t="s">
-        <v>397</v>
+        <v>400</v>
       </c>
       <c r="B606" s="0" t="s">
-        <v>398</v>
+        <v>401</v>
       </c>
       <c r="C606" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="607">
       <c r="A607" s="0" t="s">
+        <v>402</v>
+      </c>
+      <c r="B607" s="0" t="s">
         <v>399</v>
-      </c>
-[...1 lines deleted...]
-        <v>400</v>
       </c>
       <c r="C607" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="608">
       <c r="A608" s="0" t="s">
+        <v>403</v>
+      </c>
+      <c r="B608" s="0" t="s">
         <v>401</v>
-      </c>
-[...1 lines deleted...]
-        <v>402</v>
       </c>
       <c r="C608" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="609">
       <c r="A609" s="0" t="s">
-        <v>403</v>
+        <v>404</v>
       </c>
       <c r="B609" s="0" t="s">
-        <v>400</v>
+        <v>405</v>
       </c>
       <c r="C609" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="610">
       <c r="A610" s="0" t="s">
-        <v>404</v>
+        <v>406</v>
       </c>
       <c r="B610" s="0" t="s">
-        <v>405</v>
+        <v>407</v>
       </c>
       <c r="C610" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="611">
       <c r="A611" s="0" t="s">
-        <v>406</v>
+        <v>408</v>
       </c>
       <c r="B611" s="0" t="s">
-        <v>407</v>
+        <v>409</v>
       </c>
       <c r="C611" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="612">
       <c r="A612" s="0" t="s">
-        <v>408</v>
+        <v>410</v>
       </c>
       <c r="B612" s="0" t="s">
-        <v>409</v>
+        <v>411</v>
       </c>
       <c r="C612" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="613">
       <c r="A613" s="0" t="s">
-        <v>410</v>
+        <v>412</v>
       </c>
       <c r="B613" s="0" t="s">
-        <v>411</v>
+        <v>413</v>
       </c>
       <c r="C613" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="614">
       <c r="A614" s="0" t="s">
-        <v>412</v>
+        <v>414</v>
       </c>
       <c r="B614" s="0" t="s">
-        <v>413</v>
+        <v>415</v>
       </c>
       <c r="C614" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="615">
       <c r="A615" s="0" t="s">
-        <v>414</v>
+        <v>416</v>
       </c>
       <c r="B615" s="0" t="s">
-        <v>415</v>
+        <v>413</v>
       </c>
       <c r="C615" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="616">
       <c r="A616" s="0" t="s">
-        <v>416</v>
+        <v>417</v>
       </c>
       <c r="B616" s="0" t="s">
-        <v>417</v>
+        <v>413</v>
       </c>
       <c r="C616" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="617">
       <c r="A617" s="0" t="s">
         <v>418</v>
       </c>
       <c r="B617" s="0" t="s">
         <v>419</v>
       </c>
       <c r="C617" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="618">
       <c r="A618" s="0" t="s">
         <v>420</v>
       </c>
       <c r="B618" s="0" t="s">
         <v>421</v>
       </c>
       <c r="C618" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="619">
       <c r="A619" s="0" t="s">
         <v>422</v>
       </c>
       <c r="B619" s="0" t="s">
         <v>419</v>
       </c>
       <c r="C619" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="620">
       <c r="A620" s="0" t="s">
         <v>423</v>
       </c>
       <c r="B620" s="0" t="s">
-        <v>421</v>
+        <v>424</v>
       </c>
       <c r="C620" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="621">
       <c r="A621" s="0" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
       <c r="B621" s="0" t="s">
-        <v>425</v>
+        <v>426</v>
       </c>
       <c r="C621" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="622">
       <c r="A622" s="0" t="s">
-        <v>426</v>
+        <v>427</v>
       </c>
       <c r="B622" s="0" t="s">
-        <v>427</v>
+        <v>428</v>
       </c>
       <c r="C622" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="623">
       <c r="A623" s="0" t="s">
-        <v>428</v>
+        <v>429</v>
       </c>
       <c r="B623" s="0" t="s">
-        <v>429</v>
+        <v>426</v>
       </c>
       <c r="C623" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="624">
       <c r="A624" s="0" t="s">
-        <v>157</v>
+        <v>153</v>
       </c>
       <c r="B624" s="0" t="s">
-        <v>158</v>
+        <v>154</v>
       </c>
       <c r="C624" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="625">
       <c r="A625" s="0" t="s">
-        <v>159</v>
+        <v>430</v>
       </c>
       <c r="B625" s="0" t="s">
-        <v>158</v>
+        <v>431</v>
       </c>
       <c r="C625" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="626">
       <c r="A626" s="0" t="s">
-        <v>430</v>
+        <v>432</v>
       </c>
       <c r="B626" s="0" t="s">
-        <v>431</v>
+        <v>433</v>
       </c>
       <c r="C626" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="627">
       <c r="A627" s="0" t="s">
-        <v>432</v>
+        <v>434</v>
       </c>
       <c r="B627" s="0" t="s">
-        <v>431</v>
+        <v>433</v>
       </c>
       <c r="C627" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="628">
       <c r="A628" s="0" t="s">
-        <v>433</v>
+        <v>159</v>
       </c>
       <c r="B628" s="0" t="s">
-        <v>434</v>
+        <v>154</v>
       </c>
       <c r="C628" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="629">
       <c r="A629" s="0" t="s">
-        <v>157</v>
+        <v>153</v>
       </c>
       <c r="B629" s="0" t="s">
-        <v>158</v>
+        <v>154</v>
       </c>
       <c r="C629" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="630">
       <c r="A630" s="0" t="s">
-        <v>159</v>
+        <v>430</v>
       </c>
       <c r="B630" s="0" t="s">
-        <v>158</v>
+        <v>431</v>
       </c>
       <c r="C630" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="631">
       <c r="A631" s="0" t="s">
-        <v>430</v>
+        <v>432</v>
       </c>
       <c r="B631" s="0" t="s">
-        <v>431</v>
+        <v>433</v>
       </c>
       <c r="C631" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="632">
       <c r="A632" s="0" t="s">
-        <v>432</v>
+        <v>434</v>
       </c>
       <c r="B632" s="0" t="s">
-        <v>431</v>
+        <v>433</v>
       </c>
       <c r="C632" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="633">
       <c r="A633" s="0" t="s">
-        <v>433</v>
+        <v>159</v>
       </c>
       <c r="B633" s="0" t="s">
-        <v>434</v>
+        <v>154</v>
       </c>
       <c r="C633" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="634">
       <c r="A634" s="0" t="s">
-        <v>157</v>
+        <v>153</v>
       </c>
       <c r="B634" s="0" t="s">
-        <v>158</v>
+        <v>154</v>
       </c>
       <c r="C634" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="635">
       <c r="A635" s="0" t="s">
-        <v>159</v>
+        <v>430</v>
       </c>
       <c r="B635" s="0" t="s">
-        <v>158</v>
+        <v>431</v>
       </c>
       <c r="C635" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="636">
       <c r="A636" s="0" t="s">
-        <v>430</v>
+        <v>432</v>
       </c>
       <c r="B636" s="0" t="s">
-        <v>431</v>
+        <v>433</v>
       </c>
       <c r="C636" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="637">
       <c r="A637" s="0" t="s">
-        <v>432</v>
+        <v>434</v>
       </c>
       <c r="B637" s="0" t="s">
-        <v>431</v>
+        <v>433</v>
       </c>
       <c r="C637" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="638">
       <c r="A638" s="0" t="s">
-        <v>433</v>
+        <v>159</v>
       </c>
       <c r="B638" s="0" t="s">
-        <v>434</v>
+        <v>154</v>
       </c>
       <c r="C638" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="639">
       <c r="A639" s="0" t="s">
         <v>317</v>
       </c>
       <c r="B639" s="0" t="s">
         <v>318</v>
       </c>
       <c r="C639" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="640">
       <c r="A640" s="0" t="s">
         <v>319</v>
       </c>
       <c r="B640" s="0" t="s">
         <v>320</v>
       </c>
       <c r="C640" s="0" t="s">
         <v>5</v>
@@ -8568,645 +8568,645 @@
         <v>337</v>
       </c>
       <c r="B649" s="0" t="s">
         <v>338</v>
       </c>
       <c r="C649" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="650">
       <c r="A650" s="0" t="s">
         <v>339</v>
       </c>
       <c r="B650" s="0" t="s">
         <v>340</v>
       </c>
       <c r="C650" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="651">
       <c r="A651" s="0" t="s">
         <v>341</v>
       </c>
       <c r="B651" s="0" t="s">
-        <v>342</v>
+        <v>338</v>
       </c>
       <c r="C651" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="652">
       <c r="A652" s="0" t="s">
+        <v>342</v>
+      </c>
+      <c r="B652" s="0" t="s">
         <v>343</v>
-      </c>
-[...1 lines deleted...]
-        <v>340</v>
       </c>
       <c r="C652" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="653">
       <c r="A653" s="0" t="s">
         <v>344</v>
       </c>
       <c r="B653" s="0" t="s">
         <v>345</v>
       </c>
       <c r="C653" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="654">
       <c r="A654" s="0" t="s">
         <v>346</v>
       </c>
       <c r="B654" s="0" t="s">
-        <v>347</v>
+        <v>343</v>
       </c>
       <c r="C654" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="655">
       <c r="A655" s="0" t="s">
+        <v>347</v>
+      </c>
+      <c r="B655" s="0" t="s">
         <v>348</v>
-      </c>
-[...1 lines deleted...]
-        <v>345</v>
       </c>
       <c r="C655" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="656">
       <c r="A656" s="0" t="s">
         <v>349</v>
       </c>
       <c r="B656" s="0" t="s">
         <v>350</v>
       </c>
       <c r="C656" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="657">
       <c r="A657" s="0" t="s">
         <v>351</v>
       </c>
       <c r="B657" s="0" t="s">
-        <v>352</v>
+        <v>348</v>
       </c>
       <c r="C657" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="658">
       <c r="A658" s="0" t="s">
-        <v>353</v>
+        <v>352</v>
       </c>
       <c r="B658" s="0" t="s">
-        <v>350</v>
+        <v>348</v>
       </c>
       <c r="C658" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="659">
       <c r="A659" s="0" t="s">
+        <v>353</v>
+      </c>
+      <c r="B659" s="0" t="s">
         <v>354</v>
-      </c>
-[...1 lines deleted...]
-        <v>355</v>
       </c>
       <c r="C659" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="660">
       <c r="A660" s="0" t="s">
+        <v>355</v>
+      </c>
+      <c r="B660" s="0" t="s">
         <v>356</v>
-      </c>
-[...1 lines deleted...]
-        <v>357</v>
       </c>
       <c r="C660" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="661">
       <c r="A661" s="0" t="s">
-        <v>358</v>
+        <v>357</v>
       </c>
       <c r="B661" s="0" t="s">
-        <v>355</v>
+        <v>207</v>
       </c>
       <c r="C661" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="662">
       <c r="A662" s="0" t="s">
+        <v>358</v>
+      </c>
+      <c r="B662" s="0" t="s">
         <v>359</v>
-      </c>
-[...1 lines deleted...]
-        <v>355</v>
       </c>
       <c r="C662" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="663">
       <c r="A663" s="0" t="s">
         <v>360</v>
       </c>
       <c r="B663" s="0" t="s">
-        <v>361</v>
+        <v>207</v>
       </c>
       <c r="C663" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="664">
       <c r="A664" s="0" t="s">
-        <v>362</v>
+        <v>206</v>
       </c>
       <c r="B664" s="0" t="s">
-        <v>363</v>
+        <v>207</v>
       </c>
       <c r="C664" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="665">
       <c r="A665" s="0" t="s">
-        <v>364</v>
+        <v>361</v>
       </c>
       <c r="B665" s="0" t="s">
-        <v>207</v>
+        <v>362</v>
       </c>
       <c r="C665" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="666">
       <c r="A666" s="0" t="s">
-        <v>365</v>
+        <v>363</v>
       </c>
       <c r="B666" s="0" t="s">
-        <v>366</v>
+        <v>364</v>
       </c>
       <c r="C666" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="667">
       <c r="A667" s="0" t="s">
-        <v>367</v>
+        <v>365</v>
       </c>
       <c r="B667" s="0" t="s">
-        <v>207</v>
+        <v>366</v>
       </c>
       <c r="C667" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="668">
       <c r="A668" s="0" t="s">
-        <v>206</v>
+        <v>367</v>
       </c>
       <c r="B668" s="0" t="s">
-        <v>207</v>
+        <v>368</v>
       </c>
       <c r="C668" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="669">
       <c r="A669" s="0" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
       <c r="B669" s="0" t="s">
-        <v>369</v>
+        <v>366</v>
       </c>
       <c r="C669" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="670">
       <c r="A670" s="0" t="s">
         <v>370</v>
       </c>
       <c r="B670" s="0" t="s">
         <v>371</v>
       </c>
       <c r="C670" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="671">
       <c r="A671" s="0" t="s">
         <v>372</v>
       </c>
       <c r="B671" s="0" t="s">
-        <v>373</v>
+        <v>366</v>
       </c>
       <c r="C671" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="672">
       <c r="A672" s="0" t="s">
-        <v>374</v>
+        <v>373</v>
       </c>
       <c r="B672" s="0" t="s">
-        <v>371</v>
+        <v>366</v>
       </c>
       <c r="C672" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="673">
       <c r="A673" s="0" t="s">
+        <v>374</v>
+      </c>
+      <c r="B673" s="0" t="s">
         <v>375</v>
-      </c>
-[...1 lines deleted...]
-        <v>371</v>
       </c>
       <c r="C673" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="674">
       <c r="A674" s="0" t="s">
         <v>376</v>
       </c>
       <c r="B674" s="0" t="s">
         <v>377</v>
       </c>
       <c r="C674" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="675">
       <c r="A675" s="0" t="s">
         <v>378</v>
       </c>
       <c r="B675" s="0" t="s">
         <v>379</v>
       </c>
       <c r="C675" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="676">
       <c r="A676" s="0" t="s">
         <v>380</v>
       </c>
       <c r="B676" s="0" t="s">
-        <v>381</v>
+        <v>377</v>
       </c>
       <c r="C676" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="677">
       <c r="A677" s="0" t="s">
-        <v>382</v>
+        <v>381</v>
       </c>
       <c r="B677" s="0" t="s">
-        <v>379</v>
+        <v>377</v>
       </c>
       <c r="C677" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="678">
       <c r="A678" s="0" t="s">
-        <v>383</v>
+        <v>382</v>
       </c>
       <c r="B678" s="0" t="s">
-        <v>384</v>
+        <v>379</v>
       </c>
       <c r="C678" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="679">
       <c r="A679" s="0" t="s">
-        <v>385</v>
+        <v>383</v>
       </c>
       <c r="B679" s="0" t="s">
-        <v>379</v>
+        <v>377</v>
       </c>
       <c r="C679" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="680">
       <c r="A680" s="0" t="s">
-        <v>386</v>
+        <v>384</v>
       </c>
       <c r="B680" s="0" t="s">
-        <v>379</v>
+        <v>385</v>
       </c>
       <c r="C680" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="681">
       <c r="A681" s="0" t="s">
+        <v>386</v>
+      </c>
+      <c r="B681" s="0" t="s">
         <v>387</v>
-      </c>
-[...1 lines deleted...]
-        <v>388</v>
       </c>
       <c r="C681" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="682">
       <c r="A682" s="0" t="s">
+        <v>388</v>
+      </c>
+      <c r="B682" s="0" t="s">
         <v>389</v>
-      </c>
-[...1 lines deleted...]
-        <v>390</v>
       </c>
       <c r="C682" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="683">
       <c r="A683" s="0" t="s">
+        <v>390</v>
+      </c>
+      <c r="B683" s="0" t="s">
         <v>391</v>
-      </c>
-[...1 lines deleted...]
-        <v>392</v>
       </c>
       <c r="C683" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="684">
       <c r="A684" s="0" t="s">
+        <v>392</v>
+      </c>
+      <c r="B684" s="0" t="s">
         <v>393</v>
-      </c>
-[...1 lines deleted...]
-        <v>390</v>
       </c>
       <c r="C684" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="685">
       <c r="A685" s="0" t="s">
         <v>394</v>
       </c>
       <c r="B685" s="0" t="s">
-        <v>390</v>
+        <v>395</v>
       </c>
       <c r="C685" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="686">
       <c r="A686" s="0" t="s">
-        <v>395</v>
+        <v>396</v>
       </c>
       <c r="B686" s="0" t="s">
-        <v>392</v>
+        <v>397</v>
       </c>
       <c r="C686" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="687">
       <c r="A687" s="0" t="s">
-        <v>396</v>
+        <v>398</v>
       </c>
       <c r="B687" s="0" t="s">
-        <v>390</v>
+        <v>399</v>
       </c>
       <c r="C687" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="688">
       <c r="A688" s="0" t="s">
-        <v>397</v>
+        <v>400</v>
       </c>
       <c r="B688" s="0" t="s">
-        <v>398</v>
+        <v>401</v>
       </c>
       <c r="C688" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="689">
       <c r="A689" s="0" t="s">
+        <v>402</v>
+      </c>
+      <c r="B689" s="0" t="s">
         <v>399</v>
-      </c>
-[...1 lines deleted...]
-        <v>400</v>
       </c>
       <c r="C689" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="690">
       <c r="A690" s="0" t="s">
+        <v>403</v>
+      </c>
+      <c r="B690" s="0" t="s">
         <v>401</v>
-      </c>
-[...1 lines deleted...]
-        <v>402</v>
       </c>
       <c r="C690" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="691">
       <c r="A691" s="0" t="s">
-        <v>403</v>
+        <v>404</v>
       </c>
       <c r="B691" s="0" t="s">
-        <v>400</v>
+        <v>405</v>
       </c>
       <c r="C691" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="692">
       <c r="A692" s="0" t="s">
-        <v>404</v>
+        <v>406</v>
       </c>
       <c r="B692" s="0" t="s">
-        <v>405</v>
+        <v>407</v>
       </c>
       <c r="C692" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="693">
       <c r="A693" s="0" t="s">
-        <v>406</v>
+        <v>408</v>
       </c>
       <c r="B693" s="0" t="s">
-        <v>407</v>
+        <v>409</v>
       </c>
       <c r="C693" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="694">
       <c r="A694" s="0" t="s">
-        <v>408</v>
+        <v>410</v>
       </c>
       <c r="B694" s="0" t="s">
-        <v>409</v>
+        <v>411</v>
       </c>
       <c r="C694" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="695">
       <c r="A695" s="0" t="s">
-        <v>410</v>
+        <v>412</v>
       </c>
       <c r="B695" s="0" t="s">
-        <v>411</v>
+        <v>413</v>
       </c>
       <c r="C695" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="696">
       <c r="A696" s="0" t="s">
-        <v>412</v>
+        <v>414</v>
       </c>
       <c r="B696" s="0" t="s">
-        <v>413</v>
+        <v>415</v>
       </c>
       <c r="C696" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="697">
       <c r="A697" s="0" t="s">
-        <v>414</v>
+        <v>416</v>
       </c>
       <c r="B697" s="0" t="s">
-        <v>415</v>
+        <v>413</v>
       </c>
       <c r="C697" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="698">
       <c r="A698" s="0" t="s">
-        <v>416</v>
+        <v>417</v>
       </c>
       <c r="B698" s="0" t="s">
-        <v>417</v>
+        <v>413</v>
       </c>
       <c r="C698" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="699">
       <c r="A699" s="0" t="s">
         <v>418</v>
       </c>
       <c r="B699" s="0" t="s">
         <v>419</v>
       </c>
       <c r="C699" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="700">
       <c r="A700" s="0" t="s">
         <v>420</v>
       </c>
       <c r="B700" s="0" t="s">
         <v>421</v>
       </c>
       <c r="C700" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="701">
       <c r="A701" s="0" t="s">
         <v>422</v>
       </c>
       <c r="B701" s="0" t="s">
         <v>419</v>
       </c>
       <c r="C701" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="702">
       <c r="A702" s="0" t="s">
         <v>423</v>
       </c>
       <c r="B702" s="0" t="s">
-        <v>421</v>
+        <v>424</v>
       </c>
       <c r="C702" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="703">
       <c r="A703" s="0" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
       <c r="B703" s="0" t="s">
-        <v>425</v>
+        <v>426</v>
       </c>
       <c r="C703" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="704">
       <c r="A704" s="0" t="s">
-        <v>426</v>
+        <v>427</v>
       </c>
       <c r="B704" s="0" t="s">
-        <v>427</v>
+        <v>428</v>
       </c>
       <c r="C704" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="705">
       <c r="A705" s="0" t="s">
-        <v>428</v>
+        <v>429</v>
       </c>
       <c r="B705" s="0" t="s">
-        <v>429</v>
+        <v>426</v>
       </c>
       <c r="C705" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="706">
       <c r="A706" s="0" t="s">
         <v>317</v>
       </c>
       <c r="B706" s="0" t="s">
         <v>318</v>
       </c>
       <c r="C706" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="707">
       <c r="A707" s="0" t="s">
         <v>319</v>
       </c>
       <c r="B707" s="0" t="s">
         <v>320</v>
       </c>
       <c r="C707" s="0" t="s">
         <v>5</v>
@@ -9305,931 +9305,931 @@
         <v>337</v>
       </c>
       <c r="B716" s="0" t="s">
         <v>338</v>
       </c>
       <c r="C716" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="717">
       <c r="A717" s="0" t="s">
         <v>339</v>
       </c>
       <c r="B717" s="0" t="s">
         <v>340</v>
       </c>
       <c r="C717" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="718">
       <c r="A718" s="0" t="s">
         <v>341</v>
       </c>
       <c r="B718" s="0" t="s">
-        <v>342</v>
+        <v>338</v>
       </c>
       <c r="C718" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="719">
       <c r="A719" s="0" t="s">
+        <v>342</v>
+      </c>
+      <c r="B719" s="0" t="s">
         <v>343</v>
-      </c>
-[...1 lines deleted...]
-        <v>340</v>
       </c>
       <c r="C719" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="720">
       <c r="A720" s="0" t="s">
         <v>344</v>
       </c>
       <c r="B720" s="0" t="s">
         <v>345</v>
       </c>
       <c r="C720" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="721">
       <c r="A721" s="0" t="s">
         <v>346</v>
       </c>
       <c r="B721" s="0" t="s">
-        <v>347</v>
+        <v>343</v>
       </c>
       <c r="C721" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="722">
       <c r="A722" s="0" t="s">
+        <v>347</v>
+      </c>
+      <c r="B722" s="0" t="s">
         <v>348</v>
-      </c>
-[...1 lines deleted...]
-        <v>345</v>
       </c>
       <c r="C722" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="723">
       <c r="A723" s="0" t="s">
         <v>349</v>
       </c>
       <c r="B723" s="0" t="s">
         <v>350</v>
       </c>
       <c r="C723" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="724">
       <c r="A724" s="0" t="s">
         <v>351</v>
       </c>
       <c r="B724" s="0" t="s">
-        <v>352</v>
+        <v>348</v>
       </c>
       <c r="C724" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="725">
       <c r="A725" s="0" t="s">
-        <v>353</v>
+        <v>352</v>
       </c>
       <c r="B725" s="0" t="s">
-        <v>350</v>
+        <v>348</v>
       </c>
       <c r="C725" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="726">
       <c r="A726" s="0" t="s">
+        <v>353</v>
+      </c>
+      <c r="B726" s="0" t="s">
         <v>354</v>
-      </c>
-[...1 lines deleted...]
-        <v>355</v>
       </c>
       <c r="C726" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="727">
       <c r="A727" s="0" t="s">
+        <v>355</v>
+      </c>
+      <c r="B727" s="0" t="s">
         <v>356</v>
-      </c>
-[...1 lines deleted...]
-        <v>357</v>
       </c>
       <c r="C727" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="728">
       <c r="A728" s="0" t="s">
-        <v>358</v>
+        <v>357</v>
       </c>
       <c r="B728" s="0" t="s">
-        <v>355</v>
+        <v>207</v>
       </c>
       <c r="C728" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="729">
       <c r="A729" s="0" t="s">
+        <v>358</v>
+      </c>
+      <c r="B729" s="0" t="s">
         <v>359</v>
-      </c>
-[...1 lines deleted...]
-        <v>355</v>
       </c>
       <c r="C729" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="730">
       <c r="A730" s="0" t="s">
         <v>360</v>
       </c>
       <c r="B730" s="0" t="s">
-        <v>361</v>
+        <v>207</v>
       </c>
       <c r="C730" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="731">
       <c r="A731" s="0" t="s">
-        <v>362</v>
+        <v>206</v>
       </c>
       <c r="B731" s="0" t="s">
-        <v>363</v>
+        <v>207</v>
       </c>
       <c r="C731" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="732">
       <c r="A732" s="0" t="s">
-        <v>364</v>
+        <v>361</v>
       </c>
       <c r="B732" s="0" t="s">
-        <v>207</v>
+        <v>362</v>
       </c>
       <c r="C732" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="733">
       <c r="A733" s="0" t="s">
-        <v>365</v>
+        <v>363</v>
       </c>
       <c r="B733" s="0" t="s">
-        <v>366</v>
+        <v>364</v>
       </c>
       <c r="C733" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="734">
       <c r="A734" s="0" t="s">
-        <v>367</v>
+        <v>365</v>
       </c>
       <c r="B734" s="0" t="s">
-        <v>207</v>
+        <v>366</v>
       </c>
       <c r="C734" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="735">
       <c r="A735" s="0" t="s">
-        <v>206</v>
+        <v>367</v>
       </c>
       <c r="B735" s="0" t="s">
-        <v>207</v>
+        <v>368</v>
       </c>
       <c r="C735" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="736">
       <c r="A736" s="0" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
       <c r="B736" s="0" t="s">
-        <v>369</v>
+        <v>366</v>
       </c>
       <c r="C736" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="737">
       <c r="A737" s="0" t="s">
         <v>370</v>
       </c>
       <c r="B737" s="0" t="s">
         <v>371</v>
       </c>
       <c r="C737" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="738">
       <c r="A738" s="0" t="s">
         <v>372</v>
       </c>
       <c r="B738" s="0" t="s">
-        <v>373</v>
+        <v>366</v>
       </c>
       <c r="C738" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="739">
       <c r="A739" s="0" t="s">
-        <v>374</v>
+        <v>373</v>
       </c>
       <c r="B739" s="0" t="s">
-        <v>371</v>
+        <v>366</v>
       </c>
       <c r="C739" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="740">
       <c r="A740" s="0" t="s">
+        <v>374</v>
+      </c>
+      <c r="B740" s="0" t="s">
         <v>375</v>
-      </c>
-[...1 lines deleted...]
-        <v>371</v>
       </c>
       <c r="C740" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="741">
       <c r="A741" s="0" t="s">
         <v>376</v>
       </c>
       <c r="B741" s="0" t="s">
         <v>377</v>
       </c>
       <c r="C741" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="742">
       <c r="A742" s="0" t="s">
         <v>378</v>
       </c>
       <c r="B742" s="0" t="s">
         <v>379</v>
       </c>
       <c r="C742" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="743">
       <c r="A743" s="0" t="s">
         <v>380</v>
       </c>
       <c r="B743" s="0" t="s">
-        <v>381</v>
+        <v>377</v>
       </c>
       <c r="C743" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="744">
       <c r="A744" s="0" t="s">
-        <v>382</v>
+        <v>381</v>
       </c>
       <c r="B744" s="0" t="s">
-        <v>379</v>
+        <v>377</v>
       </c>
       <c r="C744" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="745">
       <c r="A745" s="0" t="s">
-        <v>383</v>
+        <v>382</v>
       </c>
       <c r="B745" s="0" t="s">
-        <v>384</v>
+        <v>379</v>
       </c>
       <c r="C745" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="746">
       <c r="A746" s="0" t="s">
-        <v>385</v>
+        <v>383</v>
       </c>
       <c r="B746" s="0" t="s">
-        <v>379</v>
+        <v>377</v>
       </c>
       <c r="C746" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="747">
       <c r="A747" s="0" t="s">
-        <v>386</v>
+        <v>384</v>
       </c>
       <c r="B747" s="0" t="s">
-        <v>379</v>
+        <v>385</v>
       </c>
       <c r="C747" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="748">
       <c r="A748" s="0" t="s">
+        <v>386</v>
+      </c>
+      <c r="B748" s="0" t="s">
         <v>387</v>
-      </c>
-[...1 lines deleted...]
-        <v>388</v>
       </c>
       <c r="C748" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="749">
       <c r="A749" s="0" t="s">
+        <v>388</v>
+      </c>
+      <c r="B749" s="0" t="s">
         <v>389</v>
-      </c>
-[...1 lines deleted...]
-        <v>390</v>
       </c>
       <c r="C749" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="750">
       <c r="A750" s="0" t="s">
+        <v>390</v>
+      </c>
+      <c r="B750" s="0" t="s">
         <v>391</v>
-      </c>
-[...1 lines deleted...]
-        <v>392</v>
       </c>
       <c r="C750" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="751">
       <c r="A751" s="0" t="s">
+        <v>392</v>
+      </c>
+      <c r="B751" s="0" t="s">
         <v>393</v>
-      </c>
-[...1 lines deleted...]
-        <v>390</v>
       </c>
       <c r="C751" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="752">
       <c r="A752" s="0" t="s">
         <v>394</v>
       </c>
       <c r="B752" s="0" t="s">
-        <v>390</v>
+        <v>395</v>
       </c>
       <c r="C752" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="753">
       <c r="A753" s="0" t="s">
-        <v>395</v>
+        <v>396</v>
       </c>
       <c r="B753" s="0" t="s">
-        <v>392</v>
+        <v>397</v>
       </c>
       <c r="C753" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="754">
       <c r="A754" s="0" t="s">
-        <v>396</v>
+        <v>398</v>
       </c>
       <c r="B754" s="0" t="s">
-        <v>390</v>
+        <v>399</v>
       </c>
       <c r="C754" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="755">
       <c r="A755" s="0" t="s">
-        <v>397</v>
+        <v>400</v>
       </c>
       <c r="B755" s="0" t="s">
-        <v>398</v>
+        <v>401</v>
       </c>
       <c r="C755" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="756">
       <c r="A756" s="0" t="s">
+        <v>402</v>
+      </c>
+      <c r="B756" s="0" t="s">
         <v>399</v>
-      </c>
-[...1 lines deleted...]
-        <v>400</v>
       </c>
       <c r="C756" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="757">
       <c r="A757" s="0" t="s">
+        <v>403</v>
+      </c>
+      <c r="B757" s="0" t="s">
         <v>401</v>
-      </c>
-[...1 lines deleted...]
-        <v>402</v>
       </c>
       <c r="C757" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="758">
       <c r="A758" s="0" t="s">
-        <v>403</v>
+        <v>404</v>
       </c>
       <c r="B758" s="0" t="s">
-        <v>400</v>
+        <v>405</v>
       </c>
       <c r="C758" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="759">
       <c r="A759" s="0" t="s">
-        <v>404</v>
+        <v>406</v>
       </c>
       <c r="B759" s="0" t="s">
-        <v>405</v>
+        <v>407</v>
       </c>
       <c r="C759" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="760">
       <c r="A760" s="0" t="s">
-        <v>406</v>
+        <v>408</v>
       </c>
       <c r="B760" s="0" t="s">
-        <v>407</v>
+        <v>409</v>
       </c>
       <c r="C760" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="761">
       <c r="A761" s="0" t="s">
-        <v>408</v>
+        <v>410</v>
       </c>
       <c r="B761" s="0" t="s">
-        <v>409</v>
+        <v>411</v>
       </c>
       <c r="C761" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="762">
       <c r="A762" s="0" t="s">
-        <v>410</v>
+        <v>412</v>
       </c>
       <c r="B762" s="0" t="s">
-        <v>411</v>
+        <v>413</v>
       </c>
       <c r="C762" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="763">
       <c r="A763" s="0" t="s">
-        <v>412</v>
+        <v>414</v>
       </c>
       <c r="B763" s="0" t="s">
-        <v>413</v>
+        <v>415</v>
       </c>
       <c r="C763" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="764">
       <c r="A764" s="0" t="s">
-        <v>414</v>
+        <v>416</v>
       </c>
       <c r="B764" s="0" t="s">
-        <v>415</v>
+        <v>413</v>
       </c>
       <c r="C764" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="765">
       <c r="A765" s="0" t="s">
-        <v>416</v>
+        <v>417</v>
       </c>
       <c r="B765" s="0" t="s">
-        <v>417</v>
+        <v>413</v>
       </c>
       <c r="C765" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="766">
       <c r="A766" s="0" t="s">
         <v>418</v>
       </c>
       <c r="B766" s="0" t="s">
         <v>419</v>
       </c>
       <c r="C766" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="767">
       <c r="A767" s="0" t="s">
         <v>420</v>
       </c>
       <c r="B767" s="0" t="s">
         <v>421</v>
       </c>
       <c r="C767" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="768">
       <c r="A768" s="0" t="s">
         <v>422</v>
       </c>
       <c r="B768" s="0" t="s">
         <v>419</v>
       </c>
       <c r="C768" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="769">
       <c r="A769" s="0" t="s">
         <v>423</v>
       </c>
       <c r="B769" s="0" t="s">
-        <v>421</v>
+        <v>424</v>
       </c>
       <c r="C769" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="770">
       <c r="A770" s="0" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
       <c r="B770" s="0" t="s">
-        <v>425</v>
+        <v>426</v>
       </c>
       <c r="C770" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="771">
       <c r="A771" s="0" t="s">
-        <v>426</v>
+        <v>427</v>
       </c>
       <c r="B771" s="0" t="s">
-        <v>427</v>
+        <v>428</v>
       </c>
       <c r="C771" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="772">
       <c r="A772" s="0" t="s">
-        <v>428</v>
+        <v>429</v>
       </c>
       <c r="B772" s="0" t="s">
-        <v>429</v>
+        <v>426</v>
       </c>
       <c r="C772" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="773">
       <c r="A773" s="0" t="s">
         <v>430</v>
       </c>
       <c r="B773" s="0" t="s">
         <v>431</v>
       </c>
       <c r="C773" s="0" t="s">
         <v>435</v>
       </c>
     </row>
     <row r="774">
       <c r="A774" s="0" t="s">
         <v>432</v>
       </c>
       <c r="B774" s="0" t="s">
-        <v>431</v>
+        <v>433</v>
       </c>
       <c r="C774" s="0" t="s">
         <v>435</v>
       </c>
     </row>
     <row r="775">
       <c r="A775" s="0" t="s">
+        <v>434</v>
+      </c>
+      <c r="B775" s="0" t="s">
         <v>433</v>
-      </c>
-[...1 lines deleted...]
-        <v>434</v>
       </c>
       <c r="C775" s="0" t="s">
         <v>435</v>
       </c>
     </row>
     <row r="776">
       <c r="A776" s="0" t="s">
         <v>430</v>
       </c>
       <c r="B776" s="0" t="s">
         <v>431</v>
       </c>
       <c r="C776" s="0" t="s">
         <v>436</v>
       </c>
     </row>
     <row r="777">
       <c r="A777" s="0" t="s">
         <v>432</v>
       </c>
       <c r="B777" s="0" t="s">
-        <v>431</v>
+        <v>433</v>
       </c>
       <c r="C777" s="0" t="s">
         <v>436</v>
       </c>
     </row>
     <row r="778">
       <c r="A778" s="0" t="s">
+        <v>434</v>
+      </c>
+      <c r="B778" s="0" t="s">
         <v>433</v>
-      </c>
-[...1 lines deleted...]
-        <v>434</v>
       </c>
       <c r="C778" s="0" t="s">
         <v>436</v>
       </c>
     </row>
     <row r="779">
       <c r="A779" s="0" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="B779" s="0" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="C779" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="780">
       <c r="A780" s="0" t="s">
-        <v>32</v>
+        <v>30</v>
       </c>
       <c r="B780" s="0" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="C780" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="781">
       <c r="A781" s="0" t="s">
         <v>162</v>
       </c>
       <c r="B781" s="0" t="s">
         <v>163</v>
       </c>
       <c r="C781" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="782">
       <c r="A782" s="0" t="s">
-        <v>34</v>
+        <v>32</v>
       </c>
       <c r="B782" s="0" t="s">
-        <v>35</v>
+        <v>33</v>
       </c>
       <c r="C782" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="783">
       <c r="A783" s="0" t="s">
-        <v>36</v>
+        <v>34</v>
       </c>
       <c r="B783" s="0" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="C783" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="784">
       <c r="A784" s="0" t="s">
         <v>164</v>
       </c>
       <c r="B784" s="0" t="s">
         <v>165</v>
       </c>
       <c r="C784" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="785">
       <c r="A785" s="0" t="s">
-        <v>38</v>
+        <v>36</v>
       </c>
       <c r="B785" s="0" t="s">
-        <v>39</v>
+        <v>37</v>
       </c>
       <c r="C785" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="786">
       <c r="A786" s="0" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="B786" s="0" t="s">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="C786" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="787">
       <c r="A787" s="0" t="s">
         <v>166</v>
       </c>
       <c r="B787" s="0" t="s">
         <v>167</v>
       </c>
       <c r="C787" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="788">
       <c r="A788" s="0" t="s">
         <v>168</v>
       </c>
       <c r="B788" s="0" t="s">
         <v>169</v>
       </c>
       <c r="C788" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="789">
       <c r="A789" s="0" t="s">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="B789" s="0" t="s">
-        <v>43</v>
+        <v>41</v>
       </c>
       <c r="C789" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="790">
       <c r="A790" s="0" t="s">
         <v>170</v>
       </c>
       <c r="B790" s="0" t="s">
         <v>171</v>
       </c>
       <c r="C790" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="791">
       <c r="A791" s="0" t="s">
         <v>172</v>
       </c>
       <c r="B791" s="0" t="s">
         <v>173</v>
       </c>
       <c r="C791" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="792">
       <c r="A792" s="0" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="B792" s="0" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="C792" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="793">
       <c r="A793" s="0" t="s">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="B793" s="0" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
       <c r="C793" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="794">
       <c r="A794" s="0" t="s">
         <v>174</v>
       </c>
       <c r="B794" s="0" t="s">
         <v>175</v>
       </c>
       <c r="C794" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="795">
       <c r="A795" s="0" t="s">
         <v>176</v>
       </c>
       <c r="B795" s="0" t="s">
         <v>177</v>
       </c>
       <c r="C795" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="796">
       <c r="A796" s="0" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="B796" s="0" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="C796" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="797">
       <c r="A797" s="0" t="s">
         <v>178</v>
       </c>
       <c r="B797" s="0" t="s">
         <v>179</v>
       </c>
       <c r="C797" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="798">
       <c r="A798" s="0" t="s">
-        <v>50</v>
+        <v>48</v>
       </c>
       <c r="B798" s="0" t="s">
-        <v>51</v>
+        <v>49</v>
       </c>
       <c r="C798" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="799">
       <c r="A799" s="0" t="s">
         <v>180</v>
       </c>
       <c r="B799" s="0" t="s">
         <v>181</v>
       </c>
       <c r="C799" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="800">
       <c r="A800" s="0" t="s">
         <v>182</v>
       </c>
       <c r="B800" s="0" t="s">
         <v>183</v>
       </c>
       <c r="C800" s="0" t="s">
         <v>5</v>
@@ -10237,54 +10237,54 @@
     </row>
     <row r="801">
       <c r="A801" s="0" t="s">
         <v>184</v>
       </c>
       <c r="B801" s="0" t="s">
         <v>185</v>
       </c>
       <c r="C801" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="802">
       <c r="A802" s="0" t="s">
         <v>186</v>
       </c>
       <c r="B802" s="0" t="s">
         <v>187</v>
       </c>
       <c r="C802" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="803">
       <c r="A803" s="0" t="s">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="B803" s="0" t="s">
-        <v>53</v>
+        <v>51</v>
       </c>
       <c r="C803" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="804">
       <c r="A804" s="0" t="s">
         <v>188</v>
       </c>
       <c r="B804" s="0" t="s">
         <v>189</v>
       </c>
       <c r="C804" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="805">
       <c r="A805" s="0" t="s">
         <v>190</v>
       </c>
       <c r="B805" s="0" t="s">
         <v>189</v>
       </c>
       <c r="C805" s="0" t="s">
         <v>5</v>
@@ -10303,54 +10303,54 @@
     </row>
     <row r="807">
       <c r="A807" s="0" t="s">
         <v>193</v>
       </c>
       <c r="B807" s="0" t="s">
         <v>194</v>
       </c>
       <c r="C807" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="808">
       <c r="A808" s="0" t="s">
         <v>195</v>
       </c>
       <c r="B808" s="0" t="s">
         <v>196</v>
       </c>
       <c r="C808" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="809">
       <c r="A809" s="0" t="s">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="B809" s="0" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="C809" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="810">
       <c r="A810" s="0" t="s">
         <v>197</v>
       </c>
       <c r="B810" s="0" t="s">
         <v>198</v>
       </c>
       <c r="C810" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="811">
       <c r="A811" s="0" t="s">
         <v>199</v>
       </c>
       <c r="B811" s="0" t="s">
         <v>200</v>
       </c>
       <c r="C811" s="0" t="s">
         <v>5</v>
@@ -10479,87 +10479,87 @@
     </row>
     <row r="823">
       <c r="A823" s="0" t="s">
         <v>437</v>
       </c>
       <c r="B823" s="0" t="s">
         <v>438</v>
       </c>
       <c r="C823" s="0" t="s">
         <v>440</v>
       </c>
     </row>
     <row r="824">
       <c r="A824" s="0" t="s">
         <v>437</v>
       </c>
       <c r="B824" s="0" t="s">
         <v>438</v>
       </c>
       <c r="C824" s="0" t="s">
         <v>441</v>
       </c>
     </row>
     <row r="825">
       <c r="A825" s="0" t="s">
-        <v>60</v>
+        <v>58</v>
       </c>
       <c r="B825" s="0" t="s">
-        <v>61</v>
+        <v>59</v>
       </c>
       <c r="C825" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="826">
       <c r="A826" s="0" t="s">
         <v>208</v>
       </c>
       <c r="B826" s="0" t="s">
         <v>209</v>
       </c>
       <c r="C826" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="827">
       <c r="A827" s="0" t="s">
         <v>210</v>
       </c>
       <c r="B827" s="0" t="s">
         <v>211</v>
       </c>
       <c r="C827" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="828">
       <c r="A828" s="0" t="s">
-        <v>62</v>
+        <v>60</v>
       </c>
       <c r="B828" s="0" t="s">
-        <v>63</v>
+        <v>61</v>
       </c>
       <c r="C828" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="829">
       <c r="A829" s="0" t="s">
         <v>212</v>
       </c>
       <c r="B829" s="0" t="s">
         <v>213</v>
       </c>
       <c r="C829" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="830">
       <c r="A830" s="0" t="s">
         <v>214</v>
       </c>
       <c r="B830" s="0" t="s">
         <v>209</v>
       </c>
       <c r="C830" s="0" t="s">
         <v>5</v>
@@ -10600,54 +10600,54 @@
     </row>
     <row r="834">
       <c r="A834" s="0" t="s">
         <v>221</v>
       </c>
       <c r="B834" s="0" t="s">
         <v>222</v>
       </c>
       <c r="C834" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="835">
       <c r="A835" s="0" t="s">
         <v>223</v>
       </c>
       <c r="B835" s="0" t="s">
         <v>224</v>
       </c>
       <c r="C835" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="836">
       <c r="A836" s="0" t="s">
-        <v>64</v>
+        <v>62</v>
       </c>
       <c r="B836" s="0" t="s">
-        <v>65</v>
+        <v>63</v>
       </c>
       <c r="C836" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="837">
       <c r="A837" s="0" t="s">
         <v>225</v>
       </c>
       <c r="B837" s="0" t="s">
         <v>226</v>
       </c>
       <c r="C837" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="838">
       <c r="A838" s="0" t="s">
         <v>227</v>
       </c>
       <c r="B838" s="0" t="s">
         <v>222</v>
       </c>
       <c r="C838" s="0" t="s">
         <v>5</v>
@@ -10809,54 +10809,54 @@
     </row>
     <row r="853">
       <c r="A853" s="0" t="s">
         <v>252</v>
       </c>
       <c r="B853" s="0" t="s">
         <v>253</v>
       </c>
       <c r="C853" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="854">
       <c r="A854" s="0" t="s">
         <v>254</v>
       </c>
       <c r="B854" s="0" t="s">
         <v>253</v>
       </c>
       <c r="C854" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="855">
       <c r="A855" s="0" t="s">
-        <v>66</v>
+        <v>64</v>
       </c>
       <c r="B855" s="0" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="C855" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="856">
       <c r="A856" s="0" t="s">
         <v>3</v>
       </c>
       <c r="B856" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C856" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="857">
       <c r="A857" s="0" t="s">
         <v>6</v>
       </c>
       <c r="B857" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C857" s="0" t="s">
         <v>5</v>
@@ -11689,956 +11689,956 @@
     </row>
     <row r="933">
       <c r="A933" s="0" t="s">
         <v>93</v>
       </c>
       <c r="B933" s="0" t="s">
         <v>94</v>
       </c>
       <c r="C933" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="934">
       <c r="A934" s="0" t="s">
         <v>95</v>
       </c>
       <c r="B934" s="0" t="s">
         <v>96</v>
       </c>
       <c r="C934" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="935">
       <c r="A935" s="0" t="s">
-        <v>97</v>
+        <v>162</v>
       </c>
       <c r="B935" s="0" t="s">
-        <v>98</v>
+        <v>163</v>
       </c>
       <c r="C935" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="936">
       <c r="A936" s="0" t="s">
-        <v>99</v>
+        <v>164</v>
       </c>
       <c r="B936" s="0" t="s">
-        <v>96</v>
+        <v>165</v>
       </c>
       <c r="C936" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="937">
       <c r="A937" s="0" t="s">
-        <v>100</v>
+        <v>166</v>
       </c>
       <c r="B937" s="0" t="s">
-        <v>101</v>
+        <v>167</v>
       </c>
       <c r="C937" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="938">
       <c r="A938" s="0" t="s">
-        <v>102</v>
+        <v>168</v>
       </c>
       <c r="B938" s="0" t="s">
-        <v>103</v>
+        <v>169</v>
       </c>
       <c r="C938" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="939">
       <c r="A939" s="0" t="s">
-        <v>162</v>
+        <v>170</v>
       </c>
       <c r="B939" s="0" t="s">
-        <v>163</v>
+        <v>171</v>
       </c>
       <c r="C939" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="940">
       <c r="A940" s="0" t="s">
-        <v>164</v>
+        <v>172</v>
       </c>
       <c r="B940" s="0" t="s">
-        <v>165</v>
+        <v>173</v>
       </c>
       <c r="C940" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="941">
       <c r="A941" s="0" t="s">
-        <v>166</v>
+        <v>174</v>
       </c>
       <c r="B941" s="0" t="s">
-        <v>167</v>
+        <v>175</v>
       </c>
       <c r="C941" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="942">
       <c r="A942" s="0" t="s">
-        <v>168</v>
+        <v>176</v>
       </c>
       <c r="B942" s="0" t="s">
-        <v>169</v>
+        <v>177</v>
       </c>
       <c r="C942" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="943">
       <c r="A943" s="0" t="s">
-        <v>170</v>
+        <v>178</v>
       </c>
       <c r="B943" s="0" t="s">
-        <v>171</v>
+        <v>179</v>
       </c>
       <c r="C943" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="944">
       <c r="A944" s="0" t="s">
-        <v>172</v>
+        <v>180</v>
       </c>
       <c r="B944" s="0" t="s">
-        <v>173</v>
+        <v>181</v>
       </c>
       <c r="C944" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="945">
       <c r="A945" s="0" t="s">
-        <v>174</v>
+        <v>182</v>
       </c>
       <c r="B945" s="0" t="s">
-        <v>175</v>
+        <v>183</v>
       </c>
       <c r="C945" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="946">
       <c r="A946" s="0" t="s">
-        <v>176</v>
+        <v>184</v>
       </c>
       <c r="B946" s="0" t="s">
-        <v>177</v>
+        <v>185</v>
       </c>
       <c r="C946" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="947">
       <c r="A947" s="0" t="s">
-        <v>178</v>
+        <v>186</v>
       </c>
       <c r="B947" s="0" t="s">
-        <v>179</v>
+        <v>187</v>
       </c>
       <c r="C947" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="948">
       <c r="A948" s="0" t="s">
-        <v>180</v>
+        <v>188</v>
       </c>
       <c r="B948" s="0" t="s">
-        <v>181</v>
+        <v>189</v>
       </c>
       <c r="C948" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="949">
       <c r="A949" s="0" t="s">
-        <v>182</v>
+        <v>190</v>
       </c>
       <c r="B949" s="0" t="s">
-        <v>183</v>
+        <v>189</v>
       </c>
       <c r="C949" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="950">
       <c r="A950" s="0" t="s">
-        <v>184</v>
+        <v>191</v>
       </c>
       <c r="B950" s="0" t="s">
-        <v>185</v>
+        <v>192</v>
       </c>
       <c r="C950" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="951">
       <c r="A951" s="0" t="s">
-        <v>186</v>
+        <v>193</v>
       </c>
       <c r="B951" s="0" t="s">
-        <v>187</v>
+        <v>194</v>
       </c>
       <c r="C951" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="952">
       <c r="A952" s="0" t="s">
-        <v>188</v>
+        <v>195</v>
       </c>
       <c r="B952" s="0" t="s">
-        <v>189</v>
+        <v>196</v>
       </c>
       <c r="C952" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="953">
       <c r="A953" s="0" t="s">
-        <v>190</v>
+        <v>197</v>
       </c>
       <c r="B953" s="0" t="s">
-        <v>189</v>
+        <v>198</v>
       </c>
       <c r="C953" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="954">
       <c r="A954" s="0" t="s">
-        <v>191</v>
+        <v>199</v>
       </c>
       <c r="B954" s="0" t="s">
-        <v>192</v>
+        <v>200</v>
       </c>
       <c r="C954" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="955">
       <c r="A955" s="0" t="s">
-        <v>193</v>
+        <v>201</v>
       </c>
       <c r="B955" s="0" t="s">
-        <v>194</v>
+        <v>198</v>
       </c>
       <c r="C955" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="956">
       <c r="A956" s="0" t="s">
-        <v>195</v>
+        <v>202</v>
       </c>
       <c r="B956" s="0" t="s">
-        <v>196</v>
+        <v>203</v>
       </c>
       <c r="C956" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="957">
       <c r="A957" s="0" t="s">
-        <v>197</v>
+        <v>204</v>
       </c>
       <c r="B957" s="0" t="s">
-        <v>198</v>
+        <v>205</v>
       </c>
       <c r="C957" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="958">
       <c r="A958" s="0" t="s">
-        <v>199</v>
+        <v>206</v>
       </c>
       <c r="B958" s="0" t="s">
-        <v>200</v>
+        <v>207</v>
       </c>
       <c r="C958" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="959">
       <c r="A959" s="0" t="s">
-        <v>201</v>
+        <v>97</v>
       </c>
       <c r="B959" s="0" t="s">
-        <v>198</v>
+        <v>98</v>
       </c>
       <c r="C959" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="960">
       <c r="A960" s="0" t="s">
-        <v>202</v>
+        <v>99</v>
       </c>
       <c r="B960" s="0" t="s">
-        <v>203</v>
+        <v>100</v>
       </c>
       <c r="C960" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="961">
       <c r="A961" s="0" t="s">
-        <v>204</v>
+        <v>101</v>
       </c>
       <c r="B961" s="0" t="s">
-        <v>205</v>
+        <v>98</v>
       </c>
       <c r="C961" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="962">
       <c r="A962" s="0" t="s">
-        <v>206</v>
+        <v>102</v>
       </c>
       <c r="B962" s="0" t="s">
-        <v>207</v>
+        <v>103</v>
       </c>
       <c r="C962" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="963">
       <c r="A963" s="0" t="s">
-        <v>104</v>
+        <v>208</v>
       </c>
       <c r="B963" s="0" t="s">
-        <v>105</v>
+        <v>209</v>
       </c>
       <c r="C963" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="964">
       <c r="A964" s="0" t="s">
-        <v>106</v>
+        <v>210</v>
       </c>
       <c r="B964" s="0" t="s">
-        <v>107</v>
+        <v>211</v>
       </c>
       <c r="C964" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="965">
       <c r="A965" s="0" t="s">
-        <v>108</v>
+        <v>212</v>
       </c>
       <c r="B965" s="0" t="s">
-        <v>105</v>
+        <v>213</v>
       </c>
       <c r="C965" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="966">
       <c r="A966" s="0" t="s">
-        <v>109</v>
+        <v>214</v>
       </c>
       <c r="B966" s="0" t="s">
-        <v>110</v>
+        <v>209</v>
       </c>
       <c r="C966" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="967">
       <c r="A967" s="0" t="s">
-        <v>111</v>
+        <v>215</v>
       </c>
       <c r="B967" s="0" t="s">
-        <v>112</v>
+        <v>216</v>
       </c>
       <c r="C967" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="968">
       <c r="A968" s="0" t="s">
-        <v>113</v>
+        <v>217</v>
       </c>
       <c r="B968" s="0" t="s">
-        <v>114</v>
+        <v>218</v>
       </c>
       <c r="C968" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="969">
       <c r="A969" s="0" t="s">
-        <v>115</v>
+        <v>219</v>
       </c>
       <c r="B969" s="0" t="s">
-        <v>116</v>
+        <v>220</v>
       </c>
       <c r="C969" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="970">
       <c r="A970" s="0" t="s">
-        <v>117</v>
+        <v>221</v>
       </c>
       <c r="B970" s="0" t="s">
-        <v>118</v>
+        <v>222</v>
       </c>
       <c r="C970" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="971">
       <c r="A971" s="0" t="s">
-        <v>119</v>
+        <v>223</v>
       </c>
       <c r="B971" s="0" t="s">
-        <v>120</v>
+        <v>224</v>
       </c>
       <c r="C971" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="972">
       <c r="A972" s="0" t="s">
-        <v>121</v>
+        <v>225</v>
       </c>
       <c r="B972" s="0" t="s">
-        <v>122</v>
+        <v>226</v>
       </c>
       <c r="C972" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="973">
       <c r="A973" s="0" t="s">
-        <v>123</v>
+        <v>227</v>
       </c>
       <c r="B973" s="0" t="s">
-        <v>120</v>
+        <v>222</v>
       </c>
       <c r="C973" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="974">
       <c r="A974" s="0" t="s">
-        <v>124</v>
+        <v>228</v>
       </c>
       <c r="B974" s="0" t="s">
-        <v>125</v>
+        <v>229</v>
       </c>
       <c r="C974" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="975">
       <c r="A975" s="0" t="s">
-        <v>126</v>
+        <v>230</v>
       </c>
       <c r="B975" s="0" t="s">
-        <v>127</v>
+        <v>231</v>
       </c>
       <c r="C975" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="976">
       <c r="A976" s="0" t="s">
-        <v>128</v>
+        <v>232</v>
       </c>
       <c r="B976" s="0" t="s">
-        <v>125</v>
+        <v>229</v>
       </c>
       <c r="C976" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="977">
       <c r="A977" s="0" t="s">
-        <v>129</v>
+        <v>233</v>
       </c>
       <c r="B977" s="0" t="s">
-        <v>127</v>
+        <v>231</v>
       </c>
       <c r="C977" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="978">
       <c r="A978" s="0" t="s">
-        <v>130</v>
+        <v>234</v>
       </c>
       <c r="B978" s="0" t="s">
-        <v>131</v>
+        <v>235</v>
       </c>
       <c r="C978" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="979">
       <c r="A979" s="0" t="s">
-        <v>132</v>
+        <v>236</v>
       </c>
       <c r="B979" s="0" t="s">
-        <v>133</v>
+        <v>237</v>
       </c>
       <c r="C979" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="980">
       <c r="A980" s="0" t="s">
-        <v>134</v>
+        <v>238</v>
       </c>
       <c r="B980" s="0" t="s">
-        <v>135</v>
+        <v>239</v>
       </c>
       <c r="C980" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="981">
       <c r="A981" s="0" t="s">
-        <v>136</v>
+        <v>240</v>
       </c>
       <c r="B981" s="0" t="s">
-        <v>137</v>
+        <v>241</v>
       </c>
       <c r="C981" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="982">
       <c r="A982" s="0" t="s">
-        <v>138</v>
+        <v>242</v>
       </c>
       <c r="B982" s="0" t="s">
-        <v>139</v>
+        <v>243</v>
       </c>
       <c r="C982" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="983">
       <c r="A983" s="0" t="s">
-        <v>140</v>
+        <v>244</v>
       </c>
       <c r="B983" s="0" t="s">
-        <v>137</v>
+        <v>241</v>
       </c>
       <c r="C983" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="984">
       <c r="A984" s="0" t="s">
-        <v>141</v>
+        <v>245</v>
       </c>
       <c r="B984" s="0" t="s">
-        <v>139</v>
+        <v>243</v>
       </c>
       <c r="C984" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="985">
       <c r="A985" s="0" t="s">
-        <v>142</v>
+        <v>246</v>
       </c>
       <c r="B985" s="0" t="s">
-        <v>143</v>
+        <v>247</v>
       </c>
       <c r="C985" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="986">
       <c r="A986" s="0" t="s">
-        <v>144</v>
+        <v>248</v>
       </c>
       <c r="B986" s="0" t="s">
-        <v>145</v>
+        <v>249</v>
       </c>
       <c r="C986" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="987">
       <c r="A987" s="0" t="s">
-        <v>146</v>
+        <v>250</v>
       </c>
       <c r="B987" s="0" t="s">
-        <v>147</v>
+        <v>251</v>
       </c>
       <c r="C987" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="988">
       <c r="A988" s="0" t="s">
-        <v>148</v>
+        <v>252</v>
       </c>
       <c r="B988" s="0" t="s">
-        <v>149</v>
+        <v>253</v>
       </c>
       <c r="C988" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="989">
       <c r="A989" s="0" t="s">
-        <v>150</v>
+        <v>254</v>
       </c>
       <c r="B989" s="0" t="s">
-        <v>151</v>
+        <v>253</v>
       </c>
       <c r="C989" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="990">
       <c r="A990" s="0" t="s">
-        <v>152</v>
+        <v>104</v>
       </c>
       <c r="B990" s="0" t="s">
-        <v>149</v>
+        <v>105</v>
       </c>
       <c r="C990" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="991">
       <c r="A991" s="0" t="s">
-        <v>208</v>
+        <v>106</v>
       </c>
       <c r="B991" s="0" t="s">
-        <v>209</v>
+        <v>107</v>
       </c>
       <c r="C991" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="992">
       <c r="A992" s="0" t="s">
-        <v>210</v>
+        <v>108</v>
       </c>
       <c r="B992" s="0" t="s">
-        <v>211</v>
+        <v>109</v>
       </c>
       <c r="C992" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="993">
       <c r="A993" s="0" t="s">
-        <v>212</v>
+        <v>110</v>
       </c>
       <c r="B993" s="0" t="s">
-        <v>213</v>
+        <v>111</v>
       </c>
       <c r="C993" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="994">
       <c r="A994" s="0" t="s">
-        <v>214</v>
+        <v>112</v>
       </c>
       <c r="B994" s="0" t="s">
-        <v>209</v>
+        <v>113</v>
       </c>
       <c r="C994" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="995">
       <c r="A995" s="0" t="s">
-        <v>215</v>
+        <v>114</v>
       </c>
       <c r="B995" s="0" t="s">
-        <v>216</v>
+        <v>113</v>
       </c>
       <c r="C995" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="996">
       <c r="A996" s="0" t="s">
-        <v>217</v>
+        <v>115</v>
       </c>
       <c r="B996" s="0" t="s">
-        <v>218</v>
+        <v>116</v>
       </c>
       <c r="C996" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="997">
       <c r="A997" s="0" t="s">
-        <v>219</v>
+        <v>117</v>
       </c>
       <c r="B997" s="0" t="s">
-        <v>220</v>
+        <v>118</v>
       </c>
       <c r="C997" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="998">
       <c r="A998" s="0" t="s">
-        <v>221</v>
+        <v>119</v>
       </c>
       <c r="B998" s="0" t="s">
-        <v>222</v>
+        <v>118</v>
       </c>
       <c r="C998" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="999">
       <c r="A999" s="0" t="s">
-        <v>223</v>
+        <v>120</v>
       </c>
       <c r="B999" s="0" t="s">
-        <v>224</v>
+        <v>121</v>
       </c>
       <c r="C999" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1000">
       <c r="A1000" s="0" t="s">
-        <v>225</v>
+        <v>122</v>
       </c>
       <c r="B1000" s="0" t="s">
-        <v>226</v>
+        <v>123</v>
       </c>
       <c r="C1000" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1001">
       <c r="A1001" s="0" t="s">
-        <v>227</v>
+        <v>124</v>
       </c>
       <c r="B1001" s="0" t="s">
-        <v>222</v>
+        <v>121</v>
       </c>
       <c r="C1001" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1002">
       <c r="A1002" s="0" t="s">
-        <v>228</v>
+        <v>125</v>
       </c>
       <c r="B1002" s="0" t="s">
-        <v>229</v>
+        <v>123</v>
       </c>
       <c r="C1002" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1003">
       <c r="A1003" s="0" t="s">
-        <v>230</v>
+        <v>126</v>
       </c>
       <c r="B1003" s="0" t="s">
-        <v>231</v>
+        <v>127</v>
       </c>
       <c r="C1003" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1004">
       <c r="A1004" s="0" t="s">
-        <v>232</v>
+        <v>128</v>
       </c>
       <c r="B1004" s="0" t="s">
-        <v>229</v>
+        <v>129</v>
       </c>
       <c r="C1004" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1005">
       <c r="A1005" s="0" t="s">
-        <v>233</v>
+        <v>130</v>
       </c>
       <c r="B1005" s="0" t="s">
-        <v>231</v>
+        <v>131</v>
       </c>
       <c r="C1005" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1006">
       <c r="A1006" s="0" t="s">
-        <v>234</v>
+        <v>132</v>
       </c>
       <c r="B1006" s="0" t="s">
-        <v>235</v>
+        <v>133</v>
       </c>
       <c r="C1006" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1007">
       <c r="A1007" s="0" t="s">
-        <v>236</v>
+        <v>134</v>
       </c>
       <c r="B1007" s="0" t="s">
-        <v>237</v>
+        <v>135</v>
       </c>
       <c r="C1007" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1008">
       <c r="A1008" s="0" t="s">
-        <v>238</v>
+        <v>136</v>
       </c>
       <c r="B1008" s="0" t="s">
-        <v>239</v>
+        <v>137</v>
       </c>
       <c r="C1008" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1009">
       <c r="A1009" s="0" t="s">
-        <v>240</v>
+        <v>138</v>
       </c>
       <c r="B1009" s="0" t="s">
-        <v>241</v>
+        <v>139</v>
       </c>
       <c r="C1009" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1010">
       <c r="A1010" s="0" t="s">
-        <v>242</v>
+        <v>140</v>
       </c>
       <c r="B1010" s="0" t="s">
-        <v>243</v>
+        <v>137</v>
       </c>
       <c r="C1010" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1011">
       <c r="A1011" s="0" t="s">
-        <v>244</v>
+        <v>141</v>
       </c>
       <c r="B1011" s="0" t="s">
-        <v>241</v>
+        <v>139</v>
       </c>
       <c r="C1011" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1012">
       <c r="A1012" s="0" t="s">
-        <v>245</v>
+        <v>142</v>
       </c>
       <c r="B1012" s="0" t="s">
-        <v>243</v>
+        <v>143</v>
       </c>
       <c r="C1012" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1013">
       <c r="A1013" s="0" t="s">
-        <v>246</v>
+        <v>144</v>
       </c>
       <c r="B1013" s="0" t="s">
-        <v>247</v>
+        <v>145</v>
       </c>
       <c r="C1013" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1014">
       <c r="A1014" s="0" t="s">
-        <v>248</v>
+        <v>146</v>
       </c>
       <c r="B1014" s="0" t="s">
-        <v>249</v>
+        <v>147</v>
       </c>
       <c r="C1014" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1015">
       <c r="A1015" s="0" t="s">
-        <v>250</v>
+        <v>148</v>
       </c>
       <c r="B1015" s="0" t="s">
-        <v>251</v>
+        <v>149</v>
       </c>
       <c r="C1015" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1016">
       <c r="A1016" s="0" t="s">
-        <v>252</v>
+        <v>150</v>
       </c>
       <c r="B1016" s="0" t="s">
-        <v>253</v>
+        <v>151</v>
       </c>
       <c r="C1016" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1017">
       <c r="A1017" s="0" t="s">
-        <v>254</v>
+        <v>152</v>
       </c>
       <c r="B1017" s="0" t="s">
-        <v>253</v>
+        <v>149</v>
       </c>
       <c r="C1017" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1018">
       <c r="A1018" s="0" t="s">
         <v>68</v>
       </c>
       <c r="B1018" s="0" t="s">
         <v>69</v>
       </c>
       <c r="C1018" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1019">
       <c r="A1019" s="0" t="s">
         <v>70</v>
       </c>
       <c r="B1019" s="0" t="s">
         <v>71</v>
       </c>
       <c r="C1019" s="0" t="s">
         <v>5</v>
@@ -12767,1088 +12767,1088 @@
     </row>
     <row r="1031">
       <c r="A1031" s="0" t="s">
         <v>93</v>
       </c>
       <c r="B1031" s="0" t="s">
         <v>94</v>
       </c>
       <c r="C1031" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1032">
       <c r="A1032" s="0" t="s">
         <v>95</v>
       </c>
       <c r="B1032" s="0" t="s">
         <v>96</v>
       </c>
       <c r="C1032" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1033">
       <c r="A1033" s="0" t="s">
-        <v>97</v>
+        <v>162</v>
       </c>
       <c r="B1033" s="0" t="s">
-        <v>98</v>
+        <v>163</v>
       </c>
       <c r="C1033" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1034">
       <c r="A1034" s="0" t="s">
-        <v>99</v>
+        <v>164</v>
       </c>
       <c r="B1034" s="0" t="s">
-        <v>96</v>
+        <v>165</v>
       </c>
       <c r="C1034" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1035">
       <c r="A1035" s="0" t="s">
-        <v>100</v>
+        <v>166</v>
       </c>
       <c r="B1035" s="0" t="s">
-        <v>101</v>
+        <v>167</v>
       </c>
       <c r="C1035" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1036">
       <c r="A1036" s="0" t="s">
-        <v>102</v>
+        <v>168</v>
       </c>
       <c r="B1036" s="0" t="s">
-        <v>103</v>
+        <v>169</v>
       </c>
       <c r="C1036" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1037">
       <c r="A1037" s="0" t="s">
-        <v>162</v>
+        <v>170</v>
       </c>
       <c r="B1037" s="0" t="s">
-        <v>163</v>
+        <v>171</v>
       </c>
       <c r="C1037" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1038">
       <c r="A1038" s="0" t="s">
-        <v>164</v>
+        <v>172</v>
       </c>
       <c r="B1038" s="0" t="s">
-        <v>165</v>
+        <v>173</v>
       </c>
       <c r="C1038" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1039">
       <c r="A1039" s="0" t="s">
-        <v>166</v>
+        <v>174</v>
       </c>
       <c r="B1039" s="0" t="s">
-        <v>167</v>
+        <v>175</v>
       </c>
       <c r="C1039" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1040">
       <c r="A1040" s="0" t="s">
-        <v>168</v>
+        <v>176</v>
       </c>
       <c r="B1040" s="0" t="s">
-        <v>169</v>
+        <v>177</v>
       </c>
       <c r="C1040" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1041">
       <c r="A1041" s="0" t="s">
-        <v>170</v>
+        <v>178</v>
       </c>
       <c r="B1041" s="0" t="s">
-        <v>171</v>
+        <v>179</v>
       </c>
       <c r="C1041" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1042">
       <c r="A1042" s="0" t="s">
-        <v>172</v>
+        <v>180</v>
       </c>
       <c r="B1042" s="0" t="s">
-        <v>173</v>
+        <v>181</v>
       </c>
       <c r="C1042" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1043">
       <c r="A1043" s="0" t="s">
-        <v>174</v>
+        <v>182</v>
       </c>
       <c r="B1043" s="0" t="s">
-        <v>175</v>
+        <v>183</v>
       </c>
       <c r="C1043" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1044">
       <c r="A1044" s="0" t="s">
-        <v>176</v>
+        <v>184</v>
       </c>
       <c r="B1044" s="0" t="s">
-        <v>177</v>
+        <v>185</v>
       </c>
       <c r="C1044" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1045">
       <c r="A1045" s="0" t="s">
-        <v>178</v>
+        <v>186</v>
       </c>
       <c r="B1045" s="0" t="s">
-        <v>179</v>
+        <v>187</v>
       </c>
       <c r="C1045" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1046">
       <c r="A1046" s="0" t="s">
-        <v>180</v>
+        <v>188</v>
       </c>
       <c r="B1046" s="0" t="s">
-        <v>181</v>
+        <v>189</v>
       </c>
       <c r="C1046" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1047">
       <c r="A1047" s="0" t="s">
-        <v>182</v>
+        <v>190</v>
       </c>
       <c r="B1047" s="0" t="s">
-        <v>183</v>
+        <v>189</v>
       </c>
       <c r="C1047" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1048">
       <c r="A1048" s="0" t="s">
-        <v>184</v>
+        <v>191</v>
       </c>
       <c r="B1048" s="0" t="s">
-        <v>185</v>
+        <v>192</v>
       </c>
       <c r="C1048" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1049">
       <c r="A1049" s="0" t="s">
-        <v>186</v>
+        <v>193</v>
       </c>
       <c r="B1049" s="0" t="s">
-        <v>187</v>
+        <v>194</v>
       </c>
       <c r="C1049" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1050">
       <c r="A1050" s="0" t="s">
-        <v>188</v>
+        <v>195</v>
       </c>
       <c r="B1050" s="0" t="s">
-        <v>189</v>
+        <v>196</v>
       </c>
       <c r="C1050" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1051">
       <c r="A1051" s="0" t="s">
-        <v>190</v>
+        <v>197</v>
       </c>
       <c r="B1051" s="0" t="s">
-        <v>189</v>
+        <v>198</v>
       </c>
       <c r="C1051" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1052">
       <c r="A1052" s="0" t="s">
-        <v>191</v>
+        <v>199</v>
       </c>
       <c r="B1052" s="0" t="s">
-        <v>192</v>
+        <v>200</v>
       </c>
       <c r="C1052" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1053">
       <c r="A1053" s="0" t="s">
-        <v>193</v>
+        <v>201</v>
       </c>
       <c r="B1053" s="0" t="s">
-        <v>194</v>
+        <v>198</v>
       </c>
       <c r="C1053" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1054">
       <c r="A1054" s="0" t="s">
-        <v>195</v>
+        <v>202</v>
       </c>
       <c r="B1054" s="0" t="s">
-        <v>196</v>
+        <v>203</v>
       </c>
       <c r="C1054" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1055">
       <c r="A1055" s="0" t="s">
-        <v>197</v>
+        <v>204</v>
       </c>
       <c r="B1055" s="0" t="s">
-        <v>198</v>
+        <v>205</v>
       </c>
       <c r="C1055" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1056">
       <c r="A1056" s="0" t="s">
-        <v>199</v>
+        <v>206</v>
       </c>
       <c r="B1056" s="0" t="s">
-        <v>200</v>
+        <v>207</v>
       </c>
       <c r="C1056" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1057">
       <c r="A1057" s="0" t="s">
-        <v>201</v>
+        <v>97</v>
       </c>
       <c r="B1057" s="0" t="s">
-        <v>198</v>
+        <v>98</v>
       </c>
       <c r="C1057" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1058">
       <c r="A1058" s="0" t="s">
-        <v>202</v>
+        <v>99</v>
       </c>
       <c r="B1058" s="0" t="s">
-        <v>203</v>
+        <v>100</v>
       </c>
       <c r="C1058" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1059">
       <c r="A1059" s="0" t="s">
-        <v>204</v>
+        <v>101</v>
       </c>
       <c r="B1059" s="0" t="s">
-        <v>205</v>
+        <v>98</v>
       </c>
       <c r="C1059" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1060">
       <c r="A1060" s="0" t="s">
-        <v>206</v>
+        <v>102</v>
       </c>
       <c r="B1060" s="0" t="s">
-        <v>207</v>
+        <v>103</v>
       </c>
       <c r="C1060" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1061">
       <c r="A1061" s="0" t="s">
-        <v>104</v>
+        <v>208</v>
       </c>
       <c r="B1061" s="0" t="s">
-        <v>105</v>
+        <v>209</v>
       </c>
       <c r="C1061" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1062">
       <c r="A1062" s="0" t="s">
-        <v>106</v>
+        <v>210</v>
       </c>
       <c r="B1062" s="0" t="s">
-        <v>107</v>
+        <v>211</v>
       </c>
       <c r="C1062" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1063">
       <c r="A1063" s="0" t="s">
-        <v>108</v>
+        <v>212</v>
       </c>
       <c r="B1063" s="0" t="s">
-        <v>105</v>
+        <v>213</v>
       </c>
       <c r="C1063" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1064">
       <c r="A1064" s="0" t="s">
-        <v>109</v>
+        <v>214</v>
       </c>
       <c r="B1064" s="0" t="s">
-        <v>110</v>
+        <v>209</v>
       </c>
       <c r="C1064" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1065">
       <c r="A1065" s="0" t="s">
-        <v>111</v>
+        <v>215</v>
       </c>
       <c r="B1065" s="0" t="s">
-        <v>112</v>
+        <v>216</v>
       </c>
       <c r="C1065" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1066">
       <c r="A1066" s="0" t="s">
-        <v>113</v>
+        <v>217</v>
       </c>
       <c r="B1066" s="0" t="s">
-        <v>114</v>
+        <v>218</v>
       </c>
       <c r="C1066" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1067">
       <c r="A1067" s="0" t="s">
-        <v>115</v>
+        <v>219</v>
       </c>
       <c r="B1067" s="0" t="s">
-        <v>116</v>
+        <v>220</v>
       </c>
       <c r="C1067" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1068">
       <c r="A1068" s="0" t="s">
-        <v>117</v>
+        <v>221</v>
       </c>
       <c r="B1068" s="0" t="s">
-        <v>118</v>
+        <v>222</v>
       </c>
       <c r="C1068" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1069">
       <c r="A1069" s="0" t="s">
-        <v>119</v>
+        <v>223</v>
       </c>
       <c r="B1069" s="0" t="s">
-        <v>120</v>
+        <v>224</v>
       </c>
       <c r="C1069" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1070">
       <c r="A1070" s="0" t="s">
-        <v>121</v>
+        <v>225</v>
       </c>
       <c r="B1070" s="0" t="s">
-        <v>122</v>
+        <v>226</v>
       </c>
       <c r="C1070" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1071">
       <c r="A1071" s="0" t="s">
-        <v>123</v>
+        <v>227</v>
       </c>
       <c r="B1071" s="0" t="s">
-        <v>120</v>
+        <v>222</v>
       </c>
       <c r="C1071" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1072">
       <c r="A1072" s="0" t="s">
-        <v>124</v>
+        <v>228</v>
       </c>
       <c r="B1072" s="0" t="s">
-        <v>125</v>
+        <v>229</v>
       </c>
       <c r="C1072" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1073">
       <c r="A1073" s="0" t="s">
-        <v>126</v>
+        <v>230</v>
       </c>
       <c r="B1073" s="0" t="s">
-        <v>127</v>
+        <v>231</v>
       </c>
       <c r="C1073" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1074">
       <c r="A1074" s="0" t="s">
-        <v>128</v>
+        <v>232</v>
       </c>
       <c r="B1074" s="0" t="s">
-        <v>125</v>
+        <v>229</v>
       </c>
       <c r="C1074" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1075">
       <c r="A1075" s="0" t="s">
-        <v>129</v>
+        <v>233</v>
       </c>
       <c r="B1075" s="0" t="s">
-        <v>127</v>
+        <v>231</v>
       </c>
       <c r="C1075" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1076">
       <c r="A1076" s="0" t="s">
-        <v>130</v>
+        <v>234</v>
       </c>
       <c r="B1076" s="0" t="s">
-        <v>131</v>
+        <v>235</v>
       </c>
       <c r="C1076" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1077">
       <c r="A1077" s="0" t="s">
-        <v>132</v>
+        <v>236</v>
       </c>
       <c r="B1077" s="0" t="s">
-        <v>133</v>
+        <v>237</v>
       </c>
       <c r="C1077" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1078">
       <c r="A1078" s="0" t="s">
-        <v>134</v>
+        <v>238</v>
       </c>
       <c r="B1078" s="0" t="s">
-        <v>135</v>
+        <v>239</v>
       </c>
       <c r="C1078" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1079">
       <c r="A1079" s="0" t="s">
-        <v>136</v>
+        <v>240</v>
       </c>
       <c r="B1079" s="0" t="s">
-        <v>137</v>
+        <v>241</v>
       </c>
       <c r="C1079" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1080">
       <c r="A1080" s="0" t="s">
-        <v>138</v>
+        <v>242</v>
       </c>
       <c r="B1080" s="0" t="s">
-        <v>139</v>
+        <v>243</v>
       </c>
       <c r="C1080" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1081">
       <c r="A1081" s="0" t="s">
-        <v>140</v>
+        <v>244</v>
       </c>
       <c r="B1081" s="0" t="s">
-        <v>137</v>
+        <v>241</v>
       </c>
       <c r="C1081" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1082">
       <c r="A1082" s="0" t="s">
-        <v>141</v>
+        <v>245</v>
       </c>
       <c r="B1082" s="0" t="s">
-        <v>139</v>
+        <v>243</v>
       </c>
       <c r="C1082" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1083">
       <c r="A1083" s="0" t="s">
-        <v>142</v>
+        <v>246</v>
       </c>
       <c r="B1083" s="0" t="s">
-        <v>143</v>
+        <v>247</v>
       </c>
       <c r="C1083" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1084">
       <c r="A1084" s="0" t="s">
-        <v>144</v>
+        <v>248</v>
       </c>
       <c r="B1084" s="0" t="s">
-        <v>145</v>
+        <v>249</v>
       </c>
       <c r="C1084" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1085">
       <c r="A1085" s="0" t="s">
-        <v>146</v>
+        <v>250</v>
       </c>
       <c r="B1085" s="0" t="s">
-        <v>147</v>
+        <v>251</v>
       </c>
       <c r="C1085" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1086">
       <c r="A1086" s="0" t="s">
-        <v>148</v>
+        <v>252</v>
       </c>
       <c r="B1086" s="0" t="s">
-        <v>149</v>
+        <v>253</v>
       </c>
       <c r="C1086" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1087">
       <c r="A1087" s="0" t="s">
-        <v>150</v>
+        <v>254</v>
       </c>
       <c r="B1087" s="0" t="s">
-        <v>151</v>
+        <v>253</v>
       </c>
       <c r="C1087" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1088">
       <c r="A1088" s="0" t="s">
-        <v>152</v>
+        <v>104</v>
       </c>
       <c r="B1088" s="0" t="s">
-        <v>149</v>
+        <v>105</v>
       </c>
       <c r="C1088" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1089">
       <c r="A1089" s="0" t="s">
-        <v>208</v>
+        <v>106</v>
       </c>
       <c r="B1089" s="0" t="s">
-        <v>209</v>
+        <v>107</v>
       </c>
       <c r="C1089" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1090">
       <c r="A1090" s="0" t="s">
-        <v>210</v>
+        <v>108</v>
       </c>
       <c r="B1090" s="0" t="s">
-        <v>211</v>
+        <v>109</v>
       </c>
       <c r="C1090" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1091">
       <c r="A1091" s="0" t="s">
-        <v>212</v>
+        <v>110</v>
       </c>
       <c r="B1091" s="0" t="s">
-        <v>213</v>
+        <v>111</v>
       </c>
       <c r="C1091" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1092">
       <c r="A1092" s="0" t="s">
-        <v>214</v>
+        <v>112</v>
       </c>
       <c r="B1092" s="0" t="s">
-        <v>209</v>
+        <v>113</v>
       </c>
       <c r="C1092" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1093">
       <c r="A1093" s="0" t="s">
-        <v>215</v>
+        <v>114</v>
       </c>
       <c r="B1093" s="0" t="s">
-        <v>216</v>
+        <v>113</v>
       </c>
       <c r="C1093" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1094">
       <c r="A1094" s="0" t="s">
-        <v>217</v>
+        <v>115</v>
       </c>
       <c r="B1094" s="0" t="s">
-        <v>218</v>
+        <v>116</v>
       </c>
       <c r="C1094" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1095">
       <c r="A1095" s="0" t="s">
-        <v>219</v>
+        <v>117</v>
       </c>
       <c r="B1095" s="0" t="s">
-        <v>220</v>
+        <v>118</v>
       </c>
       <c r="C1095" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1096">
       <c r="A1096" s="0" t="s">
-        <v>221</v>
+        <v>119</v>
       </c>
       <c r="B1096" s="0" t="s">
-        <v>222</v>
+        <v>118</v>
       </c>
       <c r="C1096" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1097">
       <c r="A1097" s="0" t="s">
-        <v>223</v>
+        <v>120</v>
       </c>
       <c r="B1097" s="0" t="s">
-        <v>224</v>
+        <v>121</v>
       </c>
       <c r="C1097" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1098">
       <c r="A1098" s="0" t="s">
-        <v>225</v>
+        <v>122</v>
       </c>
       <c r="B1098" s="0" t="s">
-        <v>226</v>
+        <v>123</v>
       </c>
       <c r="C1098" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1099">
       <c r="A1099" s="0" t="s">
-        <v>227</v>
+        <v>124</v>
       </c>
       <c r="B1099" s="0" t="s">
-        <v>222</v>
+        <v>121</v>
       </c>
       <c r="C1099" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1100">
       <c r="A1100" s="0" t="s">
-        <v>228</v>
+        <v>125</v>
       </c>
       <c r="B1100" s="0" t="s">
-        <v>229</v>
+        <v>123</v>
       </c>
       <c r="C1100" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1101">
       <c r="A1101" s="0" t="s">
-        <v>230</v>
+        <v>126</v>
       </c>
       <c r="B1101" s="0" t="s">
-        <v>231</v>
+        <v>127</v>
       </c>
       <c r="C1101" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1102">
       <c r="A1102" s="0" t="s">
-        <v>232</v>
+        <v>128</v>
       </c>
       <c r="B1102" s="0" t="s">
-        <v>229</v>
+        <v>129</v>
       </c>
       <c r="C1102" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1103">
       <c r="A1103" s="0" t="s">
-        <v>233</v>
+        <v>130</v>
       </c>
       <c r="B1103" s="0" t="s">
-        <v>231</v>
+        <v>131</v>
       </c>
       <c r="C1103" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1104">
       <c r="A1104" s="0" t="s">
-        <v>234</v>
+        <v>132</v>
       </c>
       <c r="B1104" s="0" t="s">
-        <v>235</v>
+        <v>133</v>
       </c>
       <c r="C1104" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1105">
       <c r="A1105" s="0" t="s">
-        <v>236</v>
+        <v>134</v>
       </c>
       <c r="B1105" s="0" t="s">
-        <v>237</v>
+        <v>135</v>
       </c>
       <c r="C1105" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1106">
       <c r="A1106" s="0" t="s">
-        <v>238</v>
+        <v>136</v>
       </c>
       <c r="B1106" s="0" t="s">
-        <v>239</v>
+        <v>137</v>
       </c>
       <c r="C1106" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1107">
       <c r="A1107" s="0" t="s">
-        <v>240</v>
+        <v>138</v>
       </c>
       <c r="B1107" s="0" t="s">
-        <v>241</v>
+        <v>139</v>
       </c>
       <c r="C1107" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1108">
       <c r="A1108" s="0" t="s">
-        <v>242</v>
+        <v>140</v>
       </c>
       <c r="B1108" s="0" t="s">
-        <v>243</v>
+        <v>137</v>
       </c>
       <c r="C1108" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1109">
       <c r="A1109" s="0" t="s">
-        <v>244</v>
+        <v>141</v>
       </c>
       <c r="B1109" s="0" t="s">
-        <v>241</v>
+        <v>139</v>
       </c>
       <c r="C1109" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1110">
       <c r="A1110" s="0" t="s">
-        <v>245</v>
+        <v>142</v>
       </c>
       <c r="B1110" s="0" t="s">
-        <v>243</v>
+        <v>143</v>
       </c>
       <c r="C1110" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1111">
       <c r="A1111" s="0" t="s">
-        <v>246</v>
+        <v>144</v>
       </c>
       <c r="B1111" s="0" t="s">
-        <v>247</v>
+        <v>145</v>
       </c>
       <c r="C1111" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1112">
       <c r="A1112" s="0" t="s">
-        <v>248</v>
+        <v>146</v>
       </c>
       <c r="B1112" s="0" t="s">
-        <v>249</v>
+        <v>147</v>
       </c>
       <c r="C1112" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1113">
       <c r="A1113" s="0" t="s">
-        <v>250</v>
+        <v>148</v>
       </c>
       <c r="B1113" s="0" t="s">
-        <v>251</v>
+        <v>149</v>
       </c>
       <c r="C1113" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1114">
       <c r="A1114" s="0" t="s">
-        <v>252</v>
+        <v>150</v>
       </c>
       <c r="B1114" s="0" t="s">
-        <v>253</v>
+        <v>151</v>
       </c>
       <c r="C1114" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1115">
       <c r="A1115" s="0" t="s">
-        <v>254</v>
+        <v>152</v>
       </c>
       <c r="B1115" s="0" t="s">
-        <v>253</v>
+        <v>149</v>
       </c>
       <c r="C1115" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1116">
       <c r="A1116" s="0" t="s">
-        <v>153</v>
+        <v>255</v>
       </c>
       <c r="B1116" s="0" t="s">
-        <v>154</v>
+        <v>256</v>
       </c>
       <c r="C1116" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1117">
       <c r="A1117" s="0" t="s">
-        <v>156</v>
+        <v>257</v>
       </c>
       <c r="B1117" s="0" t="s">
-        <v>154</v>
+        <v>256</v>
       </c>
       <c r="C1117" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1118">
       <c r="A1118" s="0" t="s">
-        <v>255</v>
+        <v>258</v>
       </c>
       <c r="B1118" s="0" t="s">
-        <v>256</v>
+        <v>259</v>
       </c>
       <c r="C1118" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1119">
       <c r="A1119" s="0" t="s">
-        <v>257</v>
+        <v>260</v>
       </c>
       <c r="B1119" s="0" t="s">
-        <v>256</v>
+        <v>259</v>
       </c>
       <c r="C1119" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1120">
       <c r="A1120" s="0" t="s">
-        <v>258</v>
+        <v>156</v>
       </c>
       <c r="B1120" s="0" t="s">
-        <v>259</v>
+        <v>157</v>
       </c>
       <c r="C1120" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1121">
       <c r="A1121" s="0" t="s">
-        <v>260</v>
+        <v>158</v>
       </c>
       <c r="B1121" s="0" t="s">
-        <v>259</v>
+        <v>157</v>
       </c>
       <c r="C1121" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1122">
       <c r="A1122" s="0" t="s">
-        <v>153</v>
+        <v>255</v>
       </c>
       <c r="B1122" s="0" t="s">
-        <v>154</v>
+        <v>256</v>
       </c>
       <c r="C1122" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1123">
       <c r="A1123" s="0" t="s">
-        <v>156</v>
+        <v>257</v>
       </c>
       <c r="B1123" s="0" t="s">
-        <v>154</v>
+        <v>256</v>
       </c>
       <c r="C1123" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1124">
       <c r="A1124" s="0" t="s">
-        <v>255</v>
+        <v>258</v>
       </c>
       <c r="B1124" s="0" t="s">
-        <v>256</v>
+        <v>259</v>
       </c>
       <c r="C1124" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1125">
       <c r="A1125" s="0" t="s">
-        <v>257</v>
+        <v>260</v>
       </c>
       <c r="B1125" s="0" t="s">
-        <v>256</v>
+        <v>259</v>
       </c>
       <c r="C1125" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1126">
       <c r="A1126" s="0" t="s">
-        <v>258</v>
+        <v>156</v>
       </c>
       <c r="B1126" s="0" t="s">
-        <v>259</v>
+        <v>157</v>
       </c>
       <c r="C1126" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1127">
       <c r="A1127" s="0" t="s">
-        <v>260</v>
+        <v>158</v>
       </c>
       <c r="B1127" s="0" t="s">
-        <v>259</v>
+        <v>157</v>
       </c>
       <c r="C1127" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1128">
       <c r="A1128" s="0" t="s">
         <v>160</v>
       </c>
       <c r="B1128" s="0" t="s">
         <v>161</v>
       </c>
       <c r="C1128" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1129">
       <c r="A1129" s="0" t="s">
         <v>261</v>
       </c>
       <c r="B1129" s="0" t="s">
         <v>262</v>
       </c>
       <c r="C1129" s="0" t="s">
         <v>5</v>
@@ -14585,634 +14585,634 @@
         <v>337</v>
       </c>
       <c r="B1196" s="0" t="s">
         <v>338</v>
       </c>
       <c r="C1196" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1197">
       <c r="A1197" s="0" t="s">
         <v>339</v>
       </c>
       <c r="B1197" s="0" t="s">
         <v>340</v>
       </c>
       <c r="C1197" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1198">
       <c r="A1198" s="0" t="s">
         <v>341</v>
       </c>
       <c r="B1198" s="0" t="s">
-        <v>342</v>
+        <v>338</v>
       </c>
       <c r="C1198" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1199">
       <c r="A1199" s="0" t="s">
+        <v>342</v>
+      </c>
+      <c r="B1199" s="0" t="s">
         <v>343</v>
-      </c>
-[...1 lines deleted...]
-        <v>340</v>
       </c>
       <c r="C1199" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1200">
       <c r="A1200" s="0" t="s">
         <v>344</v>
       </c>
       <c r="B1200" s="0" t="s">
         <v>345</v>
       </c>
       <c r="C1200" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1201">
       <c r="A1201" s="0" t="s">
         <v>346</v>
       </c>
       <c r="B1201" s="0" t="s">
-        <v>347</v>
+        <v>343</v>
       </c>
       <c r="C1201" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1202">
       <c r="A1202" s="0" t="s">
+        <v>347</v>
+      </c>
+      <c r="B1202" s="0" t="s">
         <v>348</v>
-      </c>
-[...1 lines deleted...]
-        <v>345</v>
       </c>
       <c r="C1202" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1203">
       <c r="A1203" s="0" t="s">
         <v>349</v>
       </c>
       <c r="B1203" s="0" t="s">
         <v>350</v>
       </c>
       <c r="C1203" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1204">
       <c r="A1204" s="0" t="s">
         <v>351</v>
       </c>
       <c r="B1204" s="0" t="s">
-        <v>352</v>
+        <v>348</v>
       </c>
       <c r="C1204" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1205">
       <c r="A1205" s="0" t="s">
-        <v>353</v>
+        <v>352</v>
       </c>
       <c r="B1205" s="0" t="s">
-        <v>350</v>
+        <v>348</v>
       </c>
       <c r="C1205" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1206">
       <c r="A1206" s="0" t="s">
+        <v>353</v>
+      </c>
+      <c r="B1206" s="0" t="s">
         <v>354</v>
-      </c>
-[...1 lines deleted...]
-        <v>355</v>
       </c>
       <c r="C1206" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1207">
       <c r="A1207" s="0" t="s">
+        <v>355</v>
+      </c>
+      <c r="B1207" s="0" t="s">
         <v>356</v>
-      </c>
-[...1 lines deleted...]
-        <v>357</v>
       </c>
       <c r="C1207" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1208">
       <c r="A1208" s="0" t="s">
-        <v>358</v>
+        <v>357</v>
       </c>
       <c r="B1208" s="0" t="s">
-        <v>355</v>
+        <v>207</v>
       </c>
       <c r="C1208" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1209">
       <c r="A1209" s="0" t="s">
+        <v>358</v>
+      </c>
+      <c r="B1209" s="0" t="s">
         <v>359</v>
-      </c>
-[...1 lines deleted...]
-        <v>355</v>
       </c>
       <c r="C1209" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1210">
       <c r="A1210" s="0" t="s">
         <v>360</v>
       </c>
       <c r="B1210" s="0" t="s">
-        <v>361</v>
+        <v>207</v>
       </c>
       <c r="C1210" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1211">
       <c r="A1211" s="0" t="s">
+        <v>361</v>
+      </c>
+      <c r="B1211" s="0" t="s">
         <v>362</v>
-      </c>
-[...1 lines deleted...]
-        <v>363</v>
       </c>
       <c r="C1211" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1212">
       <c r="A1212" s="0" t="s">
+        <v>363</v>
+      </c>
+      <c r="B1212" s="0" t="s">
         <v>364</v>
-      </c>
-[...1 lines deleted...]
-        <v>207</v>
       </c>
       <c r="C1212" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1213">
       <c r="A1213" s="0" t="s">
         <v>365</v>
       </c>
       <c r="B1213" s="0" t="s">
         <v>366</v>
       </c>
       <c r="C1213" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1214">
       <c r="A1214" s="0" t="s">
         <v>367</v>
       </c>
       <c r="B1214" s="0" t="s">
-        <v>207</v>
+        <v>368</v>
       </c>
       <c r="C1214" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1215">
       <c r="A1215" s="0" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
       <c r="B1215" s="0" t="s">
-        <v>369</v>
+        <v>366</v>
       </c>
       <c r="C1215" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1216">
       <c r="A1216" s="0" t="s">
         <v>370</v>
       </c>
       <c r="B1216" s="0" t="s">
         <v>371</v>
       </c>
       <c r="C1216" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1217">
       <c r="A1217" s="0" t="s">
         <v>372</v>
       </c>
       <c r="B1217" s="0" t="s">
-        <v>373</v>
+        <v>366</v>
       </c>
       <c r="C1217" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1218">
       <c r="A1218" s="0" t="s">
-        <v>374</v>
+        <v>373</v>
       </c>
       <c r="B1218" s="0" t="s">
-        <v>371</v>
+        <v>366</v>
       </c>
       <c r="C1218" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1219">
       <c r="A1219" s="0" t="s">
+        <v>374</v>
+      </c>
+      <c r="B1219" s="0" t="s">
         <v>375</v>
-      </c>
-[...1 lines deleted...]
-        <v>371</v>
       </c>
       <c r="C1219" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1220">
       <c r="A1220" s="0" t="s">
         <v>376</v>
       </c>
       <c r="B1220" s="0" t="s">
         <v>377</v>
       </c>
       <c r="C1220" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1221">
       <c r="A1221" s="0" t="s">
         <v>378</v>
       </c>
       <c r="B1221" s="0" t="s">
         <v>379</v>
       </c>
       <c r="C1221" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1222">
       <c r="A1222" s="0" t="s">
         <v>380</v>
       </c>
       <c r="B1222" s="0" t="s">
-        <v>381</v>
+        <v>377</v>
       </c>
       <c r="C1222" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1223">
       <c r="A1223" s="0" t="s">
-        <v>382</v>
+        <v>381</v>
       </c>
       <c r="B1223" s="0" t="s">
-        <v>379</v>
+        <v>377</v>
       </c>
       <c r="C1223" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1224">
       <c r="A1224" s="0" t="s">
-        <v>383</v>
+        <v>382</v>
       </c>
       <c r="B1224" s="0" t="s">
-        <v>384</v>
+        <v>379</v>
       </c>
       <c r="C1224" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1225">
       <c r="A1225" s="0" t="s">
-        <v>385</v>
+        <v>383</v>
       </c>
       <c r="B1225" s="0" t="s">
-        <v>379</v>
+        <v>377</v>
       </c>
       <c r="C1225" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1226">
       <c r="A1226" s="0" t="s">
-        <v>386</v>
+        <v>384</v>
       </c>
       <c r="B1226" s="0" t="s">
-        <v>379</v>
+        <v>385</v>
       </c>
       <c r="C1226" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1227">
       <c r="A1227" s="0" t="s">
+        <v>386</v>
+      </c>
+      <c r="B1227" s="0" t="s">
         <v>387</v>
-      </c>
-[...1 lines deleted...]
-        <v>388</v>
       </c>
       <c r="C1227" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1228">
       <c r="A1228" s="0" t="s">
+        <v>388</v>
+      </c>
+      <c r="B1228" s="0" t="s">
         <v>389</v>
-      </c>
-[...1 lines deleted...]
-        <v>390</v>
       </c>
       <c r="C1228" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1229">
       <c r="A1229" s="0" t="s">
+        <v>390</v>
+      </c>
+      <c r="B1229" s="0" t="s">
         <v>391</v>
-      </c>
-[...1 lines deleted...]
-        <v>392</v>
       </c>
       <c r="C1229" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1230">
       <c r="A1230" s="0" t="s">
+        <v>392</v>
+      </c>
+      <c r="B1230" s="0" t="s">
         <v>393</v>
-      </c>
-[...1 lines deleted...]
-        <v>390</v>
       </c>
       <c r="C1230" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1231">
       <c r="A1231" s="0" t="s">
         <v>394</v>
       </c>
       <c r="B1231" s="0" t="s">
-        <v>390</v>
+        <v>395</v>
       </c>
       <c r="C1231" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1232">
       <c r="A1232" s="0" t="s">
-        <v>395</v>
+        <v>396</v>
       </c>
       <c r="B1232" s="0" t="s">
-        <v>392</v>
+        <v>397</v>
       </c>
       <c r="C1232" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1233">
       <c r="A1233" s="0" t="s">
-        <v>396</v>
+        <v>398</v>
       </c>
       <c r="B1233" s="0" t="s">
-        <v>390</v>
+        <v>399</v>
       </c>
       <c r="C1233" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1234">
       <c r="A1234" s="0" t="s">
-        <v>397</v>
+        <v>400</v>
       </c>
       <c r="B1234" s="0" t="s">
-        <v>398</v>
+        <v>401</v>
       </c>
       <c r="C1234" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1235">
       <c r="A1235" s="0" t="s">
+        <v>402</v>
+      </c>
+      <c r="B1235" s="0" t="s">
         <v>399</v>
-      </c>
-[...1 lines deleted...]
-        <v>400</v>
       </c>
       <c r="C1235" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1236">
       <c r="A1236" s="0" t="s">
+        <v>403</v>
+      </c>
+      <c r="B1236" s="0" t="s">
         <v>401</v>
-      </c>
-[...1 lines deleted...]
-        <v>402</v>
       </c>
       <c r="C1236" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1237">
       <c r="A1237" s="0" t="s">
-        <v>403</v>
+        <v>404</v>
       </c>
       <c r="B1237" s="0" t="s">
-        <v>400</v>
+        <v>405</v>
       </c>
       <c r="C1237" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1238">
       <c r="A1238" s="0" t="s">
-        <v>404</v>
+        <v>406</v>
       </c>
       <c r="B1238" s="0" t="s">
-        <v>405</v>
+        <v>407</v>
       </c>
       <c r="C1238" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1239">
       <c r="A1239" s="0" t="s">
-        <v>406</v>
+        <v>408</v>
       </c>
       <c r="B1239" s="0" t="s">
-        <v>407</v>
+        <v>409</v>
       </c>
       <c r="C1239" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1240">
       <c r="A1240" s="0" t="s">
-        <v>408</v>
+        <v>410</v>
       </c>
       <c r="B1240" s="0" t="s">
-        <v>409</v>
+        <v>411</v>
       </c>
       <c r="C1240" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1241">
       <c r="A1241" s="0" t="s">
-        <v>410</v>
+        <v>412</v>
       </c>
       <c r="B1241" s="0" t="s">
-        <v>411</v>
+        <v>413</v>
       </c>
       <c r="C1241" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1242">
       <c r="A1242" s="0" t="s">
-        <v>412</v>
+        <v>414</v>
       </c>
       <c r="B1242" s="0" t="s">
-        <v>413</v>
+        <v>415</v>
       </c>
       <c r="C1242" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1243">
       <c r="A1243" s="0" t="s">
-        <v>414</v>
+        <v>416</v>
       </c>
       <c r="B1243" s="0" t="s">
-        <v>415</v>
+        <v>413</v>
       </c>
       <c r="C1243" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1244">
       <c r="A1244" s="0" t="s">
-        <v>416</v>
+        <v>417</v>
       </c>
       <c r="B1244" s="0" t="s">
-        <v>417</v>
+        <v>413</v>
       </c>
       <c r="C1244" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1245">
       <c r="A1245" s="0" t="s">
         <v>418</v>
       </c>
       <c r="B1245" s="0" t="s">
         <v>419</v>
       </c>
       <c r="C1245" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1246">
       <c r="A1246" s="0" t="s">
         <v>420</v>
       </c>
       <c r="B1246" s="0" t="s">
         <v>421</v>
       </c>
       <c r="C1246" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1247">
       <c r="A1247" s="0" t="s">
         <v>422</v>
       </c>
       <c r="B1247" s="0" t="s">
         <v>419</v>
       </c>
       <c r="C1247" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1248">
       <c r="A1248" s="0" t="s">
         <v>423</v>
       </c>
       <c r="B1248" s="0" t="s">
-        <v>421</v>
+        <v>424</v>
       </c>
       <c r="C1248" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1249">
       <c r="A1249" s="0" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
       <c r="B1249" s="0" t="s">
-        <v>425</v>
+        <v>426</v>
       </c>
       <c r="C1249" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1250">
       <c r="A1250" s="0" t="s">
-        <v>426</v>
+        <v>427</v>
       </c>
       <c r="B1250" s="0" t="s">
-        <v>427</v>
+        <v>428</v>
       </c>
       <c r="C1250" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1251">
       <c r="A1251" s="0" t="s">
-        <v>428</v>
+        <v>429</v>
       </c>
       <c r="B1251" s="0" t="s">
-        <v>429</v>
+        <v>426</v>
       </c>
       <c r="C1251" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1252">
       <c r="A1252" s="0" t="s">
         <v>317</v>
       </c>
       <c r="B1252" s="0" t="s">
         <v>318</v>
       </c>
       <c r="C1252" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1253">
       <c r="A1253" s="0" t="s">
         <v>319</v>
       </c>
       <c r="B1253" s="0" t="s">
         <v>320</v>
       </c>
       <c r="C1253" s="0" t="s">
         <v>5</v>
@@ -15311,744 +15311,744 @@
         <v>337</v>
       </c>
       <c r="B1262" s="0" t="s">
         <v>338</v>
       </c>
       <c r="C1262" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1263">
       <c r="A1263" s="0" t="s">
         <v>339</v>
       </c>
       <c r="B1263" s="0" t="s">
         <v>340</v>
       </c>
       <c r="C1263" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1264">
       <c r="A1264" s="0" t="s">
         <v>341</v>
       </c>
       <c r="B1264" s="0" t="s">
-        <v>342</v>
+        <v>338</v>
       </c>
       <c r="C1264" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1265">
       <c r="A1265" s="0" t="s">
+        <v>342</v>
+      </c>
+      <c r="B1265" s="0" t="s">
         <v>343</v>
-      </c>
-[...1 lines deleted...]
-        <v>340</v>
       </c>
       <c r="C1265" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1266">
       <c r="A1266" s="0" t="s">
         <v>344</v>
       </c>
       <c r="B1266" s="0" t="s">
         <v>345</v>
       </c>
       <c r="C1266" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1267">
       <c r="A1267" s="0" t="s">
         <v>346</v>
       </c>
       <c r="B1267" s="0" t="s">
-        <v>347</v>
+        <v>343</v>
       </c>
       <c r="C1267" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1268">
       <c r="A1268" s="0" t="s">
+        <v>347</v>
+      </c>
+      <c r="B1268" s="0" t="s">
         <v>348</v>
-      </c>
-[...1 lines deleted...]
-        <v>345</v>
       </c>
       <c r="C1268" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1269">
       <c r="A1269" s="0" t="s">
         <v>349</v>
       </c>
       <c r="B1269" s="0" t="s">
         <v>350</v>
       </c>
       <c r="C1269" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1270">
       <c r="A1270" s="0" t="s">
         <v>351</v>
       </c>
       <c r="B1270" s="0" t="s">
-        <v>352</v>
+        <v>348</v>
       </c>
       <c r="C1270" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1271">
       <c r="A1271" s="0" t="s">
-        <v>353</v>
+        <v>352</v>
       </c>
       <c r="B1271" s="0" t="s">
-        <v>350</v>
+        <v>348</v>
       </c>
       <c r="C1271" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1272">
       <c r="A1272" s="0" t="s">
+        <v>353</v>
+      </c>
+      <c r="B1272" s="0" t="s">
         <v>354</v>
-      </c>
-[...1 lines deleted...]
-        <v>355</v>
       </c>
       <c r="C1272" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1273">
       <c r="A1273" s="0" t="s">
+        <v>355</v>
+      </c>
+      <c r="B1273" s="0" t="s">
         <v>356</v>
-      </c>
-[...1 lines deleted...]
-        <v>357</v>
       </c>
       <c r="C1273" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1274">
       <c r="A1274" s="0" t="s">
-        <v>358</v>
+        <v>357</v>
       </c>
       <c r="B1274" s="0" t="s">
-        <v>355</v>
+        <v>207</v>
       </c>
       <c r="C1274" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1275">
       <c r="A1275" s="0" t="s">
+        <v>358</v>
+      </c>
+      <c r="B1275" s="0" t="s">
         <v>359</v>
-      </c>
-[...1 lines deleted...]
-        <v>355</v>
       </c>
       <c r="C1275" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1276">
       <c r="A1276" s="0" t="s">
         <v>360</v>
       </c>
       <c r="B1276" s="0" t="s">
-        <v>361</v>
+        <v>207</v>
       </c>
       <c r="C1276" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1277">
       <c r="A1277" s="0" t="s">
+        <v>361</v>
+      </c>
+      <c r="B1277" s="0" t="s">
         <v>362</v>
-      </c>
-[...1 lines deleted...]
-        <v>363</v>
       </c>
       <c r="C1277" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1278">
       <c r="A1278" s="0" t="s">
+        <v>363</v>
+      </c>
+      <c r="B1278" s="0" t="s">
         <v>364</v>
-      </c>
-[...1 lines deleted...]
-        <v>207</v>
       </c>
       <c r="C1278" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1279">
       <c r="A1279" s="0" t="s">
         <v>365</v>
       </c>
       <c r="B1279" s="0" t="s">
         <v>366</v>
       </c>
       <c r="C1279" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1280">
       <c r="A1280" s="0" t="s">
         <v>367</v>
       </c>
       <c r="B1280" s="0" t="s">
-        <v>207</v>
+        <v>368</v>
       </c>
       <c r="C1280" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1281">
       <c r="A1281" s="0" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
       <c r="B1281" s="0" t="s">
-        <v>369</v>
+        <v>366</v>
       </c>
       <c r="C1281" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1282">
       <c r="A1282" s="0" t="s">
         <v>370</v>
       </c>
       <c r="B1282" s="0" t="s">
         <v>371</v>
       </c>
       <c r="C1282" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1283">
       <c r="A1283" s="0" t="s">
         <v>372</v>
       </c>
       <c r="B1283" s="0" t="s">
-        <v>373</v>
+        <v>366</v>
       </c>
       <c r="C1283" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1284">
       <c r="A1284" s="0" t="s">
-        <v>374</v>
+        <v>373</v>
       </c>
       <c r="B1284" s="0" t="s">
-        <v>371</v>
+        <v>366</v>
       </c>
       <c r="C1284" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1285">
       <c r="A1285" s="0" t="s">
+        <v>374</v>
+      </c>
+      <c r="B1285" s="0" t="s">
         <v>375</v>
-      </c>
-[...1 lines deleted...]
-        <v>371</v>
       </c>
       <c r="C1285" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1286">
       <c r="A1286" s="0" t="s">
         <v>376</v>
       </c>
       <c r="B1286" s="0" t="s">
         <v>377</v>
       </c>
       <c r="C1286" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1287">
       <c r="A1287" s="0" t="s">
         <v>378</v>
       </c>
       <c r="B1287" s="0" t="s">
         <v>379</v>
       </c>
       <c r="C1287" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1288">
       <c r="A1288" s="0" t="s">
         <v>380</v>
       </c>
       <c r="B1288" s="0" t="s">
-        <v>381</v>
+        <v>377</v>
       </c>
       <c r="C1288" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1289">
       <c r="A1289" s="0" t="s">
-        <v>382</v>
+        <v>381</v>
       </c>
       <c r="B1289" s="0" t="s">
-        <v>379</v>
+        <v>377</v>
       </c>
       <c r="C1289" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1290">
       <c r="A1290" s="0" t="s">
-        <v>383</v>
+        <v>382</v>
       </c>
       <c r="B1290" s="0" t="s">
-        <v>384</v>
+        <v>379</v>
       </c>
       <c r="C1290" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1291">
       <c r="A1291" s="0" t="s">
-        <v>385</v>
+        <v>383</v>
       </c>
       <c r="B1291" s="0" t="s">
-        <v>379</v>
+        <v>377</v>
       </c>
       <c r="C1291" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1292">
       <c r="A1292" s="0" t="s">
-        <v>386</v>
+        <v>384</v>
       </c>
       <c r="B1292" s="0" t="s">
-        <v>379</v>
+        <v>385</v>
       </c>
       <c r="C1292" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1293">
       <c r="A1293" s="0" t="s">
+        <v>386</v>
+      </c>
+      <c r="B1293" s="0" t="s">
         <v>387</v>
-      </c>
-[...1 lines deleted...]
-        <v>388</v>
       </c>
       <c r="C1293" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1294">
       <c r="A1294" s="0" t="s">
+        <v>388</v>
+      </c>
+      <c r="B1294" s="0" t="s">
         <v>389</v>
-      </c>
-[...1 lines deleted...]
-        <v>390</v>
       </c>
       <c r="C1294" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1295">
       <c r="A1295" s="0" t="s">
+        <v>390</v>
+      </c>
+      <c r="B1295" s="0" t="s">
         <v>391</v>
-      </c>
-[...1 lines deleted...]
-        <v>392</v>
       </c>
       <c r="C1295" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1296">
       <c r="A1296" s="0" t="s">
+        <v>392</v>
+      </c>
+      <c r="B1296" s="0" t="s">
         <v>393</v>
-      </c>
-[...1 lines deleted...]
-        <v>390</v>
       </c>
       <c r="C1296" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1297">
       <c r="A1297" s="0" t="s">
         <v>394</v>
       </c>
       <c r="B1297" s="0" t="s">
-        <v>390</v>
+        <v>395</v>
       </c>
       <c r="C1297" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1298">
       <c r="A1298" s="0" t="s">
-        <v>395</v>
+        <v>396</v>
       </c>
       <c r="B1298" s="0" t="s">
-        <v>392</v>
+        <v>397</v>
       </c>
       <c r="C1298" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1299">
       <c r="A1299" s="0" t="s">
-        <v>396</v>
+        <v>398</v>
       </c>
       <c r="B1299" s="0" t="s">
-        <v>390</v>
+        <v>399</v>
       </c>
       <c r="C1299" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1300">
       <c r="A1300" s="0" t="s">
-        <v>397</v>
+        <v>400</v>
       </c>
       <c r="B1300" s="0" t="s">
-        <v>398</v>
+        <v>401</v>
       </c>
       <c r="C1300" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1301">
       <c r="A1301" s="0" t="s">
+        <v>402</v>
+      </c>
+      <c r="B1301" s="0" t="s">
         <v>399</v>
-      </c>
-[...1 lines deleted...]
-        <v>400</v>
       </c>
       <c r="C1301" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1302">
       <c r="A1302" s="0" t="s">
+        <v>403</v>
+      </c>
+      <c r="B1302" s="0" t="s">
         <v>401</v>
-      </c>
-[...1 lines deleted...]
-        <v>402</v>
       </c>
       <c r="C1302" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1303">
       <c r="A1303" s="0" t="s">
-        <v>403</v>
+        <v>404</v>
       </c>
       <c r="B1303" s="0" t="s">
-        <v>400</v>
+        <v>405</v>
       </c>
       <c r="C1303" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1304">
       <c r="A1304" s="0" t="s">
-        <v>404</v>
+        <v>406</v>
       </c>
       <c r="B1304" s="0" t="s">
-        <v>405</v>
+        <v>407</v>
       </c>
       <c r="C1304" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1305">
       <c r="A1305" s="0" t="s">
-        <v>406</v>
+        <v>408</v>
       </c>
       <c r="B1305" s="0" t="s">
-        <v>407</v>
+        <v>409</v>
       </c>
       <c r="C1305" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1306">
       <c r="A1306" s="0" t="s">
-        <v>408</v>
+        <v>410</v>
       </c>
       <c r="B1306" s="0" t="s">
-        <v>409</v>
+        <v>411</v>
       </c>
       <c r="C1306" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1307">
       <c r="A1307" s="0" t="s">
-        <v>410</v>
+        <v>412</v>
       </c>
       <c r="B1307" s="0" t="s">
-        <v>411</v>
+        <v>413</v>
       </c>
       <c r="C1307" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1308">
       <c r="A1308" s="0" t="s">
-        <v>412</v>
+        <v>414</v>
       </c>
       <c r="B1308" s="0" t="s">
-        <v>413</v>
+        <v>415</v>
       </c>
       <c r="C1308" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1309">
       <c r="A1309" s="0" t="s">
-        <v>414</v>
+        <v>416</v>
       </c>
       <c r="B1309" s="0" t="s">
-        <v>415</v>
+        <v>413</v>
       </c>
       <c r="C1309" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1310">
       <c r="A1310" s="0" t="s">
-        <v>416</v>
+        <v>417</v>
       </c>
       <c r="B1310" s="0" t="s">
-        <v>417</v>
+        <v>413</v>
       </c>
       <c r="C1310" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1311">
       <c r="A1311" s="0" t="s">
         <v>418</v>
       </c>
       <c r="B1311" s="0" t="s">
         <v>419</v>
       </c>
       <c r="C1311" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1312">
       <c r="A1312" s="0" t="s">
         <v>420</v>
       </c>
       <c r="B1312" s="0" t="s">
         <v>421</v>
       </c>
       <c r="C1312" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1313">
       <c r="A1313" s="0" t="s">
         <v>422</v>
       </c>
       <c r="B1313" s="0" t="s">
         <v>419</v>
       </c>
       <c r="C1313" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1314">
       <c r="A1314" s="0" t="s">
         <v>423</v>
       </c>
       <c r="B1314" s="0" t="s">
-        <v>421</v>
+        <v>424</v>
       </c>
       <c r="C1314" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1315">
       <c r="A1315" s="0" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
       <c r="B1315" s="0" t="s">
-        <v>425</v>
+        <v>426</v>
       </c>
       <c r="C1315" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1316">
       <c r="A1316" s="0" t="s">
-        <v>426</v>
+        <v>427</v>
       </c>
       <c r="B1316" s="0" t="s">
-        <v>427</v>
+        <v>428</v>
       </c>
       <c r="C1316" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1317">
       <c r="A1317" s="0" t="s">
-        <v>428</v>
+        <v>429</v>
       </c>
       <c r="B1317" s="0" t="s">
-        <v>429</v>
+        <v>426</v>
       </c>
       <c r="C1317" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1318">
       <c r="A1318" s="0" t="s">
-        <v>157</v>
+        <v>153</v>
       </c>
       <c r="B1318" s="0" t="s">
-        <v>158</v>
+        <v>154</v>
       </c>
       <c r="C1318" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1319">
       <c r="A1319" s="0" t="s">
-        <v>159</v>
+        <v>430</v>
       </c>
       <c r="B1319" s="0" t="s">
-        <v>158</v>
+        <v>431</v>
       </c>
       <c r="C1319" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1320">
       <c r="A1320" s="0" t="s">
-        <v>430</v>
+        <v>432</v>
       </c>
       <c r="B1320" s="0" t="s">
-        <v>431</v>
+        <v>433</v>
       </c>
       <c r="C1320" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1321">
       <c r="A1321" s="0" t="s">
-        <v>432</v>
+        <v>434</v>
       </c>
       <c r="B1321" s="0" t="s">
-        <v>431</v>
+        <v>433</v>
       </c>
       <c r="C1321" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1322">
       <c r="A1322" s="0" t="s">
-        <v>433</v>
+        <v>159</v>
       </c>
       <c r="B1322" s="0" t="s">
-        <v>434</v>
+        <v>154</v>
       </c>
       <c r="C1322" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1323">
       <c r="A1323" s="0" t="s">
-        <v>157</v>
+        <v>153</v>
       </c>
       <c r="B1323" s="0" t="s">
-        <v>158</v>
+        <v>154</v>
       </c>
       <c r="C1323" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1324">
       <c r="A1324" s="0" t="s">
-        <v>159</v>
+        <v>430</v>
       </c>
       <c r="B1324" s="0" t="s">
-        <v>158</v>
+        <v>431</v>
       </c>
       <c r="C1324" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1325">
       <c r="A1325" s="0" t="s">
-        <v>430</v>
+        <v>432</v>
       </c>
       <c r="B1325" s="0" t="s">
-        <v>431</v>
+        <v>433</v>
       </c>
       <c r="C1325" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1326">
       <c r="A1326" s="0" t="s">
-        <v>432</v>
+        <v>434</v>
       </c>
       <c r="B1326" s="0" t="s">
-        <v>431</v>
+        <v>433</v>
       </c>
       <c r="C1326" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1327">
       <c r="A1327" s="0" t="s">
-        <v>433</v>
+        <v>159</v>
       </c>
       <c r="B1327" s="0" t="s">
-        <v>434</v>
+        <v>154</v>
       </c>
       <c r="C1327" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1328">
       <c r="A1328" s="0" t="s">
         <v>437</v>
       </c>
       <c r="B1328" s="0" t="s">
         <v>438</v>
       </c>
       <c r="C1328" s="0" t="s">
         <v>442</v>
       </c>
     </row>
     <row r="1329">
       <c r="A1329" s="0" t="s">
         <v>437</v>
       </c>
       <c r="B1329" s="0" t="s">
         <v>438</v>
       </c>
       <c r="C1329" s="0" t="s">
         <v>443</v>
@@ -16466,689 +16466,689 @@
         <v>337</v>
       </c>
       <c r="B1367" s="0" t="s">
         <v>338</v>
       </c>
       <c r="C1367" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1368">
       <c r="A1368" s="0" t="s">
         <v>339</v>
       </c>
       <c r="B1368" s="0" t="s">
         <v>340</v>
       </c>
       <c r="C1368" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1369">
       <c r="A1369" s="0" t="s">
         <v>341</v>
       </c>
       <c r="B1369" s="0" t="s">
-        <v>342</v>
+        <v>338</v>
       </c>
       <c r="C1369" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1370">
       <c r="A1370" s="0" t="s">
+        <v>342</v>
+      </c>
+      <c r="B1370" s="0" t="s">
         <v>343</v>
-      </c>
-[...1 lines deleted...]
-        <v>340</v>
       </c>
       <c r="C1370" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1371">
       <c r="A1371" s="0" t="s">
         <v>344</v>
       </c>
       <c r="B1371" s="0" t="s">
         <v>345</v>
       </c>
       <c r="C1371" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1372">
       <c r="A1372" s="0" t="s">
         <v>346</v>
       </c>
       <c r="B1372" s="0" t="s">
-        <v>347</v>
+        <v>343</v>
       </c>
       <c r="C1372" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1373">
       <c r="A1373" s="0" t="s">
+        <v>347</v>
+      </c>
+      <c r="B1373" s="0" t="s">
         <v>348</v>
-      </c>
-[...1 lines deleted...]
-        <v>345</v>
       </c>
       <c r="C1373" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1374">
       <c r="A1374" s="0" t="s">
         <v>349</v>
       </c>
       <c r="B1374" s="0" t="s">
         <v>350</v>
       </c>
       <c r="C1374" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1375">
       <c r="A1375" s="0" t="s">
         <v>351</v>
       </c>
       <c r="B1375" s="0" t="s">
-        <v>352</v>
+        <v>348</v>
       </c>
       <c r="C1375" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1376">
       <c r="A1376" s="0" t="s">
-        <v>353</v>
+        <v>352</v>
       </c>
       <c r="B1376" s="0" t="s">
-        <v>350</v>
+        <v>348</v>
       </c>
       <c r="C1376" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1377">
       <c r="A1377" s="0" t="s">
+        <v>353</v>
+      </c>
+      <c r="B1377" s="0" t="s">
         <v>354</v>
-      </c>
-[...1 lines deleted...]
-        <v>355</v>
       </c>
       <c r="C1377" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1378">
       <c r="A1378" s="0" t="s">
+        <v>355</v>
+      </c>
+      <c r="B1378" s="0" t="s">
         <v>356</v>
-      </c>
-[...1 lines deleted...]
-        <v>357</v>
       </c>
       <c r="C1378" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1379">
       <c r="A1379" s="0" t="s">
-        <v>358</v>
+        <v>357</v>
       </c>
       <c r="B1379" s="0" t="s">
-        <v>355</v>
+        <v>207</v>
       </c>
       <c r="C1379" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1380">
       <c r="A1380" s="0" t="s">
+        <v>358</v>
+      </c>
+      <c r="B1380" s="0" t="s">
         <v>359</v>
-      </c>
-[...1 lines deleted...]
-        <v>355</v>
       </c>
       <c r="C1380" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1381">
       <c r="A1381" s="0" t="s">
         <v>360</v>
       </c>
       <c r="B1381" s="0" t="s">
-        <v>361</v>
+        <v>207</v>
       </c>
       <c r="C1381" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1382">
       <c r="A1382" s="0" t="s">
-        <v>362</v>
+        <v>206</v>
       </c>
       <c r="B1382" s="0" t="s">
-        <v>363</v>
+        <v>207</v>
       </c>
       <c r="C1382" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1383">
       <c r="A1383" s="0" t="s">
-        <v>364</v>
+        <v>361</v>
       </c>
       <c r="B1383" s="0" t="s">
-        <v>207</v>
+        <v>362</v>
       </c>
       <c r="C1383" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1384">
       <c r="A1384" s="0" t="s">
-        <v>365</v>
+        <v>363</v>
       </c>
       <c r="B1384" s="0" t="s">
-        <v>366</v>
+        <v>364</v>
       </c>
       <c r="C1384" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1385">
       <c r="A1385" s="0" t="s">
-        <v>367</v>
+        <v>365</v>
       </c>
       <c r="B1385" s="0" t="s">
-        <v>207</v>
+        <v>366</v>
       </c>
       <c r="C1385" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1386">
       <c r="A1386" s="0" t="s">
-        <v>206</v>
+        <v>367</v>
       </c>
       <c r="B1386" s="0" t="s">
-        <v>207</v>
+        <v>368</v>
       </c>
       <c r="C1386" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1387">
       <c r="A1387" s="0" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
       <c r="B1387" s="0" t="s">
-        <v>369</v>
+        <v>366</v>
       </c>
       <c r="C1387" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1388">
       <c r="A1388" s="0" t="s">
         <v>370</v>
       </c>
       <c r="B1388" s="0" t="s">
         <v>371</v>
       </c>
       <c r="C1388" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1389">
       <c r="A1389" s="0" t="s">
         <v>372</v>
       </c>
       <c r="B1389" s="0" t="s">
-        <v>373</v>
+        <v>366</v>
       </c>
       <c r="C1389" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1390">
       <c r="A1390" s="0" t="s">
-        <v>374</v>
+        <v>373</v>
       </c>
       <c r="B1390" s="0" t="s">
-        <v>371</v>
+        <v>366</v>
       </c>
       <c r="C1390" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1391">
       <c r="A1391" s="0" t="s">
+        <v>374</v>
+      </c>
+      <c r="B1391" s="0" t="s">
         <v>375</v>
-      </c>
-[...1 lines deleted...]
-        <v>371</v>
       </c>
       <c r="C1391" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1392">
       <c r="A1392" s="0" t="s">
         <v>376</v>
       </c>
       <c r="B1392" s="0" t="s">
         <v>377</v>
       </c>
       <c r="C1392" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1393">
       <c r="A1393" s="0" t="s">
         <v>378</v>
       </c>
       <c r="B1393" s="0" t="s">
         <v>379</v>
       </c>
       <c r="C1393" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1394">
       <c r="A1394" s="0" t="s">
         <v>380</v>
       </c>
       <c r="B1394" s="0" t="s">
-        <v>381</v>
+        <v>377</v>
       </c>
       <c r="C1394" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1395">
       <c r="A1395" s="0" t="s">
-        <v>382</v>
+        <v>381</v>
       </c>
       <c r="B1395" s="0" t="s">
-        <v>379</v>
+        <v>377</v>
       </c>
       <c r="C1395" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1396">
       <c r="A1396" s="0" t="s">
-        <v>383</v>
+        <v>382</v>
       </c>
       <c r="B1396" s="0" t="s">
-        <v>384</v>
+        <v>379</v>
       </c>
       <c r="C1396" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1397">
       <c r="A1397" s="0" t="s">
-        <v>385</v>
+        <v>383</v>
       </c>
       <c r="B1397" s="0" t="s">
-        <v>379</v>
+        <v>377</v>
       </c>
       <c r="C1397" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1398">
       <c r="A1398" s="0" t="s">
-        <v>386</v>
+        <v>384</v>
       </c>
       <c r="B1398" s="0" t="s">
-        <v>379</v>
+        <v>385</v>
       </c>
       <c r="C1398" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1399">
       <c r="A1399" s="0" t="s">
+        <v>386</v>
+      </c>
+      <c r="B1399" s="0" t="s">
         <v>387</v>
-      </c>
-[...1 lines deleted...]
-        <v>388</v>
       </c>
       <c r="C1399" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1400">
       <c r="A1400" s="0" t="s">
+        <v>388</v>
+      </c>
+      <c r="B1400" s="0" t="s">
         <v>389</v>
-      </c>
-[...1 lines deleted...]
-        <v>390</v>
       </c>
       <c r="C1400" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1401">
       <c r="A1401" s="0" t="s">
+        <v>390</v>
+      </c>
+      <c r="B1401" s="0" t="s">
         <v>391</v>
-      </c>
-[...1 lines deleted...]
-        <v>392</v>
       </c>
       <c r="C1401" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1402">
       <c r="A1402" s="0" t="s">
+        <v>392</v>
+      </c>
+      <c r="B1402" s="0" t="s">
         <v>393</v>
-      </c>
-[...1 lines deleted...]
-        <v>390</v>
       </c>
       <c r="C1402" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1403">
       <c r="A1403" s="0" t="s">
         <v>394</v>
       </c>
       <c r="B1403" s="0" t="s">
-        <v>390</v>
+        <v>395</v>
       </c>
       <c r="C1403" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1404">
       <c r="A1404" s="0" t="s">
-        <v>395</v>
+        <v>396</v>
       </c>
       <c r="B1404" s="0" t="s">
-        <v>392</v>
+        <v>397</v>
       </c>
       <c r="C1404" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1405">
       <c r="A1405" s="0" t="s">
-        <v>396</v>
+        <v>398</v>
       </c>
       <c r="B1405" s="0" t="s">
-        <v>390</v>
+        <v>399</v>
       </c>
       <c r="C1405" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1406">
       <c r="A1406" s="0" t="s">
-        <v>397</v>
+        <v>400</v>
       </c>
       <c r="B1406" s="0" t="s">
-        <v>398</v>
+        <v>401</v>
       </c>
       <c r="C1406" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1407">
       <c r="A1407" s="0" t="s">
+        <v>402</v>
+      </c>
+      <c r="B1407" s="0" t="s">
         <v>399</v>
-      </c>
-[...1 lines deleted...]
-        <v>400</v>
       </c>
       <c r="C1407" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1408">
       <c r="A1408" s="0" t="s">
+        <v>403</v>
+      </c>
+      <c r="B1408" s="0" t="s">
         <v>401</v>
-      </c>
-[...1 lines deleted...]
-        <v>402</v>
       </c>
       <c r="C1408" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1409">
       <c r="A1409" s="0" t="s">
-        <v>403</v>
+        <v>404</v>
       </c>
       <c r="B1409" s="0" t="s">
-        <v>400</v>
+        <v>405</v>
       </c>
       <c r="C1409" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1410">
       <c r="A1410" s="0" t="s">
-        <v>404</v>
+        <v>406</v>
       </c>
       <c r="B1410" s="0" t="s">
-        <v>405</v>
+        <v>407</v>
       </c>
       <c r="C1410" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1411">
       <c r="A1411" s="0" t="s">
-        <v>406</v>
+        <v>408</v>
       </c>
       <c r="B1411" s="0" t="s">
-        <v>407</v>
+        <v>409</v>
       </c>
       <c r="C1411" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1412">
       <c r="A1412" s="0" t="s">
-        <v>408</v>
+        <v>410</v>
       </c>
       <c r="B1412" s="0" t="s">
-        <v>409</v>
+        <v>411</v>
       </c>
       <c r="C1412" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1413">
       <c r="A1413" s="0" t="s">
-        <v>410</v>
+        <v>412</v>
       </c>
       <c r="B1413" s="0" t="s">
-        <v>411</v>
+        <v>413</v>
       </c>
       <c r="C1413" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1414">
       <c r="A1414" s="0" t="s">
-        <v>412</v>
+        <v>414</v>
       </c>
       <c r="B1414" s="0" t="s">
-        <v>413</v>
+        <v>415</v>
       </c>
       <c r="C1414" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1415">
       <c r="A1415" s="0" t="s">
-        <v>414</v>
+        <v>416</v>
       </c>
       <c r="B1415" s="0" t="s">
-        <v>415</v>
+        <v>413</v>
       </c>
       <c r="C1415" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1416">
       <c r="A1416" s="0" t="s">
-        <v>416</v>
+        <v>417</v>
       </c>
       <c r="B1416" s="0" t="s">
-        <v>417</v>
+        <v>413</v>
       </c>
       <c r="C1416" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1417">
       <c r="A1417" s="0" t="s">
         <v>418</v>
       </c>
       <c r="B1417" s="0" t="s">
         <v>419</v>
       </c>
       <c r="C1417" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1418">
       <c r="A1418" s="0" t="s">
         <v>420</v>
       </c>
       <c r="B1418" s="0" t="s">
         <v>421</v>
       </c>
       <c r="C1418" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1419">
       <c r="A1419" s="0" t="s">
         <v>422</v>
       </c>
       <c r="B1419" s="0" t="s">
         <v>419</v>
       </c>
       <c r="C1419" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1420">
       <c r="A1420" s="0" t="s">
         <v>423</v>
       </c>
       <c r="B1420" s="0" t="s">
-        <v>421</v>
+        <v>424</v>
       </c>
       <c r="C1420" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1421">
       <c r="A1421" s="0" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
       <c r="B1421" s="0" t="s">
-        <v>425</v>
+        <v>426</v>
       </c>
       <c r="C1421" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1422">
       <c r="A1422" s="0" t="s">
-        <v>426</v>
+        <v>427</v>
       </c>
       <c r="B1422" s="0" t="s">
-        <v>427</v>
+        <v>428</v>
       </c>
       <c r="C1422" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1423">
       <c r="A1423" s="0" t="s">
-        <v>428</v>
+        <v>429</v>
       </c>
       <c r="B1423" s="0" t="s">
-        <v>429</v>
+        <v>426</v>
       </c>
       <c r="C1423" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1424">
       <c r="A1424" s="0" t="s">
         <v>437</v>
       </c>
       <c r="B1424" s="0" t="s">
         <v>438</v>
       </c>
       <c r="C1424" s="0" t="s">
         <v>444</v>
       </c>
     </row>
     <row r="1425">
       <c r="A1425" s="0" t="s">
         <v>430</v>
       </c>
       <c r="B1425" s="0" t="s">
         <v>431</v>
       </c>
       <c r="C1425" s="0" t="s">
         <v>445</v>
       </c>
     </row>
     <row r="1426">
       <c r="A1426" s="0" t="s">
         <v>432</v>
       </c>
       <c r="B1426" s="0" t="s">
-        <v>431</v>
+        <v>433</v>
       </c>
       <c r="C1426" s="0" t="s">
         <v>445</v>
       </c>
     </row>
     <row r="1427">
       <c r="A1427" s="0" t="s">
+        <v>434</v>
+      </c>
+      <c r="B1427" s="0" t="s">
         <v>433</v>
-      </c>
-[...1 lines deleted...]
-        <v>434</v>
       </c>
       <c r="C1427" s="0" t="s">
         <v>445</v>
       </c>
     </row>
     <row r="1428">
       <c r="A1428" s="0" t="s">
         <v>263</v>
       </c>
       <c r="B1428" s="0" t="s">
         <v>264</v>
       </c>
       <c r="C1428" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1429">
       <c r="A1429" s="0" t="s">
         <v>265</v>
       </c>
       <c r="B1429" s="0" t="s">
         <v>266</v>
       </c>
       <c r="C1429" s="0" t="s">
         <v>5</v>
@@ -17544,634 +17544,634 @@
         <v>337</v>
       </c>
       <c r="B1465" s="0" t="s">
         <v>338</v>
       </c>
       <c r="C1465" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1466">
       <c r="A1466" s="0" t="s">
         <v>339</v>
       </c>
       <c r="B1466" s="0" t="s">
         <v>340</v>
       </c>
       <c r="C1466" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1467">
       <c r="A1467" s="0" t="s">
         <v>341</v>
       </c>
       <c r="B1467" s="0" t="s">
-        <v>342</v>
+        <v>338</v>
       </c>
       <c r="C1467" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1468">
       <c r="A1468" s="0" t="s">
+        <v>342</v>
+      </c>
+      <c r="B1468" s="0" t="s">
         <v>343</v>
-      </c>
-[...1 lines deleted...]
-        <v>340</v>
       </c>
       <c r="C1468" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1469">
       <c r="A1469" s="0" t="s">
         <v>344</v>
       </c>
       <c r="B1469" s="0" t="s">
         <v>345</v>
       </c>
       <c r="C1469" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1470">
       <c r="A1470" s="0" t="s">
         <v>346</v>
       </c>
       <c r="B1470" s="0" t="s">
-        <v>347</v>
+        <v>343</v>
       </c>
       <c r="C1470" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1471">
       <c r="A1471" s="0" t="s">
+        <v>347</v>
+      </c>
+      <c r="B1471" s="0" t="s">
         <v>348</v>
-      </c>
-[...1 lines deleted...]
-        <v>345</v>
       </c>
       <c r="C1471" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1472">
       <c r="A1472" s="0" t="s">
         <v>349</v>
       </c>
       <c r="B1472" s="0" t="s">
         <v>350</v>
       </c>
       <c r="C1472" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1473">
       <c r="A1473" s="0" t="s">
         <v>351</v>
       </c>
       <c r="B1473" s="0" t="s">
-        <v>352</v>
+        <v>348</v>
       </c>
       <c r="C1473" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1474">
       <c r="A1474" s="0" t="s">
-        <v>353</v>
+        <v>352</v>
       </c>
       <c r="B1474" s="0" t="s">
-        <v>350</v>
+        <v>348</v>
       </c>
       <c r="C1474" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1475">
       <c r="A1475" s="0" t="s">
+        <v>353</v>
+      </c>
+      <c r="B1475" s="0" t="s">
         <v>354</v>
-      </c>
-[...1 lines deleted...]
-        <v>355</v>
       </c>
       <c r="C1475" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1476">
       <c r="A1476" s="0" t="s">
+        <v>355</v>
+      </c>
+      <c r="B1476" s="0" t="s">
         <v>356</v>
-      </c>
-[...1 lines deleted...]
-        <v>357</v>
       </c>
       <c r="C1476" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1477">
       <c r="A1477" s="0" t="s">
-        <v>358</v>
+        <v>357</v>
       </c>
       <c r="B1477" s="0" t="s">
-        <v>355</v>
+        <v>207</v>
       </c>
       <c r="C1477" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1478">
       <c r="A1478" s="0" t="s">
+        <v>358</v>
+      </c>
+      <c r="B1478" s="0" t="s">
         <v>359</v>
-      </c>
-[...1 lines deleted...]
-        <v>355</v>
       </c>
       <c r="C1478" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1479">
       <c r="A1479" s="0" t="s">
         <v>360</v>
       </c>
       <c r="B1479" s="0" t="s">
-        <v>361</v>
+        <v>207</v>
       </c>
       <c r="C1479" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1480">
       <c r="A1480" s="0" t="s">
+        <v>361</v>
+      </c>
+      <c r="B1480" s="0" t="s">
         <v>362</v>
-      </c>
-[...1 lines deleted...]
-        <v>363</v>
       </c>
       <c r="C1480" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1481">
       <c r="A1481" s="0" t="s">
+        <v>363</v>
+      </c>
+      <c r="B1481" s="0" t="s">
         <v>364</v>
-      </c>
-[...1 lines deleted...]
-        <v>207</v>
       </c>
       <c r="C1481" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1482">
       <c r="A1482" s="0" t="s">
         <v>365</v>
       </c>
       <c r="B1482" s="0" t="s">
         <v>366</v>
       </c>
       <c r="C1482" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1483">
       <c r="A1483" s="0" t="s">
         <v>367</v>
       </c>
       <c r="B1483" s="0" t="s">
-        <v>207</v>
+        <v>368</v>
       </c>
       <c r="C1483" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1484">
       <c r="A1484" s="0" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
       <c r="B1484" s="0" t="s">
-        <v>369</v>
+        <v>366</v>
       </c>
       <c r="C1484" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1485">
       <c r="A1485" s="0" t="s">
         <v>370</v>
       </c>
       <c r="B1485" s="0" t="s">
         <v>371</v>
       </c>
       <c r="C1485" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1486">
       <c r="A1486" s="0" t="s">
         <v>372</v>
       </c>
       <c r="B1486" s="0" t="s">
-        <v>373</v>
+        <v>366</v>
       </c>
       <c r="C1486" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1487">
       <c r="A1487" s="0" t="s">
-        <v>374</v>
+        <v>373</v>
       </c>
       <c r="B1487" s="0" t="s">
-        <v>371</v>
+        <v>366</v>
       </c>
       <c r="C1487" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1488">
       <c r="A1488" s="0" t="s">
+        <v>374</v>
+      </c>
+      <c r="B1488" s="0" t="s">
         <v>375</v>
-      </c>
-[...1 lines deleted...]
-        <v>371</v>
       </c>
       <c r="C1488" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1489">
       <c r="A1489" s="0" t="s">
         <v>376</v>
       </c>
       <c r="B1489" s="0" t="s">
         <v>377</v>
       </c>
       <c r="C1489" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1490">
       <c r="A1490" s="0" t="s">
         <v>378</v>
       </c>
       <c r="B1490" s="0" t="s">
         <v>379</v>
       </c>
       <c r="C1490" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1491">
       <c r="A1491" s="0" t="s">
         <v>380</v>
       </c>
       <c r="B1491" s="0" t="s">
-        <v>381</v>
+        <v>377</v>
       </c>
       <c r="C1491" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1492">
       <c r="A1492" s="0" t="s">
-        <v>382</v>
+        <v>381</v>
       </c>
       <c r="B1492" s="0" t="s">
-        <v>379</v>
+        <v>377</v>
       </c>
       <c r="C1492" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1493">
       <c r="A1493" s="0" t="s">
-        <v>383</v>
+        <v>382</v>
       </c>
       <c r="B1493" s="0" t="s">
-        <v>384</v>
+        <v>379</v>
       </c>
       <c r="C1493" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1494">
       <c r="A1494" s="0" t="s">
-        <v>385</v>
+        <v>383</v>
       </c>
       <c r="B1494" s="0" t="s">
-        <v>379</v>
+        <v>377</v>
       </c>
       <c r="C1494" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1495">
       <c r="A1495" s="0" t="s">
-        <v>386</v>
+        <v>384</v>
       </c>
       <c r="B1495" s="0" t="s">
-        <v>379</v>
+        <v>385</v>
       </c>
       <c r="C1495" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1496">
       <c r="A1496" s="0" t="s">
+        <v>386</v>
+      </c>
+      <c r="B1496" s="0" t="s">
         <v>387</v>
-      </c>
-[...1 lines deleted...]
-        <v>388</v>
       </c>
       <c r="C1496" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1497">
       <c r="A1497" s="0" t="s">
+        <v>388</v>
+      </c>
+      <c r="B1497" s="0" t="s">
         <v>389</v>
-      </c>
-[...1 lines deleted...]
-        <v>390</v>
       </c>
       <c r="C1497" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1498">
       <c r="A1498" s="0" t="s">
+        <v>390</v>
+      </c>
+      <c r="B1498" s="0" t="s">
         <v>391</v>
-      </c>
-[...1 lines deleted...]
-        <v>392</v>
       </c>
       <c r="C1498" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1499">
       <c r="A1499" s="0" t="s">
+        <v>392</v>
+      </c>
+      <c r="B1499" s="0" t="s">
         <v>393</v>
-      </c>
-[...1 lines deleted...]
-        <v>390</v>
       </c>
       <c r="C1499" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1500">
       <c r="A1500" s="0" t="s">
         <v>394</v>
       </c>
       <c r="B1500" s="0" t="s">
-        <v>390</v>
+        <v>395</v>
       </c>
       <c r="C1500" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1501">
       <c r="A1501" s="0" t="s">
-        <v>395</v>
+        <v>396</v>
       </c>
       <c r="B1501" s="0" t="s">
-        <v>392</v>
+        <v>397</v>
       </c>
       <c r="C1501" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1502">
       <c r="A1502" s="0" t="s">
-        <v>396</v>
+        <v>398</v>
       </c>
       <c r="B1502" s="0" t="s">
-        <v>390</v>
+        <v>399</v>
       </c>
       <c r="C1502" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1503">
       <c r="A1503" s="0" t="s">
-        <v>397</v>
+        <v>400</v>
       </c>
       <c r="B1503" s="0" t="s">
-        <v>398</v>
+        <v>401</v>
       </c>
       <c r="C1503" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1504">
       <c r="A1504" s="0" t="s">
+        <v>402</v>
+      </c>
+      <c r="B1504" s="0" t="s">
         <v>399</v>
-      </c>
-[...1 lines deleted...]
-        <v>400</v>
       </c>
       <c r="C1504" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1505">
       <c r="A1505" s="0" t="s">
+        <v>403</v>
+      </c>
+      <c r="B1505" s="0" t="s">
         <v>401</v>
-      </c>
-[...1 lines deleted...]
-        <v>402</v>
       </c>
       <c r="C1505" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1506">
       <c r="A1506" s="0" t="s">
-        <v>403</v>
+        <v>404</v>
       </c>
       <c r="B1506" s="0" t="s">
-        <v>400</v>
+        <v>405</v>
       </c>
       <c r="C1506" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1507">
       <c r="A1507" s="0" t="s">
-        <v>404</v>
+        <v>406</v>
       </c>
       <c r="B1507" s="0" t="s">
-        <v>405</v>
+        <v>407</v>
       </c>
       <c r="C1507" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1508">
       <c r="A1508" s="0" t="s">
-        <v>406</v>
+        <v>408</v>
       </c>
       <c r="B1508" s="0" t="s">
-        <v>407</v>
+        <v>409</v>
       </c>
       <c r="C1508" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1509">
       <c r="A1509" s="0" t="s">
-        <v>408</v>
+        <v>410</v>
       </c>
       <c r="B1509" s="0" t="s">
-        <v>409</v>
+        <v>411</v>
       </c>
       <c r="C1509" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1510">
       <c r="A1510" s="0" t="s">
-        <v>410</v>
+        <v>412</v>
       </c>
       <c r="B1510" s="0" t="s">
-        <v>411</v>
+        <v>413</v>
       </c>
       <c r="C1510" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1511">
       <c r="A1511" s="0" t="s">
-        <v>412</v>
+        <v>414</v>
       </c>
       <c r="B1511" s="0" t="s">
-        <v>413</v>
+        <v>415</v>
       </c>
       <c r="C1511" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1512">
       <c r="A1512" s="0" t="s">
-        <v>414</v>
+        <v>416</v>
       </c>
       <c r="B1512" s="0" t="s">
-        <v>415</v>
+        <v>413</v>
       </c>
       <c r="C1512" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1513">
       <c r="A1513" s="0" t="s">
-        <v>416</v>
+        <v>417</v>
       </c>
       <c r="B1513" s="0" t="s">
-        <v>417</v>
+        <v>413</v>
       </c>
       <c r="C1513" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1514">
       <c r="A1514" s="0" t="s">
         <v>418</v>
       </c>
       <c r="B1514" s="0" t="s">
         <v>419</v>
       </c>
       <c r="C1514" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1515">
       <c r="A1515" s="0" t="s">
         <v>420</v>
       </c>
       <c r="B1515" s="0" t="s">
         <v>421</v>
       </c>
       <c r="C1515" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1516">
       <c r="A1516" s="0" t="s">
         <v>422</v>
       </c>
       <c r="B1516" s="0" t="s">
         <v>419</v>
       </c>
       <c r="C1516" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1517">
       <c r="A1517" s="0" t="s">
         <v>423</v>
       </c>
       <c r="B1517" s="0" t="s">
-        <v>421</v>
+        <v>424</v>
       </c>
       <c r="C1517" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1518">
       <c r="A1518" s="0" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
       <c r="B1518" s="0" t="s">
-        <v>425</v>
+        <v>426</v>
       </c>
       <c r="C1518" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1519">
       <c r="A1519" s="0" t="s">
-        <v>426</v>
+        <v>427</v>
       </c>
       <c r="B1519" s="0" t="s">
-        <v>427</v>
+        <v>428</v>
       </c>
       <c r="C1519" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1520">
       <c r="A1520" s="0" t="s">
-        <v>428</v>
+        <v>429</v>
       </c>
       <c r="B1520" s="0" t="s">
-        <v>429</v>
+        <v>426</v>
       </c>
       <c r="C1520" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1521">
       <c r="A1521" s="0" t="s">
         <v>437</v>
       </c>
       <c r="B1521" s="0" t="s">
         <v>438</v>
       </c>
       <c r="C1521" s="0" t="s">
         <v>446</v>
       </c>
     </row>
     <row r="1522">
       <c r="A1522" s="0" t="s">
         <v>8</v>
       </c>
       <c r="B1522" s="0" t="s">
         <v>9</v>
       </c>
       <c r="C1522" s="0" t="s">
         <v>5</v>
@@ -18336,238 +18336,238 @@
         <v>95</v>
       </c>
       <c r="B1537" s="0" t="s">
         <v>96</v>
       </c>
       <c r="C1537" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1538">
       <c r="A1538" s="0" t="s">
         <v>97</v>
       </c>
       <c r="B1538" s="0" t="s">
         <v>98</v>
       </c>
       <c r="C1538" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1539">
       <c r="A1539" s="0" t="s">
         <v>99</v>
       </c>
       <c r="B1539" s="0" t="s">
-        <v>96</v>
+        <v>100</v>
       </c>
       <c r="C1539" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1540">
       <c r="A1540" s="0" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="B1540" s="0" t="s">
-        <v>101</v>
+        <v>98</v>
       </c>
       <c r="C1540" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1541">
       <c r="A1541" s="0" t="s">
         <v>102</v>
       </c>
       <c r="B1541" s="0" t="s">
         <v>103</v>
       </c>
       <c r="C1541" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1542">
       <c r="A1542" s="0" t="s">
         <v>104</v>
       </c>
       <c r="B1542" s="0" t="s">
         <v>105</v>
       </c>
       <c r="C1542" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1543">
       <c r="A1543" s="0" t="s">
         <v>106</v>
       </c>
       <c r="B1543" s="0" t="s">
         <v>107</v>
       </c>
       <c r="C1543" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1544">
       <c r="A1544" s="0" t="s">
         <v>108</v>
       </c>
       <c r="B1544" s="0" t="s">
-        <v>105</v>
+        <v>109</v>
       </c>
       <c r="C1544" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1545">
       <c r="A1545" s="0" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="B1545" s="0" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="C1545" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1546">
       <c r="A1546" s="0" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="B1546" s="0" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="C1546" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1547">
       <c r="A1547" s="0" t="s">
+        <v>114</v>
+      </c>
+      <c r="B1547" s="0" t="s">
         <v>113</v>
-      </c>
-[...1 lines deleted...]
-        <v>114</v>
       </c>
       <c r="C1547" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1548">
       <c r="A1548" s="0" t="s">
         <v>115</v>
       </c>
       <c r="B1548" s="0" t="s">
         <v>116</v>
       </c>
       <c r="C1548" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1549">
       <c r="A1549" s="0" t="s">
         <v>117</v>
       </c>
       <c r="B1549" s="0" t="s">
         <v>118</v>
       </c>
       <c r="C1549" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1550">
       <c r="A1550" s="0" t="s">
         <v>119</v>
       </c>
       <c r="B1550" s="0" t="s">
-        <v>120</v>
+        <v>118</v>
       </c>
       <c r="C1550" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1551">
       <c r="A1551" s="0" t="s">
+        <v>120</v>
+      </c>
+      <c r="B1551" s="0" t="s">
         <v>121</v>
-      </c>
-[...1 lines deleted...]
-        <v>122</v>
       </c>
       <c r="C1551" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1552">
       <c r="A1552" s="0" t="s">
+        <v>122</v>
+      </c>
+      <c r="B1552" s="0" t="s">
         <v>123</v>
-      </c>
-[...1 lines deleted...]
-        <v>120</v>
       </c>
       <c r="C1552" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1553">
       <c r="A1553" s="0" t="s">
         <v>124</v>
       </c>
       <c r="B1553" s="0" t="s">
-        <v>125</v>
+        <v>121</v>
       </c>
       <c r="C1553" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1554">
       <c r="A1554" s="0" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="B1554" s="0" t="s">
-        <v>127</v>
+        <v>123</v>
       </c>
       <c r="C1554" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1555">
       <c r="A1555" s="0" t="s">
-        <v>128</v>
+        <v>126</v>
       </c>
       <c r="B1555" s="0" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="C1555" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1556">
       <c r="A1556" s="0" t="s">
+        <v>128</v>
+      </c>
+      <c r="B1556" s="0" t="s">
         <v>129</v>
-      </c>
-[...1 lines deleted...]
-        <v>127</v>
       </c>
       <c r="C1556" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1557">
       <c r="A1557" s="0" t="s">
         <v>130</v>
       </c>
       <c r="B1557" s="0" t="s">
         <v>131</v>
       </c>
       <c r="C1557" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1558">
       <c r="A1558" s="0" t="s">
         <v>132</v>
       </c>
       <c r="B1558" s="0" t="s">
         <v>133</v>
       </c>
       <c r="C1558" s="0" t="s">
         <v>5</v>
@@ -18809,645 +18809,645 @@
         <v>337</v>
       </c>
       <c r="B1580" s="0" t="s">
         <v>338</v>
       </c>
       <c r="C1580" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1581">
       <c r="A1581" s="0" t="s">
         <v>339</v>
       </c>
       <c r="B1581" s="0" t="s">
         <v>340</v>
       </c>
       <c r="C1581" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1582">
       <c r="A1582" s="0" t="s">
         <v>341</v>
       </c>
       <c r="B1582" s="0" t="s">
-        <v>342</v>
+        <v>338</v>
       </c>
       <c r="C1582" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1583">
       <c r="A1583" s="0" t="s">
+        <v>342</v>
+      </c>
+      <c r="B1583" s="0" t="s">
         <v>343</v>
-      </c>
-[...1 lines deleted...]
-        <v>340</v>
       </c>
       <c r="C1583" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1584">
       <c r="A1584" s="0" t="s">
         <v>344</v>
       </c>
       <c r="B1584" s="0" t="s">
         <v>345</v>
       </c>
       <c r="C1584" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1585">
       <c r="A1585" s="0" t="s">
         <v>346</v>
       </c>
       <c r="B1585" s="0" t="s">
-        <v>347</v>
+        <v>343</v>
       </c>
       <c r="C1585" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1586">
       <c r="A1586" s="0" t="s">
+        <v>347</v>
+      </c>
+      <c r="B1586" s="0" t="s">
         <v>348</v>
-      </c>
-[...1 lines deleted...]
-        <v>345</v>
       </c>
       <c r="C1586" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1587">
       <c r="A1587" s="0" t="s">
         <v>349</v>
       </c>
       <c r="B1587" s="0" t="s">
         <v>350</v>
       </c>
       <c r="C1587" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1588">
       <c r="A1588" s="0" t="s">
         <v>351</v>
       </c>
       <c r="B1588" s="0" t="s">
-        <v>352</v>
+        <v>348</v>
       </c>
       <c r="C1588" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1589">
       <c r="A1589" s="0" t="s">
-        <v>353</v>
+        <v>352</v>
       </c>
       <c r="B1589" s="0" t="s">
-        <v>350</v>
+        <v>348</v>
       </c>
       <c r="C1589" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1590">
       <c r="A1590" s="0" t="s">
+        <v>353</v>
+      </c>
+      <c r="B1590" s="0" t="s">
         <v>354</v>
-      </c>
-[...1 lines deleted...]
-        <v>355</v>
       </c>
       <c r="C1590" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1591">
       <c r="A1591" s="0" t="s">
+        <v>355</v>
+      </c>
+      <c r="B1591" s="0" t="s">
         <v>356</v>
-      </c>
-[...1 lines deleted...]
-        <v>357</v>
       </c>
       <c r="C1591" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1592">
       <c r="A1592" s="0" t="s">
-        <v>358</v>
+        <v>357</v>
       </c>
       <c r="B1592" s="0" t="s">
-        <v>355</v>
+        <v>207</v>
       </c>
       <c r="C1592" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1593">
       <c r="A1593" s="0" t="s">
+        <v>358</v>
+      </c>
+      <c r="B1593" s="0" t="s">
         <v>359</v>
-      </c>
-[...1 lines deleted...]
-        <v>355</v>
       </c>
       <c r="C1593" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1594">
       <c r="A1594" s="0" t="s">
         <v>360</v>
       </c>
       <c r="B1594" s="0" t="s">
-        <v>361</v>
+        <v>207</v>
       </c>
       <c r="C1594" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1595">
       <c r="A1595" s="0" t="s">
-        <v>362</v>
+        <v>206</v>
       </c>
       <c r="B1595" s="0" t="s">
-        <v>363</v>
+        <v>207</v>
       </c>
       <c r="C1595" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1596">
       <c r="A1596" s="0" t="s">
-        <v>364</v>
+        <v>361</v>
       </c>
       <c r="B1596" s="0" t="s">
-        <v>207</v>
+        <v>362</v>
       </c>
       <c r="C1596" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1597">
       <c r="A1597" s="0" t="s">
-        <v>365</v>
+        <v>363</v>
       </c>
       <c r="B1597" s="0" t="s">
-        <v>366</v>
+        <v>364</v>
       </c>
       <c r="C1597" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1598">
       <c r="A1598" s="0" t="s">
-        <v>367</v>
+        <v>365</v>
       </c>
       <c r="B1598" s="0" t="s">
-        <v>207</v>
+        <v>366</v>
       </c>
       <c r="C1598" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1599">
       <c r="A1599" s="0" t="s">
-        <v>206</v>
+        <v>367</v>
       </c>
       <c r="B1599" s="0" t="s">
-        <v>207</v>
+        <v>368</v>
       </c>
       <c r="C1599" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1600">
       <c r="A1600" s="0" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
       <c r="B1600" s="0" t="s">
-        <v>369</v>
+        <v>366</v>
       </c>
       <c r="C1600" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1601">
       <c r="A1601" s="0" t="s">
         <v>370</v>
       </c>
       <c r="B1601" s="0" t="s">
         <v>371</v>
       </c>
       <c r="C1601" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1602">
       <c r="A1602" s="0" t="s">
         <v>372</v>
       </c>
       <c r="B1602" s="0" t="s">
-        <v>373</v>
+        <v>366</v>
       </c>
       <c r="C1602" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1603">
       <c r="A1603" s="0" t="s">
-        <v>374</v>
+        <v>373</v>
       </c>
       <c r="B1603" s="0" t="s">
-        <v>371</v>
+        <v>366</v>
       </c>
       <c r="C1603" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1604">
       <c r="A1604" s="0" t="s">
+        <v>374</v>
+      </c>
+      <c r="B1604" s="0" t="s">
         <v>375</v>
-      </c>
-[...1 lines deleted...]
-        <v>371</v>
       </c>
       <c r="C1604" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1605">
       <c r="A1605" s="0" t="s">
         <v>376</v>
       </c>
       <c r="B1605" s="0" t="s">
         <v>377</v>
       </c>
       <c r="C1605" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1606">
       <c r="A1606" s="0" t="s">
         <v>378</v>
       </c>
       <c r="B1606" s="0" t="s">
         <v>379</v>
       </c>
       <c r="C1606" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1607">
       <c r="A1607" s="0" t="s">
         <v>380</v>
       </c>
       <c r="B1607" s="0" t="s">
-        <v>381</v>
+        <v>377</v>
       </c>
       <c r="C1607" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1608">
       <c r="A1608" s="0" t="s">
-        <v>382</v>
+        <v>381</v>
       </c>
       <c r="B1608" s="0" t="s">
-        <v>379</v>
+        <v>377</v>
       </c>
       <c r="C1608" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1609">
       <c r="A1609" s="0" t="s">
-        <v>383</v>
+        <v>382</v>
       </c>
       <c r="B1609" s="0" t="s">
-        <v>384</v>
+        <v>379</v>
       </c>
       <c r="C1609" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1610">
       <c r="A1610" s="0" t="s">
-        <v>385</v>
+        <v>383</v>
       </c>
       <c r="B1610" s="0" t="s">
-        <v>379</v>
+        <v>377</v>
       </c>
       <c r="C1610" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1611">
       <c r="A1611" s="0" t="s">
-        <v>386</v>
+        <v>384</v>
       </c>
       <c r="B1611" s="0" t="s">
-        <v>379</v>
+        <v>385</v>
       </c>
       <c r="C1611" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1612">
       <c r="A1612" s="0" t="s">
+        <v>386</v>
+      </c>
+      <c r="B1612" s="0" t="s">
         <v>387</v>
-      </c>
-[...1 lines deleted...]
-        <v>388</v>
       </c>
       <c r="C1612" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1613">
       <c r="A1613" s="0" t="s">
+        <v>388</v>
+      </c>
+      <c r="B1613" s="0" t="s">
         <v>389</v>
-      </c>
-[...1 lines deleted...]
-        <v>390</v>
       </c>
       <c r="C1613" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1614">
       <c r="A1614" s="0" t="s">
+        <v>390</v>
+      </c>
+      <c r="B1614" s="0" t="s">
         <v>391</v>
-      </c>
-[...1 lines deleted...]
-        <v>392</v>
       </c>
       <c r="C1614" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1615">
       <c r="A1615" s="0" t="s">
+        <v>392</v>
+      </c>
+      <c r="B1615" s="0" t="s">
         <v>393</v>
-      </c>
-[...1 lines deleted...]
-        <v>390</v>
       </c>
       <c r="C1615" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1616">
       <c r="A1616" s="0" t="s">
         <v>394</v>
       </c>
       <c r="B1616" s="0" t="s">
-        <v>390</v>
+        <v>395</v>
       </c>
       <c r="C1616" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1617">
       <c r="A1617" s="0" t="s">
-        <v>395</v>
+        <v>396</v>
       </c>
       <c r="B1617" s="0" t="s">
-        <v>392</v>
+        <v>397</v>
       </c>
       <c r="C1617" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1618">
       <c r="A1618" s="0" t="s">
-        <v>396</v>
+        <v>398</v>
       </c>
       <c r="B1618" s="0" t="s">
-        <v>390</v>
+        <v>399</v>
       </c>
       <c r="C1618" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1619">
       <c r="A1619" s="0" t="s">
-        <v>397</v>
+        <v>400</v>
       </c>
       <c r="B1619" s="0" t="s">
-        <v>398</v>
+        <v>401</v>
       </c>
       <c r="C1619" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1620">
       <c r="A1620" s="0" t="s">
+        <v>402</v>
+      </c>
+      <c r="B1620" s="0" t="s">
         <v>399</v>
-      </c>
-[...1 lines deleted...]
-        <v>400</v>
       </c>
       <c r="C1620" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1621">
       <c r="A1621" s="0" t="s">
+        <v>403</v>
+      </c>
+      <c r="B1621" s="0" t="s">
         <v>401</v>
-      </c>
-[...1 lines deleted...]
-        <v>402</v>
       </c>
       <c r="C1621" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1622">
       <c r="A1622" s="0" t="s">
-        <v>403</v>
+        <v>404</v>
       </c>
       <c r="B1622" s="0" t="s">
-        <v>400</v>
+        <v>405</v>
       </c>
       <c r="C1622" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1623">
       <c r="A1623" s="0" t="s">
-        <v>404</v>
+        <v>406</v>
       </c>
       <c r="B1623" s="0" t="s">
-        <v>405</v>
+        <v>407</v>
       </c>
       <c r="C1623" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1624">
       <c r="A1624" s="0" t="s">
-        <v>406</v>
+        <v>408</v>
       </c>
       <c r="B1624" s="0" t="s">
-        <v>407</v>
+        <v>409</v>
       </c>
       <c r="C1624" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1625">
       <c r="A1625" s="0" t="s">
-        <v>408</v>
+        <v>410</v>
       </c>
       <c r="B1625" s="0" t="s">
-        <v>409</v>
+        <v>411</v>
       </c>
       <c r="C1625" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1626">
       <c r="A1626" s="0" t="s">
-        <v>410</v>
+        <v>412</v>
       </c>
       <c r="B1626" s="0" t="s">
-        <v>411</v>
+        <v>413</v>
       </c>
       <c r="C1626" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1627">
       <c r="A1627" s="0" t="s">
-        <v>412</v>
+        <v>414</v>
       </c>
       <c r="B1627" s="0" t="s">
-        <v>413</v>
+        <v>415</v>
       </c>
       <c r="C1627" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1628">
       <c r="A1628" s="0" t="s">
-        <v>414</v>
+        <v>416</v>
       </c>
       <c r="B1628" s="0" t="s">
-        <v>415</v>
+        <v>413</v>
       </c>
       <c r="C1628" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1629">
       <c r="A1629" s="0" t="s">
-        <v>416</v>
+        <v>417</v>
       </c>
       <c r="B1629" s="0" t="s">
-        <v>417</v>
+        <v>413</v>
       </c>
       <c r="C1629" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1630">
       <c r="A1630" s="0" t="s">
         <v>418</v>
       </c>
       <c r="B1630" s="0" t="s">
         <v>419</v>
       </c>
       <c r="C1630" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1631">
       <c r="A1631" s="0" t="s">
         <v>420</v>
       </c>
       <c r="B1631" s="0" t="s">
         <v>421</v>
       </c>
       <c r="C1631" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1632">
       <c r="A1632" s="0" t="s">
         <v>422</v>
       </c>
       <c r="B1632" s="0" t="s">
         <v>419</v>
       </c>
       <c r="C1632" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1633">
       <c r="A1633" s="0" t="s">
         <v>423</v>
       </c>
       <c r="B1633" s="0" t="s">
-        <v>421</v>
+        <v>424</v>
       </c>
       <c r="C1633" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1634">
       <c r="A1634" s="0" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
       <c r="B1634" s="0" t="s">
-        <v>425</v>
+        <v>426</v>
       </c>
       <c r="C1634" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1635">
       <c r="A1635" s="0" t="s">
-        <v>426</v>
+        <v>427</v>
       </c>
       <c r="B1635" s="0" t="s">
-        <v>427</v>
+        <v>428</v>
       </c>
       <c r="C1635" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1636">
       <c r="A1636" s="0" t="s">
-        <v>428</v>
+        <v>429</v>
       </c>
       <c r="B1636" s="0" t="s">
-        <v>429</v>
+        <v>426</v>
       </c>
       <c r="C1636" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1637">
       <c r="A1637" s="0" t="s">
         <v>162</v>
       </c>
       <c r="B1637" s="0" t="s">
         <v>163</v>
       </c>
       <c r="C1637" s="0" t="s">
         <v>447</v>
       </c>
     </row>
     <row r="1638">
       <c r="A1638" s="0" t="s">
         <v>164</v>
       </c>
       <c r="B1638" s="0" t="s">
         <v>165</v>
       </c>
       <c r="C1638" s="0" t="s">
         <v>447</v>
@@ -20390,340 +20390,340 @@
     </row>
     <row r="1724">
       <c r="A1724" s="0" t="s">
         <v>24</v>
       </c>
       <c r="B1724" s="0" t="s">
         <v>25</v>
       </c>
       <c r="C1724" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1725">
       <c r="A1725" s="0" t="s">
         <v>26</v>
       </c>
       <c r="B1725" s="0" t="s">
         <v>27</v>
       </c>
       <c r="C1725" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1726">
       <c r="A1726" s="0" t="s">
-        <v>28</v>
+        <v>54</v>
       </c>
       <c r="B1726" s="0" t="s">
-        <v>29</v>
+        <v>55</v>
       </c>
       <c r="C1726" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1727">
       <c r="A1727" s="0" t="s">
         <v>56</v>
       </c>
       <c r="B1727" s="0" t="s">
         <v>57</v>
       </c>
       <c r="C1727" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1728">
       <c r="A1728" s="0" t="s">
-        <v>58</v>
+        <v>66</v>
       </c>
       <c r="B1728" s="0" t="s">
-        <v>59</v>
+        <v>67</v>
       </c>
       <c r="C1728" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1729">
       <c r="A1729" s="0" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="B1729" s="0" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="C1729" s="0" t="s">
         <v>447</v>
       </c>
     </row>
     <row r="1730">
       <c r="A1730" s="0" t="s">
-        <v>32</v>
+        <v>30</v>
       </c>
       <c r="B1730" s="0" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="C1730" s="0" t="s">
         <v>447</v>
       </c>
     </row>
     <row r="1731">
       <c r="A1731" s="0" t="s">
-        <v>34</v>
+        <v>32</v>
       </c>
       <c r="B1731" s="0" t="s">
-        <v>35</v>
+        <v>33</v>
       </c>
       <c r="C1731" s="0" t="s">
         <v>447</v>
       </c>
     </row>
     <row r="1732">
       <c r="A1732" s="0" t="s">
-        <v>36</v>
+        <v>34</v>
       </c>
       <c r="B1732" s="0" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="C1732" s="0" t="s">
         <v>447</v>
       </c>
     </row>
     <row r="1733">
       <c r="A1733" s="0" t="s">
-        <v>38</v>
+        <v>36</v>
       </c>
       <c r="B1733" s="0" t="s">
-        <v>39</v>
+        <v>37</v>
       </c>
       <c r="C1733" s="0" t="s">
         <v>447</v>
       </c>
     </row>
     <row r="1734">
       <c r="A1734" s="0" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="B1734" s="0" t="s">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="C1734" s="0" t="s">
         <v>447</v>
       </c>
     </row>
     <row r="1735">
       <c r="A1735" s="0" t="s">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="B1735" s="0" t="s">
-        <v>43</v>
+        <v>41</v>
       </c>
       <c r="C1735" s="0" t="s">
         <v>447</v>
       </c>
     </row>
     <row r="1736">
       <c r="A1736" s="0" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="B1736" s="0" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="C1736" s="0" t="s">
         <v>447</v>
       </c>
     </row>
     <row r="1737">
       <c r="A1737" s="0" t="s">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="B1737" s="0" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
       <c r="C1737" s="0" t="s">
         <v>447</v>
       </c>
     </row>
     <row r="1738">
       <c r="A1738" s="0" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="B1738" s="0" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="C1738" s="0" t="s">
         <v>447</v>
       </c>
     </row>
     <row r="1739">
       <c r="A1739" s="0" t="s">
-        <v>50</v>
+        <v>48</v>
       </c>
       <c r="B1739" s="0" t="s">
-        <v>51</v>
+        <v>49</v>
       </c>
       <c r="C1739" s="0" t="s">
         <v>447</v>
       </c>
     </row>
     <row r="1740">
       <c r="A1740" s="0" t="s">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="B1740" s="0" t="s">
-        <v>53</v>
+        <v>51</v>
       </c>
       <c r="C1740" s="0" t="s">
         <v>447</v>
       </c>
     </row>
     <row r="1741">
       <c r="A1741" s="0" t="s">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="B1741" s="0" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="C1741" s="0" t="s">
         <v>447</v>
       </c>
     </row>
     <row r="1742">
       <c r="A1742" s="0" t="s">
-        <v>60</v>
+        <v>58</v>
       </c>
       <c r="B1742" s="0" t="s">
-        <v>61</v>
+        <v>59</v>
       </c>
       <c r="C1742" s="0" t="s">
         <v>447</v>
       </c>
     </row>
     <row r="1743">
       <c r="A1743" s="0" t="s">
-        <v>62</v>
+        <v>60</v>
       </c>
       <c r="B1743" s="0" t="s">
-        <v>63</v>
+        <v>61</v>
       </c>
       <c r="C1743" s="0" t="s">
         <v>447</v>
       </c>
     </row>
     <row r="1744">
       <c r="A1744" s="0" t="s">
-        <v>64</v>
+        <v>62</v>
       </c>
       <c r="B1744" s="0" t="s">
-        <v>65</v>
+        <v>63</v>
       </c>
       <c r="C1744" s="0" t="s">
         <v>447</v>
       </c>
     </row>
     <row r="1745">
       <c r="A1745" s="0" t="s">
-        <v>66</v>
+        <v>64</v>
       </c>
       <c r="B1745" s="0" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="C1745" s="0" t="s">
         <v>447</v>
       </c>
     </row>
     <row r="1746">
       <c r="A1746" s="0" t="s">
         <v>153</v>
       </c>
       <c r="B1746" s="0" t="s">
         <v>154</v>
       </c>
       <c r="C1746" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1747">
       <c r="A1747" s="0" t="s">
         <v>156</v>
       </c>
       <c r="B1747" s="0" t="s">
-        <v>154</v>
+        <v>157</v>
       </c>
       <c r="C1747" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1748">
       <c r="A1748" s="0" t="s">
+        <v>158</v>
+      </c>
+      <c r="B1748" s="0" t="s">
         <v>157</v>
-      </c>
-[...1 lines deleted...]
-        <v>158</v>
       </c>
       <c r="C1748" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1749">
       <c r="A1749" s="0" t="s">
         <v>159</v>
       </c>
       <c r="B1749" s="0" t="s">
-        <v>158</v>
+        <v>154</v>
       </c>
       <c r="C1749" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1750">
       <c r="A1750" s="0" t="s">
         <v>430</v>
       </c>
       <c r="B1750" s="0" t="s">
         <v>431</v>
       </c>
       <c r="C1750" s="0" t="s">
         <v>449</v>
       </c>
     </row>
     <row r="1751">
       <c r="A1751" s="0" t="s">
         <v>432</v>
       </c>
       <c r="B1751" s="0" t="s">
-        <v>431</v>
+        <v>433</v>
       </c>
       <c r="C1751" s="0" t="s">
         <v>449</v>
       </c>
     </row>
     <row r="1752">
       <c r="A1752" s="0" t="s">
+        <v>434</v>
+      </c>
+      <c r="B1752" s="0" t="s">
         <v>433</v>
-      </c>
-[...1 lines deleted...]
-        <v>434</v>
       </c>
       <c r="C1752" s="0" t="s">
         <v>449</v>
       </c>
     </row>
     <row r="1753">
       <c r="A1753" s="0" t="s">
         <v>255</v>
       </c>
       <c r="B1753" s="0" t="s">
         <v>256</v>
       </c>
       <c r="C1753" s="0" t="s">
         <v>447</v>
       </c>
     </row>
     <row r="1754">
       <c r="A1754" s="0" t="s">
         <v>257</v>
       </c>
       <c r="B1754" s="0" t="s">
         <v>256</v>
       </c>
       <c r="C1754" s="0" t="s">
         <v>447</v>
@@ -20753,98 +20753,98 @@
     </row>
     <row r="1757">
       <c r="A1757" s="0" t="s">
         <v>160</v>
       </c>
       <c r="B1757" s="0" t="s">
         <v>161</v>
       </c>
       <c r="C1757" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1758">
       <c r="A1758" s="0" t="s">
         <v>261</v>
       </c>
       <c r="B1758" s="0" t="s">
         <v>262</v>
       </c>
       <c r="C1758" s="0" t="s">
         <v>447</v>
       </c>
     </row>
     <row r="1759">
       <c r="A1759" s="0" t="s">
-        <v>157</v>
+        <v>153</v>
       </c>
       <c r="B1759" s="0" t="s">
-        <v>158</v>
+        <v>154</v>
       </c>
       <c r="C1759" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1760">
       <c r="A1760" s="0" t="s">
-        <v>159</v>
+        <v>430</v>
       </c>
       <c r="B1760" s="0" t="s">
-        <v>158</v>
+        <v>431</v>
       </c>
       <c r="C1760" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1761">
       <c r="A1761" s="0" t="s">
-        <v>430</v>
+        <v>432</v>
       </c>
       <c r="B1761" s="0" t="s">
-        <v>431</v>
+        <v>433</v>
       </c>
       <c r="C1761" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1762">
       <c r="A1762" s="0" t="s">
-        <v>432</v>
+        <v>434</v>
       </c>
       <c r="B1762" s="0" t="s">
-        <v>431</v>
+        <v>433</v>
       </c>
       <c r="C1762" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1763">
       <c r="A1763" s="0" t="s">
-        <v>433</v>
+        <v>159</v>
       </c>
       <c r="B1763" s="0" t="s">
-        <v>434</v>
+        <v>154</v>
       </c>
       <c r="C1763" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1764">
       <c r="C1764" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1765">
       <c r="C1765" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1766">
       <c r="C1766" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1767">
       <c r="C1767" s="0" t="s">
         <v>5</v>
       </c>
     </row>